--- v0 (2026-01-24)
+++ v1 (2026-03-12)
@@ -10,389 +10,2177 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1358" uniqueCount="683">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>2244</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>PLE</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Executivo</t>
+  </si>
+  <si>
+    <t>Maria Lucielle Silva Laurentino</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2244/projeto_de_lei_no_001_de_09_fevereiro_de_2026..pdf</t>
+  </si>
+  <si>
+    <t>EMENTA: Dispõe sobre a Gratificação Especial de Eventos – GEV, a ser paga aos servidores públicos da Administração Direta e Indireta do_x000D_
+Município de Bezerros, e dá outras outras providências.</t>
+  </si>
+  <si>
+    <t>2349</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2349/projeto_de_lei_no_02_de_09_de_marco_de_2026.pdf</t>
+  </si>
+  <si>
+    <t>Reajusta o piso salarial dos professores _x000D_
+efetivos do Município dos Bezerros (PE), _x000D_
+e dá outras providências.</t>
+  </si>
+  <si>
     <t>2181</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Rogério de Natal</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2181/rn_festival_de_comidas_tipicas_em_encruzilhada_1_e_2.pdf</t>
-[...30 lines deleted...]
-Vereador – UB</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2181/rn_festival_de_comidas_tipicas_em_encruzilhada_1_e_2.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a inclusão no Calendário Municipal de Eventos o Festival de Comidas Típicas de Encruzilhada de São João, a ser realizado anualmente no último final de semana do mês de julho e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2203</t>
+  </si>
+  <si>
+    <t>Eduardo Lima</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2203/projeto_de_lei_nba_00x.2026_29_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a denominação da RUA MARIA DO CARMO ANDRADE, no Loteamento Souza Leão, neste município.</t>
+  </si>
+  <si>
+    <t>2206</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2206/pl_ruassitioareal_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a denominação das RUAS FRANCISCA MARIA DA SILVA, SEVERINA ANA DOS SANTOS E NOSSA SENHORA DAS GRAÇAS, localizadas no Sítio Areal, neste município.</t>
+  </si>
+  <si>
+    <t>2315</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2315/projeto_de_lei_n2_00x.2026_29_assinado.pdf</t>
+  </si>
+  <si>
+    <t>2324</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Nathan de Demir</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2324/01_projeto_de_lei_-_nome_da_rua_jose_bezerra_de_oliveira_serra_negra_assinado.pdf</t>
+  </si>
+  <si>
+    <t>EMENTA: Dispõe sobre a denominação da RUA JOSÉ BEZERRA DE OLIVEIRA_x000D_
+(ZÉ DE SEU NÉ) e dá outras providências.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>PDCO</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>Maria Lucielle Silva Laurentino</t>
-[...2 lines deleted...]
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2191/projeto_de_lei_complementar_no_01_de_16_de_janeiro_de_2026.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2191/projeto_de_lei_complementar_no_01_de_16_de_janeiro_de_2026.pdf</t>
   </si>
   <si>
     <t>Substitui o Anexo I, da Lei Complementar Nº_x000D_
 70 DE 19 DE FEVEREIRO DE 2025, e altera o artigo_x000D_
 1º, da Lei Ordinária Nº 1.552, DE 15 DE ABRIL DE 2025_x000D_
 para fixar em R$ 1.621,00 (um mil seiscentos e vinte e_x000D_
 um reais) o vencimento e provento básicos dos_x000D_
 servidores públicos efetivos e contratados por_x000D_
 excepcional interesse público que tenham vencimento_x000D_
 e provento básicos inferiores ao valor do salário mínimo_x000D_
 vigente para o ano de 2026.</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>Mesa Diretora (Biênio 2025/2026) - MD</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2193/22012026_camara_municipal_de_bezerros.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2193/22012026_camara_municipal_de_bezerros.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre adequação do salário mínimo dos Servidores da Câmara Municipal de Bezerros, e dá outras providências.</t>
   </si>
   <si>
+    <t>2272</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2272/ok_plc_02_mesa_final_assinado_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre adequação do salário mínimo dos Servidores da _x000D_
+Câmara Municipal de Bezerros, e dá outras procidências.</t>
+  </si>
+  <si>
+    <t>2227</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2227/projeto_de_decreto_legislativo_01_de_2026_claudinho_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de Título Honorífico de CIDADÃO BEZERRENSE ao Sr. Claudinho Castro e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2228</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2228/projeto_de_decreto_legislativo_02_de_2026_mario_gil_rodrigues_neto_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de Título Honorífico de CIDADÃO BEZERRENSE ao Sr. Mário Gil Rodrigues Neto e dá outras providências</t>
+  </si>
+  <si>
     <t>2182</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Zé Amaro</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2182/13012026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
-[...7 lines deleted...]
-no sentido Bairro do Cruzeiro.</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2182/13012026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO, ao Poder Executivo Municipal, que por meio do órgão competente de trânsito, faça a instalação de semáforo em frente ao Supermercado_x000D_
+Bonanza, tendo em vista a recente mudança no fluxo do trânsito naquela localidade, especialmente no sentido Bairro do Cruzeiro.</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2183/13012026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
-[...7 lines deleted...]
-quiosques destinados à comercialização de produtos, de forma organizada e padronizada.</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2183/13012026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO, ao Poder Executivo Municipal que por meio das Secretarias competentes, inclua no plano de governo, a realização de reforma e revitalização da Praça Nossa Senhora da Conceição, bem como a instalação de quiosques destinados à comercialização de produtos, de forma organizada e padronizada.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
-    <t>3</t>
-[...12 lines deleted...]
-para a população, além de garantir a segurança dos usuários.</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2184/13012026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO, ao Poder Executivo Municipal, que por meio do órgão competente providencie a reforma e melhoramento do Açougue Público Municipal, com reforma do telhado e instalação de Câmeras de monitoramento entres outras demandas.</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>Tatai</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2185/solicitacao_para_raquel_lyra_tatai.pdf</t>
-[...2 lines deleted...]
-    <t>A vereadora, abaixo subscrita, reiterando requerimento de sua autoria, no uso atribuições legais e regimentais, vem respeitosamente, APRESENTAR à Mesa Diretora para a devida apreciação e deliberação do Plenário, INDICAÇÃO, ao Poder Executivo Municipal que juntamente com a Governadora do Estado de Pernambuco Ex^ Sr^ RAQUEL LYRA,  viabilizem a construção de uma praça pública com equipamentos de academia de saúde, parque infantil e quiosques no bairro Santo Amaro II, em nosso Município, a presente solicitação se faz necessária considerando que a construção dessa praça pública irá trazer uma melhoria de vida significativa aos inúmeros residentes do referido bairro e bairros vizinhos, que há anos almejam por essa benfeitoria.</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2185/solicitacao_para_raquel_lyra_tatai.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO, ao Poder Executivo Municipal que juntamente com a Governadora do Estado de Pernambuco Exª Srª RAQUEL LYRA,  viabilizem a construção de uma praça pública com equipamentos de academia de saúde, parque infantil e quiosques no bairro Santo Amaro II, em nosso Município.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
-    <t>5</t>
-[...17 lines deleted...]
-noturna e a qualidade de vida dos moradores da localidade.</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2186/multirao_de_limpeza_tatai.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO, ao Poder Executivo Municipal, que por meio das Secretarias competentes, adote as seguintes providências para atender às necessidades da comunidade do Sítio Riacho Verde:_x000D_
+1.Realização de um mutirão de limpeza para retirada de lixo e resíduos acumulados na localidade_x000D_
+2. Realização de mutirão de iluminação pública,</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2187/multirao_de_limpeza_rio_tatai.pdf</t>
-[...9 lines deleted...]
-dificultando o fluxo da água e contribuindo para a degradação ambiental do rio.</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2187/multirao_de_limpeza_rio_tatai.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO, ao Poder Executivo Municipal, que por meio das Secretarias competentes, realize um mutirão de limpeza nas margens do Rio Ipojuca</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Vando da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2188/saneamento_basico_n_s_da_luz_vando.pdf</t>
-[...11 lines deleted...]
-mobilidade para os moradores.</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2188/saneamento_basico_n_s_da_luz_vando.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO, ao Poder Executivo Municipal, que por meio da Secretaria Municipal de Infraestrutura, viabilize a execução de obras de saneamento_x000D_
+básico e posterior calçamento da Rua José Justino de Oliveira Neto e Rua José Ailton Firmino da Silva, ambas localizadas no Loteamento Nossa Senhora da Luz em nosso Município.</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2189/saneamento_parque_das_acacias_vando.pdf</t>
-[...7 lines deleted...]
-ambas localizadas no Loteamento Parque das Acácias em nosso Município.</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2189/saneamento_parque_das_acacias_vando.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO, ao Poder Executivo Municipal, que por meio da Secretaria Municipal de Infraestrutura, viabilize a execução de obras de saneamento_x000D_
+básico e posterior calçamento da Rua José paulino de Carvalho e Rua Maria de Jesus Araújo, ambas localizadas no Loteamento Parque das Acácias em nosso Município.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2190/construcao_de_pracas_vando.pdf</t>
-[...7 lines deleted...]
-Senhora da Luz e Cidade Alta, localizados no bairro do Retiro em nosso Município.</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2190/construcao_de_pracas_vando.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO, ao Poder Executivo Municipal, que por meio das Secretarias competentes, estude a possibilidade de serem construídas PRAÇAS, área de lazer para adultos e crianças, nos loteamentos: Parque das Acácias, Bela Vista, Nossa Senhora da Luz e Cidade Alta, localizados no bairro do Retiro em nosso Município.</t>
+  </si>
+  <si>
+    <t>2196</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Adé Motos</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2196/agencia_trasnfusional_hospitalar_ade.pdf</t>
+  </si>
+  <si>
+    <t>Indicação, ao Poder Executivo Municipal, que por meio da Secretaria de Saúde, crie uma Agência Transfusional na rede hospitalar do município de Bezerros.</t>
+  </si>
+  <si>
+    <t>2200</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>João Motos</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2200/indicacao_joao_moto__pneumologista.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO , ao poder executivo Municipal e a secretaria de saude , que seja solicitado contratação de um MEDICO PNEUMOLOGISTA</t>
+  </si>
+  <si>
+    <t>2201</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2201/indicacao_-_atualizacao_correios_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal a atualização do cadastro de logradouros do município de Bezerros, em consonância com as diretrizes do programa de codificação urbana dos Correios, bem como a adesão ao programa CEP para TODOS, visa atribuir CEPs individuais para cada rua.</t>
+  </si>
+  <si>
+    <t>2204</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Roberto Dinda</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2204/indicacao_roberto_dinda_monitoramento_praca_de__serra_negra.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO, ao Poder Executivo Municipal, juntamente com a Secretaria competente,_x000D_
+que sejam adotadas as providências necessárias para a instalação de câmeras de monitoramento_x000D_
+na Praça localizada no Distrito de Serra Negra.</t>
+  </si>
+  <si>
+    <t>2205</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2205/indicacao_roberto_dinda_ladeira_do_morango.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO, ao Poder Executivo Municipal, por meio da Secretaria competente, que_x000D_
+sejam adotadas as providências necessárias para a execução do calçamento da Ladeira do_x000D_
+Morango, situada no Sítio Palha em nosso Município.</t>
+  </si>
+  <si>
+    <t>2207</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2207/indicacao_-_kit_lanche_tfd_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal a criação e envio a Câmara Municipal de Vereadores uma Proposta de Lei que possibilite ao Poder Executivo Municipal, por meio da Secretaria de Saúde, oferecer kit lanche aos pacientes do TFD, sejam eles acompanhados ou não.</t>
+  </si>
+  <si>
+    <t>2208</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2208/indicacao_-_selo_empresa_amiga_do_esporte_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder executivo Municipal a criação e envio a Câmara de Vereadores de um Projeto de Lei Municipal que crie o Selo "Empresa Amiga do Esporte" no âmbito do município de Bezerros.</t>
+  </si>
+  <si>
+    <t>2209</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2209/indicacao_rogerio_de_natal_disponibilidade_de_horas_maquinas.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO, ao Poder Executivo Municipal, por meio da Secretaria competente, a_x000D_
+disponibilização de horas-máquina para a aração de terras em benefício dos agricultores do_x000D_
+Bairro de Encruzilhada de São João</t>
+  </si>
+  <si>
+    <t>2210</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Reporter Rinaldo Luiz</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2210/ind_001_2026_-_placas_de_taxi_tamarindus.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a instalação de placas de indicação de ponto de táxi na Praça Tamarindos, no centro de Bezerros/PE.</t>
+  </si>
+  <si>
+    <t>2211</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2211/ind_002_2026_-_coleta_de_lixo_no_bela_vista_e_lot_park_rei_david.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita o incremento do Bela Vista e Loteamento Park Rei David no cronograma de coleta de lixo.</t>
+  </si>
+  <si>
+    <t>2212</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2212/ind_003_2026_-_quebra_molas_no_acesso_a_lula_vassoureiro.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a instalação de redutores de velocidade na via de acesso ao Ateliê Lula Vassoureiro, em Bezerros/PE.</t>
+  </si>
+  <si>
+    <t>2214</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>Emanuel de Boas Novas</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2214/indicacao_emanuel_messias_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal por meio da secretaria de Agricultura, a realização de projeto para recuperação das estradas dos Sítios: Assentamento Canavieira, Pedra Preta, Guaribas de Cima, Guaribas de Baixo, Sítio Quilombos e Gruta do Mel, todas localizadas no Distrito de Boas Novas.</t>
+  </si>
+  <si>
+    <t>2215</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2215/indicacao_campo_do_retiro_vando.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, que por meio da secretaria competente, possibilite a construção e instalação de um Campo de Futebol no bairro do Retiro em nosso Município.</t>
+  </si>
+  <si>
+    <t>2216</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2216/canal_de_escoamento_vando.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, que por meio da secretaria competente, seja realizado estudo técnico com a finalidade de viabilizara construção de um canal para o escoamento de águas pluviais no bairro do Retiro, neste Município.</t>
+  </si>
+  <si>
+    <t>2217</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2217/calcamento_vando.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, por meio da Secretaria Municipal de Infraestrutura, viabilize a execução de obras de saneamento básico e posterior calçamento da Rua Dulcineia Barros da Costa e Rua José Leandro da Costa, ambas localizadas no Loteamento Nossa Senhora da Luz em nosso Município.</t>
+  </si>
+  <si>
+    <t>2218</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2218/lona_quiosque_duque_de_caxias_ze_amaro.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal por meio para que, por meio da Secretaria competente, viabilize a troca da lona do quiosque localizado na Praça Duque de Caxias, próximo ao sinal.</t>
+  </si>
+  <si>
+    <t>2219</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2219/lombadas_tamarindos_ze_amaro.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal por meio para que, por meio da Secretaria competente, providencie, a instalação de redutores de velocidade (LOMBADAS) na Rua Saturnino de Brito, (Rua localizada atrás da Câmara de Vereadores) nas proximidades da Praça dos Tamarindos no centro de nosso Município</t>
+  </si>
+  <si>
+    <t>2220</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2220/rampas_ze_amaro.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal por meio para que, para que, por meio da Secretaria competente, sejam tomadas as providencias necessárias para implantação de rampas de acesso para pessoas com deficiência ou com mobilidades reduzidas na Rua Sigismundo Gonçalves na calçada da loja MDM CALÇADOS, no centro de nosso Município</t>
+  </si>
+  <si>
+    <t>2221</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2221/calcamento_em_frente_ao_parque_poliesportivo_tatai.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, para que V.Exª, determine ao setor competente a execução de obras de calçamento na Rua do Parque, localizada no bairro Santo Amaro II, especificamente na via ao lado da ETE (Escola Técnica Estadual Maria José Vasconcelos) e em frente ao Parque Poliesportivo</t>
+  </si>
+  <si>
+    <t>2222</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2222/agua_joao_paulo_2_tatai.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, para que V.Exª envide esforços juntamente com a Governadora do Estado Srª Raquel Lyra, para dar continuidade às obras de abastecimento d'água do Loteamento João Paulo II.</t>
+  </si>
+  <si>
+    <t>2223</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2223/indicacao_01_pdf_3_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO, ao Poder Executivo Municipal, Estadual e SDS (Secretaria de Defesa Social), solicitar o destacamento de 02 (duas) patrulhas para atuar no Bairro de Encruzilhada de São João, com o intuito de aumentar a segurança pública e a sensação de proteção dos cidadãos da comunidade._x000D_
+As patrulhas solicitadas são:_x000D_
+1. Patrulha Rural_x000D_
+2. Patrulha Maria da Penha</t>
+  </si>
+  <si>
+    <t>2224</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2224/indicacao_01_de_2026_desconto_de_iptu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal a elaboração de Projeto de Lei que institua descontos progressivos no Imposto Predial e Territorial Urbano IPTU para imóveis localizados em vias públicas desprovidas, total ou parcialmente, de infraestrutura urbana básica e de serviços essenciais, visando à promoção da isonomia tributária e da justiça fiscal no âmbito do Município.</t>
+  </si>
+  <si>
+    <t>2225</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>Nathan de Demir, Tatai</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2225/indicacao_02_de_2026_bezerros_vet_2_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal a ampliação da estrutura do Bezerros Vet ou a construção de nova unidade destinada prioritariamente à realização de cirurgias em animais, visando ao fortalecimento das políticas públicas de proteção, bem-estar animal e saúde pública no Município.</t>
+  </si>
+  <si>
+    <t>2226</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2226/indicacao_03_de_2026_projeto_socioeconomico_bolsa_familia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal a criação de projeto de mapeamento socioeconômico das famílias beneficiárias do Programa Bolsa Família, com a implementação de ações integradas de capacitação profissional, empreendedorismo, educação financeira, incentivo à empregabilidade e parcerias público-privadas.</t>
+  </si>
+  <si>
+    <t>2229</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2229/indicacao_joao_motos_criacao_de_um_centro_de_triagem_p._com_canc.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO, ao Poder Executivo Municipal e a secretaria de saúde, que seja solicitado criação de_x000D_
+um centro de triagem para pacientes com câncer, no intuito de facilitar sua entrada para tratamento_x000D_
+em unidades do estado, especializadas em oncologia</t>
+  </si>
+  <si>
+    <t>2230</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2230/indicacao_joao_motos_construca_de_um_patio_de_eventos.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO, ao Poder Executivo Municipal e a secretaria de infraestrutura , que seja feito um_x000D_
+estudo para aquisição de um terreno para construção de um pátio de eventos para nossa cidade.</t>
+  </si>
+  <si>
+    <t>2232</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2232/calcamentobrua_augusta_roberto.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, por meio da Secretaria de Infra Estrutura, que seja providenciado o complemento do calçamento da Rua Augusta, localizada no Distrito de Serra Negra em nosso Município.</t>
+  </si>
+  <si>
+    <t>2233</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2233/ind_004_2026_-_capinacao_e_placa_retiro.docx.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a realização de serviços de capinação, manutenção e o conserto da placa de concreto que cobre o canal que atravessa a Rua José Taumaturgo Sobrinho, localizada no Bairro Retiro, em Bezerros/PE.</t>
+  </si>
+  <si>
+    <t>2234</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2234/ind_005_2026_-_poda_de_avore_maria_ana_.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a realização da poda de árvore localizada nas dependências da Escola de Referência em Ensino Médio Professora Maria Ana, em Bezerros/PE.</t>
+  </si>
+  <si>
+    <t>2235</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>Reporter Rinaldo Luiz, Eduardo Lima</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2235/ind_006_2026_-_concurso_publico.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a realização de concurso público no Município de Bezerros, contemplando os diversos setores da administração pública.</t>
+  </si>
+  <si>
+    <t>2236</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2236/ind_004_2026_-_capinacao_e_placa_retiro.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>2237</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2237/indicacao_-_gcm_e_pm_na_barragem_do_manuino_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico a possibilidade de intensificação das rondas ostensivas da GUARDA CIVIL MUNICIPAL e da POLÍCIA MILITAR DE PERNAMBUCO nos arredores da Barragem do Manuíno, com o objetivo de coibir a prática do uso abusivo de sons automotivos,  garantindo o cumprimento da legislação vigente relativa à perturbação do sossego público promovendo a ordem e o respeito ao bem-estar da comunidade local.</t>
+  </si>
+  <si>
+    <t>2238</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2238/indicacao_-_compesa_buracos_nas_ruas_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico o acompanhamento constante e rigoroso por parte da Secretaria de Infraestrutura Municipal aos frequentes serviços de manutenção e expansão da rede de tubulação realizadas pela Compesa em nosso município, e tendo em vista os transtornos causados à população devido à demora na recomposição do pavimento após a conclusão dos serviços.</t>
+  </si>
+  <si>
+    <t>2239</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>Eduardo Lima, Reporter Rinaldo Luiz</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2239/indicacao_-_taxa_de_publicidade_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico a necessidade de revisão e atualização da Lei Municipal nº 768, de 12 de dezembro de 2005, que define as taxas municipais, em particular, solicito que seja avaliado o valor e a cobrança da Taxa de Fiscalização de Anúncio, conhecida pelos comerciantes e empreendedores locais como "Taxa de Publicidade" ou "Taxa da Fachada". Considerando o impacto financeiro desta taxa sobre os negócios locais, especialmente no contexto econômico atual, sugiro que seja estudada a possibilidade de revogação da referida taxa para os comerciantes de Bezerros.</t>
+  </si>
+  <si>
+    <t>2240</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>Diogo Lemos</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2240/planos_e_cargos_diogo.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, o retorno/reestruturação do Plano de Cargos, Carreiras e Remuneração (PCCR) para os servidores efetivos deste Município.</t>
+  </si>
+  <si>
+    <t>2241</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2241/09022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, através da Secretaria Competente, que sejam realizados serviços de melhoramento e manutenção das estradas vicinais localizadas no Sítio dos Remédios, Sítio Alegre, Lagoa do Milho, bem como em todas as estradas adjacentes dessas localidades.</t>
+  </si>
+  <si>
+    <t>2242</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2242/revitalizacao_escolas_diogo.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, por meio do órgão competente, a implantação e revitalização de sinalização viária horizontal e vertical no entorno das unidades educacionais do Município de Bezerros, abrangendo escolas públicas {municipais e estaduais) e instituições privadas de ensino.</t>
+  </si>
+  <si>
+    <t>2243</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2243/estradas_rurais_tatai.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO, ao Poder Executivo Municipal, que Vossa Excelência, juntamente com a Srª Raquel Lyra, Governadora do Estado de Pernambuco,_x000D_
+viabilize a realização de melhorias na estrada do Sítio Boqueirão, que dá acesso ao Distrito de Serra Negra</t>
+  </si>
+  <si>
+    <t>2245</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>Zé Antônio da Rádio</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2245/limpeza_canal_irma_julia_ze_da_radio.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, por meio do órgão competente, que seja realizada em caráter de urgência a limpeza do canal localizado no Bairro Irmã Júlia.</t>
+  </si>
+  <si>
+    <t>2246</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2246/09022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, instalação de guarda corpo na ponte que dá acesso a Creche Tia Isaura, Bairro Santo Amaro, bairro do Rosário entre outros.</t>
+  </si>
+  <si>
+    <t>2249</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2249/11022026_gamara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, que Vossa Excelência, em parceria com a Excelentíssima Senhora Governadora do Estado de Pernambuco, Raquel Lyra, viabilize a vinda do Ônibus Castra Móvel do Governo do Estado para o município de Bezerros.</t>
+  </si>
+  <si>
+    <t>2250</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2250/11022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, para que, por meio da Secretaria Municipal de Infraestrutura, viabilize a execução de obras de saneamento básico e posterior calçamento da Rua Lourenço Clementino da Silva e Av. Alexandrina Rodrigues do Nascimento, ambas localizadas no Loteamento Nossa Senhora da Luz em nosso Município</t>
+  </si>
+  <si>
+    <t>2251</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2251/11022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, para que, por meio da Secretaria Municipal de Infraestrutura, viabilize a execução de obras de saneamento básico e posterior calçamento da Rua José Bezerra da Silva e Av. Ligia Clementino do Rego Barros, ambas localizadas no Loteamento Nossa Senhora da Luz em nosso Município.</t>
+  </si>
+  <si>
+    <t>2252</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2252/11022026_camara_municipal_de_bezerros.pdf</t>
+  </si>
+  <si>
+    <t>para que, V.Ex^, juntamente com a Secretaria Municipal de Agricultura e Meio_x000D_
+Ambiente, viabilize a realização de mutirões mensais de castração de cães e gatos machos,_x000D_
+com o objetivo de contribuir para o controle populacional de animais de rua e domésticos_x000D_
+no município.</t>
+  </si>
+  <si>
+    <t>2255</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2255/12022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, que por meio Secretaria de Infraestrutura, sejam tomadas as providências cabíveis e com a máxima urgência para o conserto da bomba d’água da comunidade Quilombolas, que se encontra há aproximadamente 4 meses sem abastecimento de água, situação que vem causando sérios transtornos aos moradores.</t>
+  </si>
+  <si>
+    <t>2256</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2256/12022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, para que, por meio Governo do Estado de Pernambuco e à Companhia Pernambucana de Saneamento- COMPESA, solicitando a implantação do sistema de abastecimento de água no Distrito de Serra Negra, neste município.</t>
+  </si>
+  <si>
+    <t>2257</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2257/indicacao_-_piso_da_educacao_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica a atualização do piso salarial dos professores da rede municipal de ensino, em conformidade com o percentual definido pelo Governo Federal para o ano de 2026, por meio da PORTARIA MEC Nº 82, DE 29 DE JANEIRO DE 2026, que definiu um percentual de 5,40% de reajuste, ficando o Piso Nacional estabelecido em R$ 5.130,63 (Cinco mil, centro e trinta reais e sessenta e três centavos)</t>
+  </si>
+  <si>
+    <t>2258</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2258/indicacao_-_atualizao_do_pcc_do_professores_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica a formação de uma comissão com o objetivo de discutir e elaborar possíveis alterações para a revisão do Plano de Cargos e Carreiras (PCC) dos professores da rede municipal de ensino.</t>
+  </si>
+  <si>
+    <t>2259</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2259/indicacao_-_kits_para_alunos_atipicos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica a distribuição de kits pedagógicos adaptados para alunos atípicos da rede municipal de ensino. Estes kits devem conter materiais de apoio específicos, adequados às diferentes necessidades e particularidades de cada estudante.</t>
+  </si>
+  <si>
+    <t>2260</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2260/ind_007_2026_-_calcamento_2c2ba_travessa_luiz_gonzaga_salvador.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a pavimentação em calçamento da 2ª Travessa da Rua Luiz Gonzaga Salvador, localizada no Bairro Irmã Júlia, em Bezerros/PE.</t>
+  </si>
+  <si>
+    <t>2261</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2261/ind_008_2026_-_calcamento_da_rua_das_flores2c_ao_lado_do_hospital_jesus_pequenino_.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a pavimentação de trecho da Rua das Flores, entre os bairros Santo Amaro 1 e Irmã Júlia, em Bezerros/PE.</t>
+  </si>
+  <si>
+    <t>2262</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2262/ind_009_2026_-_limpeza_bocas_de_lobo_na_frei_caneca_.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a limpeza e desobstrução de bocas de lobo, bueiros e canaletas na Rua Frei Caneca, entre o Centro e o Mororó, em Bezerros/PE.</t>
+  </si>
+  <si>
+    <t>2263</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2263/04_indicacao_lombada_sao_pedro_doutro_jose_maria_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO ao Poder Executivo Municipal, que seja viabilizada a implantação de ondulação transversal à via (lombada física) na _x000D_
+Rua Doutor José Maria, no bairro São Pedro, especificamente em frente à _x000D_
+Congregação Cristã no Brasil, em nosso Município.</t>
+  </si>
+  <si>
+    <t>2264</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2264/06_indicacao_cat_no_nucleo_de_producao_de_artesanatos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO ao Poder Executivo Municipal, para que, em _x000D_
+parceria com o Governo do Estado de Pernambuco, sob a liderança da Raquel Lyra, _x000D_
+seja criado um Centro de Atendimento ao Turista (CAT) em nosso Município.</t>
+  </si>
+  <si>
+    <t>2265</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2265/05_indicacao_revogar_lei_de_taxa_pra_retirar_metralhas_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO ao Poder Executivo Municipal, no sentido de que seja encaminhado a esta Casa Legislativa Projeto de Lei visando a revogação da _x000D_
+taxa de cobrança para retirada de metralha e entulhos no Município.</t>
+  </si>
+  <si>
+    <t>2266</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2266/13022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, que Vossa Excelência juntamente com a Secretaria de Infraestrutura, viabilize a construção de calçamento na Rua José Romildo Sales, localizada no bairro Nossa Senhora Aparecida, em nosso Município, (fotos em anexo)</t>
+  </si>
+  <si>
+    <t>2267</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2267/13022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, que Vossa Excelência juntamente com a Secretaria de Infraestrutura, viabilize a limpeza do canal do Bairro da Cameleira, incluindo a remoção de lixo e detritos, e a manutenção regular do local. A limpeza do canal é fundamental para garantir a saúde pública e a segurança dos moradores. 0 acúmulo de lixo e detritos pode causar problemas de saúde e comprometer a qualidade de vida da população</t>
+  </si>
+  <si>
+    <t>2268</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2268/13022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_002.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, o fechamento (ou cobertura adequada) de um bueiro com dimensão superior a um metro quadrado, localizado na transversal da Rua Antônio Cordeiro, no Bairro Irmã Júlia.</t>
+  </si>
+  <si>
+    <t>2269</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2269/13022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_004.pdf</t>
+  </si>
+  <si>
+    <t>Indicação, solicitando ao Executivo, a pedido da comunidade do Sítio dos Remédios, que seja realizado estudo técnico para definição de uma área destinada à_x000D_
+prática de exercícios físicos.</t>
+  </si>
+  <si>
+    <t>2271</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2271/13022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_005.pdf</t>
+  </si>
+  <si>
+    <t>Indicação ao executivo municipal que por meio Secretaria de Saúde, viabilize a construção de um banheiro exclusivo para os funcionários da UBS do Quilombolas, tendo em vista que, atualmente, existe apenas um banheiro compartilhado para pacientes, acompanhantes e funcionários.</t>
+  </si>
+  <si>
+    <t>2277</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2277/07_indicacao_coleta_de_lixo_no_rei_david_assinado.pdf</t>
+  </si>
+  <si>
+    <t>EMENTA: Requer ao Poder Executivo Municipal a ampliação do serviço de coleta regular de lixo para atender as proximidades do Condomínio Rei David, assegurando adequada prestação do serviço público de limpeza urbana aos moradores da região.</t>
+  </si>
+  <si>
+    <t>2278</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2278/08_indicacao_zona_de_escape_retiro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>EMENTA: Solicita ao Poder Executivo Municipal, em articulação com as Secretarias de Segurança e Infraestrutura e com apoio do DNIT, a realização de estudo técnico para viabilizar a implantação de área de escape na descida do Retiro, visando reforçar a segurança viária e prevenir acidentes graves no Município de Bezerros.</t>
+  </si>
+  <si>
+    <t>2279</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2279/09_indicacao_comissao_de_esportes_para_escolher_homenageado_medalha_jose_joao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>EMENTA: Solicita à Comissão de Esportes da Câmara Municipal a realização de reunião para deliberar sobre a escolha do homenageado do ano para a honraria “Medalha José João da Silva”, em conformidade com a legislação vigente, no Município de Bezerros.</t>
+  </si>
+  <si>
+    <t>2280</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2280/indicacao_-_formacao_continuada_para_apoios_a_criancas_com_deficiencia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização de formação continuada para profissionais que atuam na Educação Especial em nosso município.</t>
+  </si>
+  <si>
+    <t>2281</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2281/indicacao_-_climatizacao_das_salas_de_aula_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica com a maior brevidade possível a climatização das salas de aula das Escolas da Rede Municipal de Ensino.</t>
+  </si>
+  <si>
+    <t>2282</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2282/indicacao_-_ponte_da_rua_da_tia_izaura_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica a construção de uma ponte, com passagem livre de manilhas, sob o canal do Salgado na Rua João Lira Filho, bairro do Rosário.</t>
+  </si>
+  <si>
+    <t>2283</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2283/ind_010_2026_-_requalificacao_iluminacao_do_residencial_jurema.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita força-tarefa para requalificação do parque elétrico que afeta a iluminação pública no Residencial Jurema em Bezerros/PE</t>
+  </si>
+  <si>
+    <t>2284</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2284/ind_011_2026_-_redutores_velocidade_entrada_chico_lemos_.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita implantação de redutores de velocidade na entrada do Loteamento Chico Lemos, em Bezerros/PE.</t>
+  </si>
+  <si>
+    <t>2285</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2285/ind_012_2026_-_elevatoria_no_bairro_santana.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita uma elevatória de água no bairro Santana, equipamento fundamental para que a comunidade possa ser abastecida pelas torneiras</t>
+  </si>
+  <si>
+    <t>2286</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2286/23022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal  junto à Secretaria competente, solicitar a troca das lâmpadas nos postes localizados no Sítio Varzinha e Sítio Poço Verde em nosso Município.</t>
+  </si>
+  <si>
+    <t>2287</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2287/23022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_002.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, para que junto à Secretaria competente, a realização do asfaltamento da Rua Imaculada Conceição, localizada no Bairro do Cruzeiro.</t>
+  </si>
+  <si>
+    <t>2288</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2288/23022026_camara_municipal_de_bezerros.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, para que juntamente com a Secretaria Municipal de Turismo, que seja instituída uma programação cultural mensal destinada às bandas e orquestras de frevo do município, com apresentações no Mercado Barra Branca.</t>
+  </si>
+  <si>
+    <t>2289</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2289/23022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, para que junto ao órgão competente, a reorganização do espaço destinado aos motoristas que realizam transporte alternativo de passageiros na linha de Camocim, com a devida sinalização horizontal por meio de faixas delimitando as vagas exclusivas para estes veículos.</t>
+  </si>
+  <si>
+    <t>2290</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2290/23022026_camara_municipal_de_bezerros.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, para que viabilize a oferta de cursos de capacitação profissional destinados aos jovens e adultos da zona rural do município, por meio de parcerias com o Serviço Brasileiro de Apoio às Micro e Pequenas Empresas (SEBRAE), o Serviço Nacional de Aprendizagem Rural (SENAR), o Governo do Estado de Pernambuco, entre outras instituições públicas e privadas.</t>
+  </si>
+  <si>
+    <t>2291</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2291/23022026_0ar_ade_bezerros.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, para que seja solicitado a contratação de um medico vascular, para o atendimento a paciente com problemas circulatórios.</t>
+  </si>
+  <si>
+    <t>2293</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2293/23022026_camara_municipal_de_bezerros_002.pdf</t>
+  </si>
+  <si>
+    <t>juntamente com a Secretaria de Infraestrutura, viabilize o melhoramento das Estradas, com máquina Patroi e piçarro do Sítio Olho d'agua e Sítio Côco,localizados em nosso Município.</t>
+  </si>
+  <si>
+    <t>2294</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2294/23022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, para que seja juntamente com a Secretaria de Infraestrutura, viabilize o melhoramento das Estradas, com máquina Patrol e piçarro do Sítio Gamela e Sítio Lagoa Nova, localizados em nosso Município</t>
+  </si>
+  <si>
+    <t>2296</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2296/23022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_004.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, para que seja encaminhado apelo ao Deputado Federal Mendonça Filho, solicitando a destinação de recursos e apoio junto aos órgãos competentes para viabilizar a extensão da rede de abastecimento de água do Sítio Varzinha até o Sítio Poço Verde, na zona rural do município de Bezerros.</t>
+  </si>
+  <si>
+    <t>2295</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2295/23022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, para que seja encaminhado apelo ao Deputado Estadual Joãozinho Tenorio, solicitando a destinação de recursos e apoio junto aos órgãos competentes para viabilizar a extensão da rede de abastecimento de água do Sítio Varzinha até o Sítio Poço Verde, na zona rural do município de Bezerros.</t>
+  </si>
+  <si>
+    <t>2297</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2297/23022026_camara_municipal_de_bezerros_001.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, para que seja realizado mutirão de ECO CARDIOGRAMA. no intuito de diminui a fila de espera de pacientes</t>
+  </si>
+  <si>
+    <t>2300</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2300/27022026_camara_municipal_de_bezerros.pdf</t>
+  </si>
+  <si>
+    <t>Indica  ao Poder Executivo Municipal, a realização de um mutirão de iluminação pública nos bairros Gameleira e Santana.</t>
+  </si>
+  <si>
+    <t>2301</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2301/27022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
+  </si>
+  <si>
+    <t>Indica  ao Deputado Estadual Joãozinho Tenório e à Excelentíssima Governadora_x000D_
+do Estado de Pernambuco, Raquel Lyra, no sentido de que, através de emenda parlamentar,_x000D_
+sejam destinados recursos financeiros para a Secretaria Municipal de Agricultura, com a_x000D_
+finalidade de fortalecer o abastecimento d'água no Bairro Santana e na zona rural do município,_x000D_
+enquanto não é regularizado o abastecimento pela Compesa.</t>
+  </si>
+  <si>
+    <t>2302</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2302/27022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, que determine a realização da encanação e distribuição de água para as residências do Sítio Varzinha.</t>
+  </si>
+  <si>
+    <t>2303</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2303/27022026_camara_municipal_de_bezerros.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, juntamente com a Secretaria Municipal de_x000D_
+Turismo, para que seja elaborado e executado um calendário de apresentações dos trios pé de serra_x000D_
+do nosso município no Mercado Barra Branca, na feira livre e nas praças públicas.</t>
+  </si>
+  <si>
+    <t>2304</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2304/kit_de_rg_dinda.pdf</t>
+  </si>
+  <si>
+    <t>Indica  ao Poder Executivo Municipal, à disponibilização de mais um kit de atendimento para emissão_x000D_
+da Carteira de Identidade (RG) em nosso município.</t>
+  </si>
+  <si>
+    <t>2305</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2305/ind_015_2026_-_luz_bar_do_sport.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita o reparo de lâmpadas em postes da Rua Antônio Bezerra de Vasconcelos, no Bairro Santo Amaro I.</t>
+  </si>
+  <si>
+    <t>2306</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2306/ind_013_2026_-_ilumina_pe_nos_residenciais_jurema_e_bezerros.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a inclusão da PE-097, no trecho onde se localizam os Residenciais Jurema e Bezerros, no programa Ilumina PE, para implantação de sistema de iluminação pública ao longo da via.</t>
+  </si>
+  <si>
+    <t>2307</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2307/ind_014_2026_-_escoamento_pluvial_na_rua_cap_pedro_pereira2c_no_bairro_rosario.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a implantação de sistema de escoamento de águas pluviais na Rua Capitão Pedro Pereira, nas proximidades da Rua Cardeal Arcoverde, no bairro do Rosário.</t>
+  </si>
+  <si>
+    <t>2308</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2308/10_indicacao_redutores_de_velocidade_na_rua_07_cohab_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação ao Poder Executivo Municipal, a instalação de dois redutores de velocidade na Rua 07, nas proximidades da Escola Recanto Infantil, no bairro Nossa Senhora Aparecida (antiga COHAB), neste município.</t>
+  </si>
+  <si>
+    <t>2309</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2309/11_indicacao_redutor_de_velocidade_travessa_professor_trajano_sao_pedro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação ao Poder Executivo Municipal,  a instalação de um redutor de velocidade na Travessa Professor Trajano, Bairro São Pedro, na via ao lado do estacionamento do Centro de Saúde (antigo Fórum), neste município.</t>
+  </si>
+  <si>
+    <t>2310</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2310/12_indicacao_carteirinha_do_estudante_para_a_rede_municipal_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indicação ao Poder Executivo Municipal, a realização de mutirão para emissão e fornecimento da Carteira de Identificação Estudantil aos alunos da rede municipal de ensino.</t>
+  </si>
+  <si>
+    <t>2311</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2311/indicacao_-_espacos_sensoriais_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica a criação de espaços sensoriais nas praças e escolas do município de Bezerros, que visa a implementação de áreas especialmente projetadas para estimular os sentidos e promover a interação com o ambiente de forma segura e enriquecedora para todos os cidadões, de forma especial as crianças com deficiência.</t>
+  </si>
+  <si>
+    <t>2312</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2312/indicacao_-_sistema_de_drenagem_no_centro_da_cidade_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal a realização de um estudo técnico para execução de um novo sistema de drenagem nas ruas Coronel Bezerra e Sigismundo Gonçalves, iniciando nas proximidades do Banco do Nordeste até a imediações do Supermercado Santanna, na praça dos tamarindos, visto que essa área sofre com alagamentos frequentes sempre que a chuva cai com maior intensidade.</t>
+  </si>
+  <si>
+    <t>2313</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2313/indicacao_-_muro_de_arrimo_no_rio_ipojuca_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica aos Poderes Executivos Municipal e Estadual a viabilização da construção do Muro de Arrimo do Rio Ipojuca na Trav. Saturnino de Brito em nosso município. Esta indicação é matéria de discussões nesta casa desde o ano de 2021 e reforça outras indicações e requerimentos apresentados pelos vereadores Vando da Saúde e Zé Amaro, sendo eles: requerimento nº 349/2021 de autoria do vereador Vando da Saúde e os requerimentos nº 169/2022, 231/2022, 16/2023, 29/2024 e 76/2025 de autoria do vereador Zé Amaro.</t>
+  </si>
+  <si>
+    <t>2314</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2314/percusso_carro_do_lixo_emanuel.pdf</t>
+  </si>
+  <si>
+    <t>Indica  ao Poder Executivo Municipal, que por meio Secretaria que seja estendido_x000D_
+0 percurso do carro de coleta de lixo até o Sítio Alecrim, localizado no Distrito de Boas Novas.</t>
+  </si>
+  <si>
+    <t>2316</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2316/02032026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+  </si>
+  <si>
+    <t>Indica  ao Poder Executivo Municipal, o melhoramento das Estradas, com máquina Patrol e piçarro Sítio Riacho Verde, localizado em nosso_x000D_
+Município.</t>
+  </si>
+  <si>
+    <t>2317</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2317/02032026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+  </si>
+  <si>
+    <t>Indica  ao Poder Executivo Municipal,  a disponibilização de horas-máquina para a aração de terras em benefício dos agricultores do Sítio_x000D_
+Gamela e Sítio Lagoa Nova, ambos localizados em nosso Município.</t>
+  </si>
+  <si>
+    <t>2318</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2318/02032026_camara_municipal_de_bezerros_w.pdf</t>
+  </si>
+  <si>
+    <t>Indica  ao Poder Executivo Municipal, a disponibilização de horas-máquina para a aração de terras em benefício dos agricultores do Sítio_x000D_
+Olho d'agua e Sítio Côco, ambos localizados em nosso Município.</t>
+  </si>
+  <si>
+    <t>2319</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2319/02032026_camara_municipal_de_bezerros.pdf</t>
+  </si>
+  <si>
+    <t>Indica  para que seja encaminhado apelo à Defesa Civil de Pernambuco, no sentido_x000D_
+de que sejam adotadas providências urgentes para a vistoria técnica e restauração das seguintes_x000D_
+pontes localizadas na zona rural deste município:_x000D_
+1. Ponte que liga a comunidade de Boas Novas à cidade de Caruaru, localizada no_x000D_
+Sítio Veado Magro;_x000D_
+2. Ponte que liga a comunidade Quilombola a Pau Santos;_x000D_
+ 3. Ponte que liga Bezerros a Caruaru, nas proximidades do bairro Encruzilhada.</t>
+  </si>
+  <si>
+    <t>2320</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2320/camscanner_02-03-2026_10.31.pdf</t>
+  </si>
+  <si>
+    <t>Indica  a contratação de um médico HEPATOLOGISTA, para o atendimento a pacientes com problemas relacionados ao figado.</t>
+  </si>
+  <si>
+    <t>2321</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2321/02032026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
+  </si>
+  <si>
+    <t>Indica  ao Poder Executivo Municipal, juntamente com a Secretária Municipal de_x000D_
+Agricultura, que seja realizado um cadastro municipal de entidades, pessoas físicas e protetores_x000D_
+independentes que atuam no cuidado de animais, especialmente cães e gatos, em residências ou_x000D_
+locais específicos no município.</t>
+  </si>
+  <si>
+    <t>2322</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2322/02032026_camara_municipal_de_bezerros.pdf</t>
+  </si>
+  <si>
+    <t>Indica  ao Poder Executivo Municipal, com a Secretaria Municipal competente, que_x000D_
+seja realizada manutenção, limpeza e eventuais reparos estruturais no canal que corta a Rua_x000D_
+Princesa Isaura, no Bairro Santo Amaro.</t>
+  </si>
+  <si>
+    <t>2323</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2323/02032026_camara_municipal_de_bezerros_001.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, juntamente com a Secretaria competente, que_x000D_
+sejam adotadas as seguintes providências na Rua Galdino Gedeão:_x000D_
+● Areposição da encanação do canal existente na referida via, com a colocação de_x000D_
+manilhas adequadas, tendo em vista que a tubulação atual não comporta 0 volume de água,_x000D_
+especialmente em períodos chuvosos;_x000D_
+● A limpeza completa do referido canal.</t>
+  </si>
+  <si>
+    <t>2325</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2325/ind_013_2026_-_recuperacao_de_vias_e_acoes_emergenciais_em_decorrencia_das_chuvas.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a adoção de medidas emergenciais para recuperação das vias afetadas pelas recentes chuvas.</t>
+  </si>
+  <si>
+    <t>2326</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2326/ind_015_2026_-_melhorias_na_rua_isaura_fernandes.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a realização de melhorias na Rua Isaura Fernandes Vieira, localizada no Bairro Santo Amaro I, em decorrência dos danos causados pelas recentes chuvas no local.</t>
+  </si>
+  <si>
+    <t>2328</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2328/05032026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, que seja realizada a restauração das ruas do Bairro Santana que foram afetadas pelas recentes chuvas.</t>
+  </si>
+  <si>
+    <t>2329</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2329/indicacao_-_reposicao_de_calcamento_da_rua_pedro_abilio_de_araujo_lemos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica com URGÊNCIA, a reposição do calçamento da Rua Pedro Abílio de Araújo Lemos, localizada no Bairro do Cruzeiro, que foi arrancado pelas chuvas torrenciais que caíram em nossa cidade nos últimos dias.</t>
+  </si>
+  <si>
+    <t>2330</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2330/indicacao_-_reposicao_de_calcamento_da_rua_augusta_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica com URGÊNCIA, a reposição do calçamento da Rua Augusta, localizada no Bairro São Pedro, que foi arrancado pelas chuvas torrenciais que caíram em nossa cidade nos últimos dias.</t>
+  </si>
+  <si>
+    <t>2331</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2331/indicacao_-iluminacao_sitio_dos_remedios_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica o reestabelecimento da iluminação pública em Sítio dos Remédios, em nosso município.</t>
+  </si>
+  <si>
+    <t>2332</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2332/ind_016_2026_-_manutencao_grades_canaletas_residencial_jurema.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a realização de serviços de reparo das grades das canaletas de drenagem, localizadas no Residencial Jurema, em Bezerros/PE.</t>
+  </si>
+  <si>
+    <t>2333</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2333/ind_017_2026_-_escoamento_rua_do_bar_do_sport.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a realização de estudo técnico e execução de medidas para o melhoramento do sistema de escoamento das águas pluviais na Rua Antônio Bezerra de Vasconcelos e Rua Luiz Gonzaga Salvador, no Bairro Irmã Júlia.</t>
+  </si>
+  <si>
+    <t>2334</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2334/ind_018_2026_-_aumento_vazao_na_rua_carvoeiro_manoel_elias.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita o aumento da vazão pluvial da passagem molhada localizada na Rua Carvoeiro Manoel Elias, no Bairro Santo Antônio e melhorias na pavimentação do trecho.</t>
+  </si>
+  <si>
+    <t>2335</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2335/13_indicacao_implantacao_de_dois_redutores_de_velocidade_28lombadas29_no_distrito_de_serra_negra_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a implantação de dois redutores de velocidade (lombadas) no distrito de Serra Negra</t>
+  </si>
+  <si>
+    <t>2336</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2336/14_indicacao_multas_paga_com_doacao_de_sangue_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Sugere a criação de programa que possibilite a conversão de determinadas multas aplicadas pela Guarda Municipal em doação de sangue, como forma alternativa de cumprimento da penalidade</t>
+  </si>
+  <si>
+    <t>2337</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2337/15_indicacao_destinacao_de_uma_parte_da_area_atualmente_pertencente_ao_nucleo_de_seguranca_publica2c_localizado_no_bairro_sao_pedro2c_para_uma_possivel_construcao_de_uma_creche_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Ementa: Solicita parceria entre o Governo do Estado de Pernambuco e o Município de Bezerros para destinação de parte da área do Núcleo de Segurança Pública do bairro São Pedro para a construção de uma creche municipal.</t>
+  </si>
+  <si>
+    <t>2338</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2338/09032026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+  </si>
+  <si>
+    <t>indica seja viabilizada a implantação de aulas gratuitas de defesa pessoal para mulheres em nosso município.</t>
+  </si>
+  <si>
+    <t>2339</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2339/09032026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
+  </si>
+  <si>
+    <t>indica que seja realizada a recuperação da fonte localizada na Praça Centenária, bem como a manutenção da pintura dos equipamentos e estruturas existentes no local, além do plantio de flores e melhorias no paisagismo da praça.</t>
+  </si>
+  <si>
+    <t>2340</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2340/09032026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+  </si>
+  <si>
+    <t>indica que sejam realizadas ações de fiscalização e apoio técnico nos açudes localizados no_x000D_
+Sítio Cocos e na comunidade do Sítio dos Remédios, atendendo à solicitação dos moradores_x000D_
+dessas localidades, para que as águas dos dois grandes reservatórios sejam direcionadas e_x000D_
+utilizadas em benefício da comunidade.</t>
+  </si>
+  <si>
+    <t>2342</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2342/09032026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_002.pdf</t>
+  </si>
+  <si>
+    <t>indica a colocação de piçarro nas ruas José Lourenço da Silva (antiga Rua Ararípina) e Edite Josefa da Silva, ambas localizadas no bairro Nossa Senhora Aparecida.</t>
+  </si>
+  <si>
+    <t>2343</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2343/09032026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
+  </si>
+  <si>
+    <t>indica que seja providenciada a instalação de luminárias no Sítio Boqueirão, nas proximidades das residências dos senhores Edmilson, Edinho e João Pereira.</t>
+  </si>
+  <si>
+    <t>2344</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2344/09032026_camara_municipal_de_bezerros.pdf</t>
+  </si>
+  <si>
+    <t>indica ao Poder Executivo Municipal,  o Calçamento da Rua Nestor Cesar, localizada no bairro Quixabas em nosso Município.</t>
+  </si>
+  <si>
+    <t>2345</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2345/09032026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf</t>
+  </si>
+  <si>
+    <t>indica ao Poder Executivo Municipal, para que juntamente com a Exmª governadora do Estado de Pernambuco a Srª RAQUEL LYRA e com à Secretaria de Defesa Social do Estado de Pernambuco, viabilize a implantação de uma Sala Lilás e uma sala de abrigo provisório para mulheres vítimas de violência doméstica e/ou sexual, dentro das instalações do novo Batalhão da Polícia Militar que será em breve instalado no município de Bezerros- PE.</t>
+  </si>
+  <si>
+    <t>2346</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2346/09032026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf</t>
+  </si>
+  <si>
+    <t>Indica que providencie a retirada de metralha e a realização de capinação na Rua Maria Cícera, localizada no bairro Santo Amaro I.</t>
+  </si>
+  <si>
+    <t>2347</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2347/09032026_camara_municipal_de_bezerros_001.pdf</t>
+  </si>
+  <si>
+    <t>indica ao Poder Executivo Municipal, o calçamento da Rua Isaura Fernandes_x000D_
+Vieira no Bairro Santo Amaro.</t>
+  </si>
+  <si>
+    <t>2348</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2348/doc-20260309-wa0157..pdf</t>
+  </si>
+  <si>
+    <t>Indica ao poder Executivo Municipal, a colocação de Piçarro na Rua X, localizada no bairro asa branca</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2192/requerimento_35_rogerio_pdf_assinado.pdf</t>
-[...16 lines deleted...]
-Câmara Municipal dos Bezerros, em 21 de janeiro de 2026.</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2192/requerimento_35_rogerio_pdf_assinado.pdf</t>
+  </si>
+  <si>
+    <t>requerer a disponibilização de horas-máquina para a aração de terras em benefício dos agricultores do Bairro de Encruzilhada de São João.</t>
+  </si>
+  <si>
+    <t>2292</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2292/23022026_camara_municipal_de_bezerros_001.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, para que seja  realizado mutirão de ECO CARDIOGRAMA. no intuito de diminui a fila de espera de pacientes.</t>
+  </si>
+  <si>
+    <t>2197</t>
+  </si>
+  <si>
+    <t>MOA</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2197/mocao_de_aplauso_prefeita_do_municipio__ze_antonio_.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS ao Governo Municipal de Bezerros, na pessoa da Excelentíssima Senhora Prefeita MARIA LUCIELLE SILVA LAURENTINO, pela relevante atuação e articulação que viabilizaram a melhoria do abastecimento de água no município de Bezerros- PE, por meio da Adutora do_x000D_
+Agreste.</t>
+  </si>
+  <si>
+    <t>2198</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2198/mocao_de_aplauso_raquel_lira__ze_antonio_.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS ao Governo do Estado de Pernambuco, na pessoa da Excelentíssima Senhora Governadora Raquel Teixeira Lyra Lucena, pela relevante contribuição na viabilização do abastecimento de água no município de Bezerros-PE, por meio da Adutora do Agreste.</t>
+  </si>
+  <si>
+    <t>2199</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2199/mocao_de_aplauso_presidente_lula_ze_antonio_.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS ao Governo Federal na pessoa do Presidente da Republica, o Exº Sr. Luiz Inácio Lula da Silva, pela relevante atuação na viabilização do abastecimento de água no município de Bezerros, no Estado de Pernambuco, por meio da Adutora do Agreste.</t>
+  </si>
+  <si>
+    <t>2231</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2231/mocao_de_aplausos_bezerros_vet_tatai.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS a toda a equipe do Bezerros Vet, em reconhecimento aos relevantes serviços prestados_x000D_
+à comunidade.</t>
+  </si>
+  <si>
+    <t>2247</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2247/09022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS à direção do Bloco Acorda Bezerros, em reconhecimento aos relevantes serviços_x000D_
+prestados à cultura, ao lazer e à economia local ao longo de sua trajetória.</t>
+  </si>
+  <si>
+    <t>2270</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2270/13022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS a todos que fazem parte dos Grupos de Blocos e das Orquestras responsáveis por_x000D_
+abrilhantar o Carnaval 2026 em nosso município.</t>
+  </si>
+  <si>
+    <t>2202</t>
+  </si>
+  <si>
+    <t>MOP</t>
+  </si>
+  <si>
+    <t>Moção de Pesar</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2202/rita_de_cassia_encruzilhada_assinado.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR pelo falecimento da SRª. RITA DE CÁSSIA LIRA, ocorrido no dia 27 de janeiro de 2026</t>
+  </si>
+  <si>
+    <t>2274</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2274/mocao_de_pesar_01_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PROFUNDO PESAR pelo falecimento de Nivaldo Pereira da Silva Júnior, ocorrido no dia 13 de fevereiro do corrente ano de 2026, na cidade de Caruaru.</t>
+  </si>
+  <si>
+    <t>2275</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2275/mocao_de_pesar_02_assinado.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PROFUNDO PESAR pelo falecimento da Sra. Enedina Maria da Conceição, ocorrido no dia 15 de fevereiro do corrente ano de 2026, na cidade de Bezerros.</t>
+  </si>
+  <si>
+    <t>2298</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2298/mocao_de_pesar_03_assinado.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PROFUNDO PESAR pelo falecimento da Sra. Rita Maria da Silva, ocorrido no dia 22 de fevereiro ás 02:32 do corrente ano de 2026</t>
+  </si>
+  <si>
+    <t>2341</t>
+  </si>
+  <si>
+    <t>Fia de Cajazeiras</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2341/09032026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_002.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PROFUNDO PESAR pelo falecimento do Sr. JOSÉ SEVERINO DA_x000D_
+SILVA, carinhosamente conhecido como “Zezé de Areia” e “Zezé dos Oito Baixos”</t>
+  </si>
+  <si>
+    <t>2213</t>
+  </si>
+  <si>
+    <t>ATA</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/</t>
+  </si>
+  <si>
+    <t>ATA DA PRIMEIRA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 01 DE FEVEREIRO DO ANO DOIS MIL E VINTE E SEIS</t>
+  </si>
+  <si>
+    <t>2248</t>
+  </si>
+  <si>
+    <t>ATA DA SEGUNDA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 10 DE FEVEREIRO DO ANO DOIS MIL E VINTE E SEIS.</t>
+  </si>
+  <si>
+    <t>2276</t>
+  </si>
+  <si>
+    <t>ATA DA TERCEIRA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 19 DE FEVEREIRO DO ANO DOIS MIL E VINTE E SEIS.</t>
+  </si>
+  <si>
+    <t>2299</t>
+  </si>
+  <si>
+    <t>ATA DA QUARTA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS-PE, REALIZADA NO DIA 24 DE FEVEREIRO DO ANO DOIS MIL E VINTE E SEIS.</t>
+  </si>
+  <si>
+    <t>2327</t>
+  </si>
+  <si>
+    <t>ATA DA QUINTA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 03 DE MARÇO DO ANO DOIS MIL E VINTE E SEIS.</t>
+  </si>
+  <si>
+    <t>2350</t>
+  </si>
+  <si>
+    <t>ATA DA SEXTA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 10 DE MARÇO DO ANO DOIS MIL E VINTE E SEIS.</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>ATA1</t>
   </si>
   <si>
     <t>Ata da Sessão Extraordinária</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/</t>
-[...1 lines deleted...]
-  <si>
     <t>ATA DA PRIMEIRA REUNIÃO EXTRAORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 23 DE JANEIRO DO ANO DOIS MIL E VINTE E SEIS.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>ATA DA SEGUNDA REUNIÃO EXTRAORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 23 DE JANEIRO DO ANO DOIS MIL E VINTE E SEIS.</t>
+  </si>
+  <si>
+    <t>2254</t>
+  </si>
+  <si>
+    <t>ATA DA TERCEIRA REUNIÃO EXTRAORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 12 DE FEVEREIRO DO ANO DOIS MIL E VINTE E SEIS.</t>
+  </si>
+  <si>
+    <t>2273</t>
+  </si>
+  <si>
+    <t>ATA DA QUARTA REUNIÃO EXTRAORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 19 DE FEVEREIRO DO ANO DOIS MIL E VINTE E SEIS.</t>
+  </si>
+  <si>
+    <t>2253</t>
+  </si>
+  <si>
+    <t>PEP</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda</t>
+  </si>
+  <si>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2253/12022026_camara_municipal_de_bezerros.pdf</t>
+  </si>
+  <si>
+    <t>Art. 13- A Gratificação Especial de Eventos- GEV poderá ser concedida aos_x000D_
+servidores públicos municipais, independentemente do vínculo, abrangendo servidores_x000D_
+efetivos, ocupantes de cargos em comissão e contratados por tempo determinado.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -696,68 +2484,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2181/rn_festival_de_comidas_tipicas_em_encruzilhada_1_e_2.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2191/projeto_de_lei_complementar_no_01_de_16_de_janeiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2193/22012026_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2182/13012026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2183/13012026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2184/13012026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2185/solicitacao_para_raquel_lyra_tatai.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2186/multirao_de_limpeza_tatai.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2187/multirao_de_limpeza_rio_tatai.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2188/saneamento_basico_n_s_da_luz_vando.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2189/saneamento_parque_das_acacias_vando.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2190/construcao_de_pracas_vando.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2192/requerimento_35_rogerio_pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2244/projeto_de_lei_no_001_de_09_fevereiro_de_2026..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2349/projeto_de_lei_no_02_de_09_de_marco_de_2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2181/rn_festival_de_comidas_tipicas_em_encruzilhada_1_e_2.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2203/projeto_de_lei_nba_00x.2026_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2206/pl_ruassitioareal_assinado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2315/projeto_de_lei_n2_00x.2026_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2324/01_projeto_de_lei_-_nome_da_rua_jose_bezerra_de_oliveira_serra_negra_assinado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2191/projeto_de_lei_complementar_no_01_de_16_de_janeiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2193/22012026_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2272/ok_plc_02_mesa_final_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2227/projeto_de_decreto_legislativo_01_de_2026_claudinho_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2228/projeto_de_decreto_legislativo_02_de_2026_mario_gil_rodrigues_neto_assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2182/13012026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2183/13012026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2184/13012026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2185/solicitacao_para_raquel_lyra_tatai.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2186/multirao_de_limpeza_tatai.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2187/multirao_de_limpeza_rio_tatai.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2188/saneamento_basico_n_s_da_luz_vando.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2189/saneamento_parque_das_acacias_vando.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2190/construcao_de_pracas_vando.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2196/agencia_trasnfusional_hospitalar_ade.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2200/indicacao_joao_moto__pneumologista.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2201/indicacao_-_atualizacao_correios_assinado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2204/indicacao_roberto_dinda_monitoramento_praca_de__serra_negra.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2205/indicacao_roberto_dinda_ladeira_do_morango.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2207/indicacao_-_kit_lanche_tfd_assinado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2208/indicacao_-_selo_empresa_amiga_do_esporte_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2209/indicacao_rogerio_de_natal_disponibilidade_de_horas_maquinas.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2210/ind_001_2026_-_placas_de_taxi_tamarindus.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2211/ind_002_2026_-_coleta_de_lixo_no_bela_vista_e_lot_park_rei_david.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2212/ind_003_2026_-_quebra_molas_no_acesso_a_lula_vassoureiro.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2214/indicacao_emanuel_messias_1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2215/indicacao_campo_do_retiro_vando.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2216/canal_de_escoamento_vando.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2217/calcamento_vando.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2218/lona_quiosque_duque_de_caxias_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2219/lombadas_tamarindos_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2220/rampas_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2221/calcamento_em_frente_ao_parque_poliesportivo_tatai.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2222/agua_joao_paulo_2_tatai.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2223/indicacao_01_pdf_3_assinado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2224/indicacao_01_de_2026_desconto_de_iptu_assinado.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2225/indicacao_02_de_2026_bezerros_vet_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2226/indicacao_03_de_2026_projeto_socioeconomico_bolsa_familia_assinado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2229/indicacao_joao_motos_criacao_de_um_centro_de_triagem_p._com_canc.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2230/indicacao_joao_motos_construca_de_um_patio_de_eventos.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2232/calcamentobrua_augusta_roberto.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2233/ind_004_2026_-_capinacao_e_placa_retiro.docx.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2234/ind_005_2026_-_poda_de_avore_maria_ana_.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2235/ind_006_2026_-_concurso_publico.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2236/ind_004_2026_-_capinacao_e_placa_retiro.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2237/indicacao_-_gcm_e_pm_na_barragem_do_manuino_assinado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2238/indicacao_-_compesa_buracos_nas_ruas_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2239/indicacao_-_taxa_de_publicidade_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2240/planos_e_cargos_diogo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2241/09022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2242/revitalizacao_escolas_diogo.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2243/estradas_rurais_tatai.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2245/limpeza_canal_irma_julia_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2246/09022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2249/11022026_gamara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2250/11022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2251/11022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2252/11022026_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2255/12022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2256/12022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2257/indicacao_-_piso_da_educacao_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2258/indicacao_-_atualizao_do_pcc_do_professores_assinado.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2259/indicacao_-_kits_para_alunos_atipicos_assinado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2260/ind_007_2026_-_calcamento_2c2ba_travessa_luiz_gonzaga_salvador.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2261/ind_008_2026_-_calcamento_da_rua_das_flores2c_ao_lado_do_hospital_jesus_pequenino_.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2262/ind_009_2026_-_limpeza_bocas_de_lobo_na_frei_caneca_.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2263/04_indicacao_lombada_sao_pedro_doutro_jose_maria_assinado.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2264/06_indicacao_cat_no_nucleo_de_producao_de_artesanatos_assinado.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2265/05_indicacao_revogar_lei_de_taxa_pra_retirar_metralhas_assinado.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2266/13022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2267/13022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2268/13022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_002.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2269/13022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_004.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2271/13022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_005.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2277/07_indicacao_coleta_de_lixo_no_rei_david_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2278/08_indicacao_zona_de_escape_retiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2279/09_indicacao_comissao_de_esportes_para_escolher_homenageado_medalha_jose_joao_assinado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2280/indicacao_-_formacao_continuada_para_apoios_a_criancas_com_deficiencia_assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2281/indicacao_-_climatizacao_das_salas_de_aula_assinado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2282/indicacao_-_ponte_da_rua_da_tia_izaura_assinado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2283/ind_010_2026_-_requalificacao_iluminacao_do_residencial_jurema.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2284/ind_011_2026_-_redutores_velocidade_entrada_chico_lemos_.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2285/ind_012_2026_-_elevatoria_no_bairro_santana.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2286/23022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2287/23022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_002.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2288/23022026_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2289/23022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2290/23022026_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2291/23022026_0ar_ade_bezerros.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2293/23022026_camara_municipal_de_bezerros_002.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2294/23022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2296/23022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_004.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2295/23022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2297/23022026_camara_municipal_de_bezerros_001.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2300/27022026_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2301/27022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2302/27022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2303/27022026_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2304/kit_de_rg_dinda.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2305/ind_015_2026_-_luz_bar_do_sport.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2306/ind_013_2026_-_ilumina_pe_nos_residenciais_jurema_e_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2307/ind_014_2026_-_escoamento_pluvial_na_rua_cap_pedro_pereira2c_no_bairro_rosario.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2308/10_indicacao_redutores_de_velocidade_na_rua_07_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2309/11_indicacao_redutor_de_velocidade_travessa_professor_trajano_sao_pedro_assinado.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2310/12_indicacao_carteirinha_do_estudante_para_a_rede_municipal_assinado.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2311/indicacao_-_espacos_sensoriais_assinado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2312/indicacao_-_sistema_de_drenagem_no_centro_da_cidade_assinado.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2313/indicacao_-_muro_de_arrimo_no_rio_ipojuca_assinado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2314/percusso_carro_do_lixo_emanuel.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2316/02032026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2317/02032026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2318/02032026_camara_municipal_de_bezerros_w.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2319/02032026_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2320/camscanner_02-03-2026_10.31.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2321/02032026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2322/02032026_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2323/02032026_camara_municipal_de_bezerros_001.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2325/ind_013_2026_-_recuperacao_de_vias_e_acoes_emergenciais_em_decorrencia_das_chuvas.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2326/ind_015_2026_-_melhorias_na_rua_isaura_fernandes.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2328/05032026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2329/indicacao_-_reposicao_de_calcamento_da_rua_pedro_abilio_de_araujo_lemos_assinado.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2330/indicacao_-_reposicao_de_calcamento_da_rua_augusta_assinado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2331/indicacao_-iluminacao_sitio_dos_remedios_assinado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2332/ind_016_2026_-_manutencao_grades_canaletas_residencial_jurema.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2333/ind_017_2026_-_escoamento_rua_do_bar_do_sport.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2334/ind_018_2026_-_aumento_vazao_na_rua_carvoeiro_manoel_elias.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2335/13_indicacao_implantacao_de_dois_redutores_de_velocidade_28lombadas29_no_distrito_de_serra_negra_assinado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2336/14_indicacao_multas_paga_com_doacao_de_sangue_assinado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2337/15_indicacao_destinacao_de_uma_parte_da_area_atualmente_pertencente_ao_nucleo_de_seguranca_publica2c_localizado_no_bairro_sao_pedro2c_para_uma_possivel_construcao_de_uma_creche_assinado.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2338/09032026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2339/09032026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2340/09032026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2342/09032026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_002.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2343/09032026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2344/09032026_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2345/09032026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2346/09032026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2347/09032026_camara_municipal_de_bezerros_001.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2348/doc-20260309-wa0157..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2192/requerimento_35_rogerio_pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2292/23022026_camara_municipal_de_bezerros_001.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2197/mocao_de_aplauso_prefeita_do_municipio__ze_antonio_.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2198/mocao_de_aplauso_raquel_lira__ze_antonio_.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2199/mocao_de_aplauso_presidente_lula_ze_antonio_.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2231/mocao_de_aplausos_bezerros_vet_tatai.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2247/09022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2270/13022026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2202/rita_de_cassia_encruzilhada_assinado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2274/mocao_de_pesar_01_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2275/mocao_de_pesar_02_assinado.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2298/mocao_de_pesar_03_assinado.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2341/09032026_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_002.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2026/2253/12022026_camara_municipal_de_bezerros.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H16"/>
+  <dimension ref="A1:H171"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="34.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="142.140625" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -776,417 +2563,4578 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="F4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
-[...5 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G4" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="H4" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" t="s">
+        <v>21</v>
+      </c>
+      <c r="E5" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" t="s">
         <v>27</v>
       </c>
-      <c r="B5" t="s">
-[...5 lines deleted...]
-      <c r="D5" t="s">
+      <c r="G5" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>29</v>
-      </c>
-[...7 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6" t="s">
         <v>33</v>
-      </c>
-[...19 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" t="s">
+        <v>27</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="B7" t="s">
-[...8 lines deleted...]
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>29</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" t="s">
+        <v>39</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="H8" t="s">
         <v>41</v>
-      </c>
-[...13 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
+        <v>43</v>
+      </c>
+      <c r="E9" t="s">
+        <v>44</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="H9" t="s">
         <v>46</v>
-      </c>
-[...13 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F10" t="s">
+        <v>48</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="H10" t="s">
         <v>50</v>
-      </c>
-[...13 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>51</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>43</v>
+      </c>
+      <c r="E11" t="s">
+        <v>44</v>
+      </c>
+      <c r="F11" t="s">
+        <v>48</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H11" t="s">
         <v>53</v>
-      </c>
-[...19 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>54</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" t="s">
+        <v>55</v>
+      </c>
+      <c r="E12" t="s">
+        <v>56</v>
+      </c>
+      <c r="F12" t="s">
+        <v>39</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H12" t="s">
         <v>58</v>
-      </c>
-[...19 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="D13" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="F13" t="s">
-        <v>55</v>
+        <v>39</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="H13" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
+        <v>63</v>
+      </c>
+      <c r="E14" t="s">
+        <v>64</v>
+      </c>
+      <c r="F14" t="s">
+        <v>65</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H14" t="s">
         <v>67</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D15" t="s">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="E15" t="s">
-        <v>73</v>
+        <v>64</v>
+      </c>
+      <c r="F15" t="s">
+        <v>65</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="H15" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>71</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>31</v>
+      </c>
+      <c r="D16" t="s">
+        <v>63</v>
+      </c>
+      <c r="E16" t="s">
+        <v>64</v>
+      </c>
+      <c r="F16" t="s">
+        <v>65</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H16" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>74</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>35</v>
+      </c>
+      <c r="D17" t="s">
+        <v>63</v>
+      </c>
+      <c r="E17" t="s">
+        <v>64</v>
+      </c>
+      <c r="F17" t="s">
+        <v>75</v>
+      </c>
+      <c r="G17" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="B16" t="s">
-[...2 lines deleted...]
-      <c r="C16" t="s">
+      <c r="H17" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>78</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>38</v>
+      </c>
+      <c r="D18" t="s">
+        <v>63</v>
+      </c>
+      <c r="E18" t="s">
+        <v>64</v>
+      </c>
+      <c r="F18" t="s">
+        <v>75</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="H18" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>82</v>
+      </c>
+      <c r="D19" t="s">
+        <v>63</v>
+      </c>
+      <c r="E19" t="s">
+        <v>64</v>
+      </c>
+      <c r="F19" t="s">
+        <v>75</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="H19" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>86</v>
+      </c>
+      <c r="D20" t="s">
+        <v>63</v>
+      </c>
+      <c r="E20" t="s">
+        <v>64</v>
+      </c>
+      <c r="F20" t="s">
+        <v>87</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H20" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>90</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>91</v>
+      </c>
+      <c r="D21" t="s">
+        <v>63</v>
+      </c>
+      <c r="E21" t="s">
+        <v>64</v>
+      </c>
+      <c r="F21" t="s">
+        <v>87</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>94</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>95</v>
+      </c>
+      <c r="D22" t="s">
+        <v>63</v>
+      </c>
+      <c r="E22" t="s">
+        <v>64</v>
+      </c>
+      <c r="F22" t="s">
+        <v>87</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H22" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>98</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>99</v>
+      </c>
+      <c r="D23" t="s">
+        <v>63</v>
+      </c>
+      <c r="E23" t="s">
+        <v>64</v>
+      </c>
+      <c r="F23" t="s">
+        <v>100</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H23" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>103</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>104</v>
+      </c>
+      <c r="D24" t="s">
+        <v>63</v>
+      </c>
+      <c r="E24" t="s">
+        <v>64</v>
+      </c>
+      <c r="F24" t="s">
+        <v>105</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="H24" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>108</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>109</v>
+      </c>
+      <c r="D25" t="s">
+        <v>63</v>
+      </c>
+      <c r="E25" t="s">
+        <v>64</v>
+      </c>
+      <c r="F25" t="s">
+        <v>27</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H25" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>112</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>113</v>
+      </c>
+      <c r="D26" t="s">
+        <v>63</v>
+      </c>
+      <c r="E26" t="s">
+        <v>64</v>
+      </c>
+      <c r="F26" t="s">
+        <v>114</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H26" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>117</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>118</v>
+      </c>
+      <c r="D27" t="s">
+        <v>63</v>
+      </c>
+      <c r="E27" t="s">
+        <v>64</v>
+      </c>
+      <c r="F27" t="s">
+        <v>114</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H27" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>121</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>122</v>
+      </c>
+      <c r="D28" t="s">
+        <v>63</v>
+      </c>
+      <c r="E28" t="s">
+        <v>64</v>
+      </c>
+      <c r="F28" t="s">
+        <v>27</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H28" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>125</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>126</v>
+      </c>
+      <c r="D29" t="s">
+        <v>63</v>
+      </c>
+      <c r="E29" t="s">
+        <v>64</v>
+      </c>
+      <c r="F29" t="s">
+        <v>27</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="H29" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>129</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>130</v>
+      </c>
+      <c r="D30" t="s">
+        <v>63</v>
+      </c>
+      <c r="E30" t="s">
+        <v>64</v>
+      </c>
+      <c r="F30" t="s">
         <v>23</v>
       </c>
-      <c r="D16" t="s">
-[...9 lines deleted...]
-        <v>77</v>
+      <c r="G30" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H30" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>133</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>134</v>
+      </c>
+      <c r="D31" t="s">
+        <v>63</v>
+      </c>
+      <c r="E31" t="s">
+        <v>64</v>
+      </c>
+      <c r="F31" t="s">
+        <v>135</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="H31" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>138</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>139</v>
+      </c>
+      <c r="D32" t="s">
+        <v>63</v>
+      </c>
+      <c r="E32" t="s">
+        <v>64</v>
+      </c>
+      <c r="F32" t="s">
+        <v>135</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H32" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>142</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>143</v>
+      </c>
+      <c r="D33" t="s">
+        <v>63</v>
+      </c>
+      <c r="E33" t="s">
+        <v>64</v>
+      </c>
+      <c r="F33" t="s">
+        <v>135</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H33" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>146</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>147</v>
+      </c>
+      <c r="D34" t="s">
+        <v>63</v>
+      </c>
+      <c r="E34" t="s">
+        <v>64</v>
+      </c>
+      <c r="F34" t="s">
+        <v>148</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="H34" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>151</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>152</v>
+      </c>
+      <c r="D35" t="s">
+        <v>63</v>
+      </c>
+      <c r="E35" t="s">
+        <v>64</v>
+      </c>
+      <c r="F35" t="s">
+        <v>87</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="H35" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>155</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>156</v>
+      </c>
+      <c r="D36" t="s">
+        <v>63</v>
+      </c>
+      <c r="E36" t="s">
+        <v>64</v>
+      </c>
+      <c r="F36" t="s">
+        <v>87</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="H36" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>159</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>160</v>
+      </c>
+      <c r="D37" t="s">
+        <v>63</v>
+      </c>
+      <c r="E37" t="s">
+        <v>64</v>
+      </c>
+      <c r="F37" t="s">
+        <v>87</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H37" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>163</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>164</v>
+      </c>
+      <c r="D38" t="s">
+        <v>63</v>
+      </c>
+      <c r="E38" t="s">
+        <v>64</v>
+      </c>
+      <c r="F38" t="s">
+        <v>65</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H38" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>167</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>168</v>
+      </c>
+      <c r="D39" t="s">
+        <v>63</v>
+      </c>
+      <c r="E39" t="s">
+        <v>64</v>
+      </c>
+      <c r="F39" t="s">
+        <v>65</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="H39" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>171</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>172</v>
+      </c>
+      <c r="D40" t="s">
+        <v>63</v>
+      </c>
+      <c r="E40" t="s">
+        <v>64</v>
+      </c>
+      <c r="F40" t="s">
+        <v>65</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="H40" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>175</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>176</v>
+      </c>
+      <c r="D41" t="s">
+        <v>63</v>
+      </c>
+      <c r="E41" t="s">
+        <v>64</v>
+      </c>
+      <c r="F41" t="s">
+        <v>75</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="H41" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>179</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>180</v>
+      </c>
+      <c r="D42" t="s">
+        <v>63</v>
+      </c>
+      <c r="E42" t="s">
+        <v>64</v>
+      </c>
+      <c r="F42" t="s">
+        <v>75</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="H42" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>183</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>184</v>
+      </c>
+      <c r="D43" t="s">
+        <v>63</v>
+      </c>
+      <c r="E43" t="s">
+        <v>64</v>
+      </c>
+      <c r="F43" t="s">
+        <v>23</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="H43" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>187</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>188</v>
+      </c>
+      <c r="D44" t="s">
+        <v>63</v>
+      </c>
+      <c r="E44" t="s">
+        <v>64</v>
+      </c>
+      <c r="F44" t="s">
+        <v>39</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="H44" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>191</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>192</v>
+      </c>
+      <c r="D45" t="s">
+        <v>63</v>
+      </c>
+      <c r="E45" t="s">
+        <v>64</v>
+      </c>
+      <c r="F45" t="s">
+        <v>193</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="H45" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>196</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>197</v>
+      </c>
+      <c r="D46" t="s">
+        <v>63</v>
+      </c>
+      <c r="E46" t="s">
+        <v>64</v>
+      </c>
+      <c r="F46" t="s">
+        <v>39</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="H46" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>200</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>201</v>
+      </c>
+      <c r="D47" t="s">
+        <v>63</v>
+      </c>
+      <c r="E47" t="s">
+        <v>64</v>
+      </c>
+      <c r="F47" t="s">
+        <v>105</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="H47" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>204</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>205</v>
+      </c>
+      <c r="D48" t="s">
+        <v>63</v>
+      </c>
+      <c r="E48" t="s">
+        <v>64</v>
+      </c>
+      <c r="F48" t="s">
+        <v>105</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H48" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>208</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>209</v>
+      </c>
+      <c r="D49" t="s">
+        <v>63</v>
+      </c>
+      <c r="E49" t="s">
+        <v>64</v>
+      </c>
+      <c r="F49" t="s">
+        <v>114</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="H49" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>212</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>213</v>
+      </c>
+      <c r="D50" t="s">
+        <v>63</v>
+      </c>
+      <c r="E50" t="s">
+        <v>64</v>
+      </c>
+      <c r="F50" t="s">
+        <v>135</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="H50" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>216</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>217</v>
+      </c>
+      <c r="D51" t="s">
+        <v>63</v>
+      </c>
+      <c r="E51" t="s">
+        <v>64</v>
+      </c>
+      <c r="F51" t="s">
+        <v>135</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="H51" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>220</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>221</v>
+      </c>
+      <c r="D52" t="s">
+        <v>63</v>
+      </c>
+      <c r="E52" t="s">
+        <v>64</v>
+      </c>
+      <c r="F52" t="s">
+        <v>222</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="H52" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>225</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>226</v>
+      </c>
+      <c r="D53" t="s">
+        <v>63</v>
+      </c>
+      <c r="E53" t="s">
+        <v>64</v>
+      </c>
+      <c r="F53" t="s">
+        <v>135</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H53" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>228</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>229</v>
+      </c>
+      <c r="D54" t="s">
+        <v>63</v>
+      </c>
+      <c r="E54" t="s">
+        <v>64</v>
+      </c>
+      <c r="F54" t="s">
+        <v>27</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="H54" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>232</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>233</v>
+      </c>
+      <c r="D55" t="s">
+        <v>63</v>
+      </c>
+      <c r="E55" t="s">
+        <v>64</v>
+      </c>
+      <c r="F55" t="s">
+        <v>27</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="H55" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>236</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>237</v>
+      </c>
+      <c r="D56" t="s">
+        <v>63</v>
+      </c>
+      <c r="E56" t="s">
+        <v>64</v>
+      </c>
+      <c r="F56" t="s">
+        <v>238</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="H56" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>241</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>242</v>
+      </c>
+      <c r="D57" t="s">
+        <v>63</v>
+      </c>
+      <c r="E57" t="s">
+        <v>64</v>
+      </c>
+      <c r="F57" t="s">
+        <v>243</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="H57" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>246</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>247</v>
+      </c>
+      <c r="D58" t="s">
+        <v>63</v>
+      </c>
+      <c r="E58" t="s">
+        <v>64</v>
+      </c>
+      <c r="F58" t="s">
+        <v>243</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="H58" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>250</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>251</v>
+      </c>
+      <c r="D59" t="s">
+        <v>63</v>
+      </c>
+      <c r="E59" t="s">
+        <v>64</v>
+      </c>
+      <c r="F59" t="s">
+        <v>243</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="H59" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>254</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>255</v>
+      </c>
+      <c r="D60" t="s">
+        <v>63</v>
+      </c>
+      <c r="E60" t="s">
+        <v>64</v>
+      </c>
+      <c r="F60" t="s">
+        <v>75</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="H60" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>258</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>259</v>
+      </c>
+      <c r="D61" t="s">
+        <v>63</v>
+      </c>
+      <c r="E61" t="s">
+        <v>64</v>
+      </c>
+      <c r="F61" t="s">
+        <v>260</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="H61" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>263</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>264</v>
+      </c>
+      <c r="D62" t="s">
+        <v>63</v>
+      </c>
+      <c r="E62" t="s">
+        <v>64</v>
+      </c>
+      <c r="F62" t="s">
+        <v>260</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="H62" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>267</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>268</v>
+      </c>
+      <c r="D63" t="s">
+        <v>63</v>
+      </c>
+      <c r="E63" t="s">
+        <v>64</v>
+      </c>
+      <c r="F63" t="s">
+        <v>75</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="H63" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>271</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>272</v>
+      </c>
+      <c r="D64" t="s">
+        <v>63</v>
+      </c>
+      <c r="E64" t="s">
+        <v>64</v>
+      </c>
+      <c r="F64" t="s">
+        <v>87</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="H64" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>275</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>276</v>
+      </c>
+      <c r="D65" t="s">
+        <v>63</v>
+      </c>
+      <c r="E65" t="s">
+        <v>64</v>
+      </c>
+      <c r="F65" t="s">
+        <v>87</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="H65" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>279</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>280</v>
+      </c>
+      <c r="D66" t="s">
+        <v>63</v>
+      </c>
+      <c r="E66" t="s">
+        <v>64</v>
+      </c>
+      <c r="F66" t="s">
+        <v>87</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="H66" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>283</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>284</v>
+      </c>
+      <c r="D67" t="s">
+        <v>63</v>
+      </c>
+      <c r="E67" t="s">
+        <v>64</v>
+      </c>
+      <c r="F67" t="s">
+        <v>148</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H67" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>287</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>288</v>
+      </c>
+      <c r="D68" t="s">
+        <v>63</v>
+      </c>
+      <c r="E68" t="s">
+        <v>64</v>
+      </c>
+      <c r="F68" t="s">
+        <v>65</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="H68" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>291</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>292</v>
+      </c>
+      <c r="D69" t="s">
+        <v>63</v>
+      </c>
+      <c r="E69" t="s">
+        <v>64</v>
+      </c>
+      <c r="F69" t="s">
+        <v>27</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="H69" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>295</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>296</v>
+      </c>
+      <c r="D70" t="s">
+        <v>63</v>
+      </c>
+      <c r="E70" t="s">
+        <v>64</v>
+      </c>
+      <c r="F70" t="s">
+        <v>27</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="H70" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>299</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>300</v>
+      </c>
+      <c r="D71" t="s">
+        <v>63</v>
+      </c>
+      <c r="E71" t="s">
+        <v>64</v>
+      </c>
+      <c r="F71" t="s">
+        <v>27</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="H71" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>303</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>304</v>
+      </c>
+      <c r="D72" t="s">
+        <v>63</v>
+      </c>
+      <c r="E72" t="s">
+        <v>64</v>
+      </c>
+      <c r="F72" t="s">
+        <v>135</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H72" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>307</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>308</v>
+      </c>
+      <c r="D73" t="s">
+        <v>63</v>
+      </c>
+      <c r="E73" t="s">
+        <v>64</v>
+      </c>
+      <c r="F73" t="s">
+        <v>135</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H73" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>311</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>312</v>
+      </c>
+      <c r="D74" t="s">
+        <v>63</v>
+      </c>
+      <c r="E74" t="s">
+        <v>64</v>
+      </c>
+      <c r="F74" t="s">
+        <v>135</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="H74" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>315</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>316</v>
+      </c>
+      <c r="D75" t="s">
+        <v>63</v>
+      </c>
+      <c r="E75" t="s">
+        <v>64</v>
+      </c>
+      <c r="F75" t="s">
+        <v>39</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="H75" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>319</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>320</v>
+      </c>
+      <c r="D76" t="s">
+        <v>63</v>
+      </c>
+      <c r="E76" t="s">
+        <v>64</v>
+      </c>
+      <c r="F76" t="s">
+        <v>39</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="H76" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>323</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>324</v>
+      </c>
+      <c r="D77" t="s">
+        <v>63</v>
+      </c>
+      <c r="E77" t="s">
+        <v>64</v>
+      </c>
+      <c r="F77" t="s">
+        <v>39</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="H77" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>327</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>328</v>
+      </c>
+      <c r="D78" t="s">
+        <v>63</v>
+      </c>
+      <c r="E78" t="s">
+        <v>64</v>
+      </c>
+      <c r="F78" t="s">
+        <v>114</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="H78" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>331</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>332</v>
+      </c>
+      <c r="D79" t="s">
+        <v>63</v>
+      </c>
+      <c r="E79" t="s">
+        <v>64</v>
+      </c>
+      <c r="F79" t="s">
+        <v>114</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="H79" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>335</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>336</v>
+      </c>
+      <c r="D80" t="s">
+        <v>63</v>
+      </c>
+      <c r="E80" t="s">
+        <v>64</v>
+      </c>
+      <c r="F80" t="s">
+        <v>260</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="H80" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>339</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>340</v>
+      </c>
+      <c r="D81" t="s">
+        <v>63</v>
+      </c>
+      <c r="E81" t="s">
+        <v>64</v>
+      </c>
+      <c r="F81" t="s">
+        <v>260</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="H81" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>343</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>344</v>
+      </c>
+      <c r="D82" t="s">
+        <v>63</v>
+      </c>
+      <c r="E82" t="s">
+        <v>64</v>
+      </c>
+      <c r="F82" t="s">
+        <v>148</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="H82" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>347</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>348</v>
+      </c>
+      <c r="D83" t="s">
+        <v>63</v>
+      </c>
+      <c r="E83" t="s">
+        <v>64</v>
+      </c>
+      <c r="F83" t="s">
+        <v>39</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="H83" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>351</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>352</v>
+      </c>
+      <c r="D84" t="s">
+        <v>63</v>
+      </c>
+      <c r="E84" t="s">
+        <v>64</v>
+      </c>
+      <c r="F84" t="s">
+        <v>39</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="H84" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>355</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>356</v>
+      </c>
+      <c r="D85" t="s">
+        <v>63</v>
+      </c>
+      <c r="E85" t="s">
+        <v>64</v>
+      </c>
+      <c r="F85" t="s">
+        <v>39</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="H85" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>359</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>360</v>
+      </c>
+      <c r="D86" t="s">
+        <v>63</v>
+      </c>
+      <c r="E86" t="s">
+        <v>64</v>
+      </c>
+      <c r="F86" t="s">
+        <v>27</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="H86" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>363</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>364</v>
+      </c>
+      <c r="D87" t="s">
+        <v>63</v>
+      </c>
+      <c r="E87" t="s">
+        <v>64</v>
+      </c>
+      <c r="F87" t="s">
+        <v>27</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="H87" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>367</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>368</v>
+      </c>
+      <c r="D88" t="s">
+        <v>63</v>
+      </c>
+      <c r="E88" t="s">
+        <v>64</v>
+      </c>
+      <c r="F88" t="s">
+        <v>27</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="H88" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>371</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>372</v>
+      </c>
+      <c r="D89" t="s">
+        <v>63</v>
+      </c>
+      <c r="E89" t="s">
+        <v>64</v>
+      </c>
+      <c r="F89" t="s">
+        <v>135</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="H89" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>375</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>376</v>
+      </c>
+      <c r="D90" t="s">
+        <v>63</v>
+      </c>
+      <c r="E90" t="s">
+        <v>64</v>
+      </c>
+      <c r="F90" t="s">
+        <v>135</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="H90" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>379</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>380</v>
+      </c>
+      <c r="D91" t="s">
+        <v>63</v>
+      </c>
+      <c r="E91" t="s">
+        <v>64</v>
+      </c>
+      <c r="F91" t="s">
+        <v>135</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="H91" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>383</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>384</v>
+      </c>
+      <c r="D92" t="s">
+        <v>63</v>
+      </c>
+      <c r="E92" t="s">
+        <v>64</v>
+      </c>
+      <c r="F92" t="s">
+        <v>65</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="H92" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>387</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>388</v>
+      </c>
+      <c r="D93" t="s">
+        <v>63</v>
+      </c>
+      <c r="E93" t="s">
+        <v>64</v>
+      </c>
+      <c r="F93" t="s">
+        <v>65</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="H93" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>391</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>392</v>
+      </c>
+      <c r="D94" t="s">
+        <v>63</v>
+      </c>
+      <c r="E94" t="s">
+        <v>64</v>
+      </c>
+      <c r="F94" t="s">
+        <v>260</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="H94" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>395</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>396</v>
+      </c>
+      <c r="D95" t="s">
+        <v>63</v>
+      </c>
+      <c r="E95" t="s">
+        <v>64</v>
+      </c>
+      <c r="F95" t="s">
+        <v>260</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="H95" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>399</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>400</v>
+      </c>
+      <c r="D96" t="s">
+        <v>63</v>
+      </c>
+      <c r="E96" t="s">
+        <v>64</v>
+      </c>
+      <c r="F96" t="s">
+        <v>260</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="H96" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>403</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>404</v>
+      </c>
+      <c r="D97" t="s">
+        <v>63</v>
+      </c>
+      <c r="E97" t="s">
+        <v>64</v>
+      </c>
+      <c r="F97" t="s">
+        <v>105</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="H97" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>407</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>408</v>
+      </c>
+      <c r="D98" t="s">
+        <v>63</v>
+      </c>
+      <c r="E98" t="s">
+        <v>64</v>
+      </c>
+      <c r="F98" t="s">
+        <v>87</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="H98" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>411</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>412</v>
+      </c>
+      <c r="D99" t="s">
+        <v>63</v>
+      </c>
+      <c r="E99" t="s">
+        <v>64</v>
+      </c>
+      <c r="F99" t="s">
+        <v>87</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="H99" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>415</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>416</v>
+      </c>
+      <c r="D100" t="s">
+        <v>63</v>
+      </c>
+      <c r="E100" t="s">
+        <v>64</v>
+      </c>
+      <c r="F100" t="s">
+        <v>100</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="H100" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>419</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>420</v>
+      </c>
+      <c r="D101" t="s">
+        <v>63</v>
+      </c>
+      <c r="E101" t="s">
+        <v>64</v>
+      </c>
+      <c r="F101" t="s">
+        <v>100</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="H101" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>423</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>424</v>
+      </c>
+      <c r="D102" t="s">
+        <v>63</v>
+      </c>
+      <c r="E102" t="s">
+        <v>64</v>
+      </c>
+      <c r="F102" t="s">
+        <v>105</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="H102" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>427</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>428</v>
+      </c>
+      <c r="D103" t="s">
+        <v>63</v>
+      </c>
+      <c r="E103" t="s">
+        <v>64</v>
+      </c>
+      <c r="F103" t="s">
+        <v>114</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="H103" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>431</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>432</v>
+      </c>
+      <c r="D104" t="s">
+        <v>63</v>
+      </c>
+      <c r="E104" t="s">
+        <v>64</v>
+      </c>
+      <c r="F104" t="s">
+        <v>114</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="H104" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>435</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>436</v>
+      </c>
+      <c r="D105" t="s">
+        <v>63</v>
+      </c>
+      <c r="E105" t="s">
+        <v>64</v>
+      </c>
+      <c r="F105" t="s">
+        <v>65</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="H105" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>439</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>440</v>
+      </c>
+      <c r="D106" t="s">
+        <v>63</v>
+      </c>
+      <c r="E106" t="s">
+        <v>64</v>
+      </c>
+      <c r="F106" t="s">
+        <v>65</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="H106" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>443</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>444</v>
+      </c>
+      <c r="D107" t="s">
+        <v>63</v>
+      </c>
+      <c r="E107" t="s">
+        <v>64</v>
+      </c>
+      <c r="F107" t="s">
+        <v>114</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="H107" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>447</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>448</v>
+      </c>
+      <c r="D108" t="s">
+        <v>63</v>
+      </c>
+      <c r="E108" t="s">
+        <v>64</v>
+      </c>
+      <c r="F108" t="s">
+        <v>135</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="H108" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>451</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>452</v>
+      </c>
+      <c r="D109" t="s">
+        <v>63</v>
+      </c>
+      <c r="E109" t="s">
+        <v>64</v>
+      </c>
+      <c r="F109" t="s">
+        <v>135</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="H109" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>455</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>456</v>
+      </c>
+      <c r="D110" t="s">
+        <v>63</v>
+      </c>
+      <c r="E110" t="s">
+        <v>64</v>
+      </c>
+      <c r="F110" t="s">
+        <v>135</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="H110" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>459</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>460</v>
+      </c>
+      <c r="D111" t="s">
+        <v>63</v>
+      </c>
+      <c r="E111" t="s">
+        <v>64</v>
+      </c>
+      <c r="F111" t="s">
+        <v>39</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="H111" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>463</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>464</v>
+      </c>
+      <c r="D112" t="s">
+        <v>63</v>
+      </c>
+      <c r="E112" t="s">
+        <v>64</v>
+      </c>
+      <c r="F112" t="s">
+        <v>39</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="H112" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>467</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>468</v>
+      </c>
+      <c r="D113" t="s">
+        <v>63</v>
+      </c>
+      <c r="E113" t="s">
+        <v>64</v>
+      </c>
+      <c r="F113" t="s">
+        <v>39</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="H113" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>471</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>472</v>
+      </c>
+      <c r="D114" t="s">
+        <v>63</v>
+      </c>
+      <c r="E114" t="s">
+        <v>64</v>
+      </c>
+      <c r="F114" t="s">
+        <v>27</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="H114" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>475</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>476</v>
+      </c>
+      <c r="D115" t="s">
+        <v>63</v>
+      </c>
+      <c r="E115" t="s">
+        <v>64</v>
+      </c>
+      <c r="F115" t="s">
+        <v>27</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="H115" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>479</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>480</v>
+      </c>
+      <c r="D116" t="s">
+        <v>63</v>
+      </c>
+      <c r="E116" t="s">
+        <v>64</v>
+      </c>
+      <c r="F116" t="s">
+        <v>27</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="H116" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>483</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>484</v>
+      </c>
+      <c r="D117" t="s">
+        <v>63</v>
+      </c>
+      <c r="E117" t="s">
+        <v>64</v>
+      </c>
+      <c r="F117" t="s">
+        <v>148</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="H117" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>487</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>488</v>
+      </c>
+      <c r="D118" t="s">
+        <v>63</v>
+      </c>
+      <c r="E118" t="s">
+        <v>64</v>
+      </c>
+      <c r="F118" t="s">
+        <v>87</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="H118" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>491</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>492</v>
+      </c>
+      <c r="D119" t="s">
+        <v>63</v>
+      </c>
+      <c r="E119" t="s">
+        <v>64</v>
+      </c>
+      <c r="F119" t="s">
+        <v>87</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="H119" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>495</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>496</v>
+      </c>
+      <c r="D120" t="s">
+        <v>63</v>
+      </c>
+      <c r="E120" t="s">
+        <v>64</v>
+      </c>
+      <c r="F120" t="s">
+        <v>87</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="H120" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>499</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>500</v>
+      </c>
+      <c r="D121" t="s">
+        <v>63</v>
+      </c>
+      <c r="E121" t="s">
+        <v>64</v>
+      </c>
+      <c r="F121" t="s">
+        <v>148</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="H121" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>503</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>504</v>
+      </c>
+      <c r="D122" t="s">
+        <v>63</v>
+      </c>
+      <c r="E122" t="s">
+        <v>64</v>
+      </c>
+      <c r="F122" t="s">
+        <v>105</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="H122" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>507</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>508</v>
+      </c>
+      <c r="D123" t="s">
+        <v>63</v>
+      </c>
+      <c r="E123" t="s">
+        <v>64</v>
+      </c>
+      <c r="F123" t="s">
+        <v>260</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="H123" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>511</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>512</v>
+      </c>
+      <c r="D124" t="s">
+        <v>63</v>
+      </c>
+      <c r="E124" t="s">
+        <v>64</v>
+      </c>
+      <c r="F124" t="s">
+        <v>260</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="H124" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>515</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>516</v>
+      </c>
+      <c r="D125" t="s">
+        <v>63</v>
+      </c>
+      <c r="E125" t="s">
+        <v>64</v>
+      </c>
+      <c r="F125" t="s">
+        <v>260</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="H125" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>519</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>520</v>
+      </c>
+      <c r="D126" t="s">
+        <v>63</v>
+      </c>
+      <c r="E126" t="s">
+        <v>64</v>
+      </c>
+      <c r="F126" t="s">
+        <v>135</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="H126" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>523</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>524</v>
+      </c>
+      <c r="D127" t="s">
+        <v>63</v>
+      </c>
+      <c r="E127" t="s">
+        <v>64</v>
+      </c>
+      <c r="F127" t="s">
+        <v>135</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="H127" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>527</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>528</v>
+      </c>
+      <c r="D128" t="s">
+        <v>63</v>
+      </c>
+      <c r="E128" t="s">
+        <v>64</v>
+      </c>
+      <c r="F128" t="s">
+        <v>114</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="H128" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>531</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>532</v>
+      </c>
+      <c r="D129" t="s">
+        <v>63</v>
+      </c>
+      <c r="E129" t="s">
+        <v>64</v>
+      </c>
+      <c r="F129" t="s">
+        <v>27</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="H129" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>535</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>536</v>
+      </c>
+      <c r="D130" t="s">
+        <v>63</v>
+      </c>
+      <c r="E130" t="s">
+        <v>64</v>
+      </c>
+      <c r="F130" t="s">
+        <v>27</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="H130" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>539</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>540</v>
+      </c>
+      <c r="D131" t="s">
+        <v>63</v>
+      </c>
+      <c r="E131" t="s">
+        <v>64</v>
+      </c>
+      <c r="F131" t="s">
+        <v>27</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="H131" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>543</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>544</v>
+      </c>
+      <c r="D132" t="s">
+        <v>63</v>
+      </c>
+      <c r="E132" t="s">
+        <v>64</v>
+      </c>
+      <c r="F132" t="s">
+        <v>135</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="H132" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>547</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>548</v>
+      </c>
+      <c r="D133" t="s">
+        <v>63</v>
+      </c>
+      <c r="E133" t="s">
+        <v>64</v>
+      </c>
+      <c r="F133" t="s">
+        <v>135</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="H133" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>551</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>552</v>
+      </c>
+      <c r="D134" t="s">
+        <v>63</v>
+      </c>
+      <c r="E134" t="s">
+        <v>64</v>
+      </c>
+      <c r="F134" t="s">
+        <v>135</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="H134" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>555</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>556</v>
+      </c>
+      <c r="D135" t="s">
+        <v>63</v>
+      </c>
+      <c r="E135" t="s">
+        <v>64</v>
+      </c>
+      <c r="F135" t="s">
+        <v>39</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="H135" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>559</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>560</v>
+      </c>
+      <c r="D136" t="s">
+        <v>63</v>
+      </c>
+      <c r="E136" t="s">
+        <v>64</v>
+      </c>
+      <c r="F136" t="s">
+        <v>39</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="H136" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>563</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>564</v>
+      </c>
+      <c r="D137" t="s">
+        <v>63</v>
+      </c>
+      <c r="E137" t="s">
+        <v>64</v>
+      </c>
+      <c r="F137" t="s">
+        <v>39</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="H137" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>567</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>568</v>
+      </c>
+      <c r="D138" t="s">
+        <v>63</v>
+      </c>
+      <c r="E138" t="s">
+        <v>64</v>
+      </c>
+      <c r="F138" t="s">
+        <v>260</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="H138" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>571</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>572</v>
+      </c>
+      <c r="D139" t="s">
+        <v>63</v>
+      </c>
+      <c r="E139" t="s">
+        <v>64</v>
+      </c>
+      <c r="F139" t="s">
+        <v>260</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="H139" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>575</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>576</v>
+      </c>
+      <c r="D140" t="s">
+        <v>63</v>
+      </c>
+      <c r="E140" t="s">
+        <v>64</v>
+      </c>
+      <c r="F140" t="s">
+        <v>260</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="H140" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>579</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>580</v>
+      </c>
+      <c r="D141" t="s">
+        <v>63</v>
+      </c>
+      <c r="E141" t="s">
+        <v>64</v>
+      </c>
+      <c r="F141" t="s">
+        <v>100</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="H141" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>583</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>584</v>
+      </c>
+      <c r="D142" t="s">
+        <v>63</v>
+      </c>
+      <c r="E142" t="s">
+        <v>64</v>
+      </c>
+      <c r="F142" t="s">
+        <v>87</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="H142" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>587</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>588</v>
+      </c>
+      <c r="D143" t="s">
+        <v>63</v>
+      </c>
+      <c r="E143" t="s">
+        <v>64</v>
+      </c>
+      <c r="F143" t="s">
+        <v>114</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="H143" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>591</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>592</v>
+      </c>
+      <c r="D144" t="s">
+        <v>63</v>
+      </c>
+      <c r="E144" t="s">
+        <v>64</v>
+      </c>
+      <c r="F144" t="s">
+        <v>75</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="H144" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>595</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>596</v>
+      </c>
+      <c r="D145" t="s">
+        <v>63</v>
+      </c>
+      <c r="E145" t="s">
+        <v>64</v>
+      </c>
+      <c r="F145" t="s">
+        <v>75</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="H145" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>599</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>600</v>
+      </c>
+      <c r="D146" t="s">
+        <v>63</v>
+      </c>
+      <c r="E146" t="s">
+        <v>64</v>
+      </c>
+      <c r="F146" t="s">
+        <v>75</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="H146" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>603</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>604</v>
+      </c>
+      <c r="D147" t="s">
+        <v>63</v>
+      </c>
+      <c r="E147" t="s">
+        <v>64</v>
+      </c>
+      <c r="F147" t="s">
+        <v>114</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="H147" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>607</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>10</v>
+      </c>
+      <c r="D148" t="s">
+        <v>608</v>
+      </c>
+      <c r="E148" t="s">
+        <v>609</v>
+      </c>
+      <c r="F148" t="s">
+        <v>23</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="H148" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>612</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>17</v>
+      </c>
+      <c r="D149" t="s">
+        <v>608</v>
+      </c>
+      <c r="E149" t="s">
+        <v>609</v>
+      </c>
+      <c r="F149" t="s">
+        <v>105</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="H149" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>615</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>10</v>
+      </c>
+      <c r="D150" t="s">
+        <v>616</v>
+      </c>
+      <c r="E150" t="s">
+        <v>617</v>
+      </c>
+      <c r="F150" t="s">
+        <v>260</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="H150" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>620</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>17</v>
+      </c>
+      <c r="D151" t="s">
+        <v>616</v>
+      </c>
+      <c r="E151" t="s">
+        <v>617</v>
+      </c>
+      <c r="F151" t="s">
+        <v>260</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="H151" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>623</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>31</v>
+      </c>
+      <c r="D152" t="s">
+        <v>616</v>
+      </c>
+      <c r="E152" t="s">
+        <v>617</v>
+      </c>
+      <c r="F152" t="s">
+        <v>260</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="H152" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>626</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>35</v>
+      </c>
+      <c r="D153" t="s">
+        <v>616</v>
+      </c>
+      <c r="E153" t="s">
+        <v>617</v>
+      </c>
+      <c r="F153" t="s">
+        <v>75</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="H153" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>629</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>38</v>
+      </c>
+      <c r="D154" t="s">
+        <v>616</v>
+      </c>
+      <c r="E154" t="s">
+        <v>617</v>
+      </c>
+      <c r="F154" t="s">
+        <v>260</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="H154" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>632</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>82</v>
+      </c>
+      <c r="D155" t="s">
+        <v>616</v>
+      </c>
+      <c r="E155" t="s">
+        <v>617</v>
+      </c>
+      <c r="F155" t="s">
+        <v>260</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="H155" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>635</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>10</v>
+      </c>
+      <c r="D156" t="s">
+        <v>636</v>
+      </c>
+      <c r="E156" t="s">
+        <v>637</v>
+      </c>
+      <c r="F156" t="s">
+        <v>27</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="H156" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>640</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>17</v>
+      </c>
+      <c r="D157" t="s">
+        <v>636</v>
+      </c>
+      <c r="E157" t="s">
+        <v>637</v>
+      </c>
+      <c r="F157" t="s">
+        <v>23</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="H157" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>643</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>31</v>
+      </c>
+      <c r="D158" t="s">
+        <v>636</v>
+      </c>
+      <c r="E158" t="s">
+        <v>637</v>
+      </c>
+      <c r="F158" t="s">
+        <v>23</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="H158" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>646</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>35</v>
+      </c>
+      <c r="D159" t="s">
+        <v>636</v>
+      </c>
+      <c r="E159" t="s">
+        <v>637</v>
+      </c>
+      <c r="F159" t="s">
+        <v>23</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="H159" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>649</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>38</v>
+      </c>
+      <c r="D160" t="s">
+        <v>636</v>
+      </c>
+      <c r="E160" t="s">
+        <v>637</v>
+      </c>
+      <c r="F160" t="s">
+        <v>650</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="H160" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>653</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>10</v>
+      </c>
+      <c r="D161" t="s">
+        <v>654</v>
+      </c>
+      <c r="E161" t="s">
+        <v>655</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="H161" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>658</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>17</v>
+      </c>
+      <c r="D162" t="s">
+        <v>654</v>
+      </c>
+      <c r="E162" t="s">
+        <v>655</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="H162" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>660</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>31</v>
+      </c>
+      <c r="D163" t="s">
+        <v>654</v>
+      </c>
+      <c r="E163" t="s">
+        <v>655</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="H163" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>662</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>35</v>
+      </c>
+      <c r="D164" t="s">
+        <v>654</v>
+      </c>
+      <c r="E164" t="s">
+        <v>655</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="H164" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>664</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>38</v>
+      </c>
+      <c r="D165" t="s">
+        <v>654</v>
+      </c>
+      <c r="E165" t="s">
+        <v>655</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="H165" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>666</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>82</v>
+      </c>
+      <c r="D166" t="s">
+        <v>654</v>
+      </c>
+      <c r="E166" t="s">
+        <v>655</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="H166" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>668</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>10</v>
+      </c>
+      <c r="D167" t="s">
+        <v>669</v>
+      </c>
+      <c r="E167" t="s">
+        <v>670</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="H167" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>672</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>17</v>
+      </c>
+      <c r="D168" t="s">
+        <v>669</v>
+      </c>
+      <c r="E168" t="s">
+        <v>670</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="H168" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>674</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>31</v>
+      </c>
+      <c r="D169" t="s">
+        <v>669</v>
+      </c>
+      <c r="E169" t="s">
+        <v>670</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="H169" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>676</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>35</v>
+      </c>
+      <c r="D170" t="s">
+        <v>669</v>
+      </c>
+      <c r="E170" t="s">
+        <v>670</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="H170" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>678</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>10</v>
+      </c>
+      <c r="D171" t="s">
+        <v>679</v>
+      </c>
+      <c r="E171" t="s">
+        <v>680</v>
+      </c>
+      <c r="F171" t="s">
+        <v>48</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="H171" t="s">
+        <v>682</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>