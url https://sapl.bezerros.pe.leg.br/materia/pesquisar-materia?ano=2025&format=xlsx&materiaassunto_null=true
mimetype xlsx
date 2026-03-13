--- v0 (2025-12-10)
+++ v1 (2026-03-13)
@@ -54,13258 +54,13244 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Maria Lucielle Silva Laurentino</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1270/projeto_de_lei__n.01_de_31_de_janeiro_de_2025.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1270/projeto_de_lei__n.01_de_31_de_janeiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Educação Integral em_x000D_
 Tempo Integral no Município dos_x000D_
 Bezerros-PE, estabelece suas diretrizes,_x000D_
 altera a estrutura da Secretaria de Educação_x000D_
 e dá outras providências.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_lei_no03_de_24_de_fevereiro_de_2025.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_lei_no03_de_24_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional_x000D_
 Especial ao Orçamento Geral do Município e dá_x000D_
 outras providências</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1453/projeto_de_lei_n_04_de_20_de_marco_de_2025.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1453/projeto_de_lei_n_04_de_20_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>Reajusta o piso salarial dos professores _x000D_
 efetivos do Município dos Bezerros(PE), _x000D_
 e dá outras providências.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1455/projeto_de_lei_no_4_2025-_piso_salarial_dos_professores.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1455/projeto_de_lei_no_4_2025-_piso_salarial_dos_professores.pdf</t>
   </si>
   <si>
     <t>Reajusta o piso salarial dos professores_x000D_
 efetivos do Município dos Bezerros(PE),_x000D_
 e dá outras providências.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1473/pl_ifpe.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1473/pl_ifpe.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL _x000D_
 A DOAR, COM ENCARGOS E CLÁUSULA DE _x000D_
 REVERSÃO, IMÓVEL PÚBLICO DE SUA _x000D_
 PROPRIEDADE QUE ESPECÍFICA PARA O _x000D_
 INSTITUTO FEDERAL DE EDUCAÇÃO, CIÊNCIA _x000D_
 E TECNOLOGIA DE PERNAMBUCO - IFPE, E DÁ _x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1476/pl_06_de_24_de_marco_de_2025_cmb.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1476/pl_06_de_24_de_marco_de_2025_cmb.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do salário mínimo dos_x000D_
 servidores da Administração Direta e Indireta do_x000D_
 Município dos Bezerros (PE), e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1552/projeto_de_lei_n_07_de_04_04_2025_dispoe_sobre_as_consignacoes_em_pagamento_dos_servidores_ativos_aposentados_e_pensionistas_da_adm_direta_e_indireta.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1552/projeto_de_lei_n_07_de_04_04_2025_dispoe_sobre_as_consignacoes_em_pagamento_dos_servidores_ativos_aposentados_e_pensionistas_da_adm_direta_e_indireta.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as consignações em folha de pagamento_x000D_
 em virtude de determinação legal ou autorização_x000D_
 escrita dos servidores públicos ativos, aposentados e_x000D_
 pensionistas da Administração Direta e Indireta do_x000D_
 Município dos Bezerros (PE), e dá outras providências.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1565/projeto_de_lei_n_09_2025_refs_2025_com_justificativa.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1565/projeto_de_lei_n_09_2025_refs_2025_com_justificativa.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO _x000D_
 FISCAL (REFIS) PARA O EXERCÍCIO _x000D_
 FINANCEIRO DE 2025 DO MUNICÍPIO DE _x000D_
 BEZERROS/PE _x000D_
 E PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1634/projeto_de_lei_n_8_2025_programa_vai_longe_bolsa_de_transporte_universitario.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1634/projeto_de_lei_n_8_2025_programa_vai_longe_bolsa_de_transporte_universitario.pdf</t>
   </si>
   <si>
     <t>Cria o “Programa VAI LONGE”, que institui_x000D_
 a_x000D_
 “Bolsa_x000D_
 de Transporte Universitário Bezerrense_x000D_
 ” para os_x000D_
 estudantes residentes no Município dos Bezerros, que_x000D_
 estudem de forma presencial em instituições públicas_x000D_
 ou privadas de ensino superior situadas fora do_x000D_
 Município de Bezerros, e dá outras providências.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1654/projeto_de_lei_n_10_2025_indenizacao_para_aquisicao_de_fardamento_iaf_para_o_efetivo_da_guarda_civil_m.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1654/projeto_de_lei_n_10_2025_indenizacao_para_aquisicao_de_fardamento_iaf_para_o_efetivo_da_guarda_civil_m.pdf</t>
   </si>
   <si>
     <t>Institui a Indenização para Aquisição_x000D_
 de Fardamento - IAF para o efetivo da Guarda_x000D_
 Civil Municipal, no âmbito da Secretaria de Ordem_x000D_
 Pública do Município dos Bezerros, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1758/pl_n_11_de_15_de_julho_de_2025_completo.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1758/pl_n_11_de_15_de_julho_de_2025_completo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abertura de Crédito_x000D_
 Adicional Especial ao Orçamento Geral do Município, e_x000D_
 dá outras providências.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1789/ldo_bezerros.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1789/ldo_bezerros.pdf</t>
   </si>
   <si>
     <t>Estabelece as diretrizes orçamentárias para o exercício de_x000D_
 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1832/projeto_de_lei_no_13_14_de_agosto_de_2025.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1832/projeto_de_lei_no_13_14_de_agosto_de_2025.pdf</t>
   </si>
   <si>
     <t>Homologa o relatório técnico da reavaliação atuarial do_x000D_
 Instituto de Previdência Municipal dos Bezerros, fixa a_x000D_
 alíquota destinada à amortização do déficit atuarial do_x000D_
 Fundo Previdenciário_x000D_
 – FUNPREV, e altera a Lei_x000D_
 Municipal nº 772 de 15 de dezembro de 2005, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1948/oficio_n_206.2025.gp_projeto_de_lei_n_14_de_09_de_setembro_de_2025_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1948/oficio_n_206.2025.gp_projeto_de_lei_n_14_de_09_de_setembro_de_2025_.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para a coleta seletiva _x000D_
 pública no Município de Bezerros–PE, regulamenta _x000D_
 a obrigatoriedade de elaboração e execução de _x000D_
 planos de gerenciamento de resíduos sólidos pelos _x000D_
 respectivos geradores, e dá outras providências.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1949/oficio_n_207.2025.gp_projeto_de_lei_n_15_de_09_de_setembro_de_2025_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1949/oficio_n_207.2025.gp_projeto_de_lei_n_15_de_09_de_setembro_de_2025_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o uso e a distribuição de _x000D_
 sacolas plásticas no município dos Bezerros–PE, _x000D_
 fixando diretrizes para sua regulamentação, e dá _x000D_
 outras providências.</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1993/projeto_de_lei_n_16_de_30_de_setembro_de_2025_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1993/projeto_de_lei_n_16_de_30_de_setembro_de_2025_.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO _x000D_
 MUNICIPAL A DOAR, COM ENCARGOS E CLÁUSULA _x000D_
 DE REVERSÃO, IMÓVEL PÚBLICO DE SUA _x000D_
 PROPRIEDADE QUE ESPECIFICA PARA A _x000D_
 IMPLANTAÇÃO DA NOVA DELEGACIA DE POLÍCIA _x000D_
 CIVIL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1995/loa.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1995/loa.pdf</t>
   </si>
   <si>
     <t>Estima a RECEITA e fixa a_x000D_
 DESPESA do Município para o_x000D_
 exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1994/ppa.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1994/ppa.pdf</t>
   </si>
   <si>
     <t>Estabelece a Elaboração do Plano Plurianual_x000D_
 2026/2029 e dá outras providências.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Zé Antônio da Rádio</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1263/rua_do_carteiro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1263/rua_do_carteiro.pdf</t>
   </si>
   <si>
     <t>Art.r - Fica denominada RUA CARTEIRO INALDO MUNIS FERREIRA, a Rua do Carteiro,_x000D_
 localizada no bairro Santo Antonio, em nosso Municipio.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1271/nomeclatura_dos_espacos_do_estadio_municipal.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1271/nomeclatura_dos_espacos_do_estadio_municipal.pdf</t>
   </si>
   <si>
     <t>Art.1° - Fica denominado TRIBUNA DE HONRA SEVERINO TAVARES DA SILVA, TRIBUNA_x000D_
 DE IMPRENSA FERNANDO ANDRADE LIMA, ARQUIBANCADA 01 JOSÉ FERREIRA DA SILVA_x000D_
 (ZUZU SAPATEIRO), ARQUIBANCADA 02 EDSON MONTEIRO DA SILVA (NOZO), ARQUIBANCADA 03 SEVERINO JOSÉ DA SILVA (BlUZINHO BANDEIRINHA). ARQUIBANCADA SEBASTIÃO GOMES, ARQUIBANCADA 05 JOSÉ ARCANJO DE LIMA (ZÉ AFA), ARQUIBANCADA 06 DJALMA JOSÉ DA SILVA, VESTIÁRIO BRASÍLIA JOSÉ GOMES DE SOUZA,_x000D_
 VESTIÁRIO ARBITRAGEM JOSÉ WILSON CORREIA DA SILVA E VESTIÁRIO BOTAFOGO_x000D_
 FREDERICO PONTES, todos localizados no ESTÁDIO MUNICIPAL TENENTE LUIZ GONZAGA_x000D_
 localizado em nosso Município, (fotos em anexo).</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>Mesa Diretora (Biênio 2025/2026) - MD</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1272/pl_licitacoes_e_contratos_adm.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1272/pl_licitacoes_e_contratos_adm.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A LEI 14.133, DE 1 DE ABRIL DE 2021, QUE_x000D_
 DISPÕE SOBRE LICITAÇÕES E CONTRATOS ADMINISTRATIVOS ÂMBITO DO PODER LEGISLATIVO DO MUNICÍPIO DE_x000D_
 BEZERROS E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>Natan do Projeto</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1287/projeto_de_lei_monitoress_assinado_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1287/projeto_de_lei_monitoress_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Institui a capacitação e obrigatoriedade de monitores para acompanhamento de crianças em transporte Público Escolar Municipal em Bezerros/PE.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>Eduardo Lima</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1288/projeto_de_lei_feriado_de_sao_sebastiao_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1288/projeto_de_lei_feriado_de_sao_sebastiao_assinado.pdf</t>
   </si>
   <si>
     <t>Estabelece o calendário de feriados em âmbito municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1315/projeto_de_lei_monitores_co_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1315/projeto_de_lei_monitores_co_assinado.pdf</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>Eduardo Lima, Nathan de Demir</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1350/pl_anticrime_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1350/pl_anticrime_assinado.pdf</t>
   </si>
   <si>
     <t>Estabelece diretrizes para a contratação de shows, artistas e eventos abertos ao público infanto-juvenil que envolvam, no decorrer da apresentação, expressão de apologia ao crime organizado ou ao uso de drogas e dá outras providências.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1351/pl_proibicao_de_fogos_com_estampido_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1351/pl_proibicao_de_fogos_com_estampido_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da compra, manuseio e da utilização, da queima e da soltura de fogos de estampidos e de artifícios, assim como de quaisquer artefatos pirotécnicos de efeito sonoro ruidoso em eventos promovidos pelo poder público no município de Bezerros e dá outras providências.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>Nathan de Demir</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1352/projeto_de_lei_denominar_rua_joao_eufrasio_da_silva_-_nathan_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1352/projeto_de_lei_denominar_rua_joao_eufrasio_da_silva_-_nathan_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da RUA JOÃO EUFRÁSIO DA SILVA e dá outras _x000D_
 providências.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1362/projeto_de_lei_-_denominar_rua_joao_eufrasio_da_silva_-_nathan_de_demir_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1362/projeto_de_lei_-_denominar_rua_joao_eufrasio_da_silva_-_nathan_de_demir_assinado.pdf</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1375/projeto_de_lei_ze_antonio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1375/projeto_de_lei_ze_antonio.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N® DE 18 DE FEVEREIRO DE 2025_x000D_
 Institui a criação das Olimpíadas de_x000D_
 Matemática e de Leitura nas escolas_x000D_
 públicas do município de Bezerros,_x000D_
 Pernambuco e dá outras providências”.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1380/projeto_de_lei_kelvin_william_assinado_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1380/projeto_de_lei_kelvin_william_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o projeto “Kelvin William” que determina a criação da política municipal de atenção Psicossocial nas comunidades Escolares no âmbito municipal de Bezerros/PE e da outras providências.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1381/projeto_de_lei_-_sala_de_parto_ivonete_parteira_-_nathan_de_demir_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1381/projeto_de_lei_-_sala_de_parto_ivonete_parteira_-_nathan_de_demir_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de espaço público e dá outras providências_x000D_
 Fica denominado SALA DE PARTO IVONETE PARTEIRA o espaço destinado aos partos _x000D_
 na Unidade Mista São José Dr. Rinaldo Pacheco Vaz, localizada no município de Bezerros-PE.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>Emanuel de Boas Novas</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1430/rua_tenente_emanuel_boas_novas.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1430/rua_tenente_emanuel_boas_novas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação RUA_x000D_
  JOSÉ LOURENÇO DA SILVA (TENENTE) e dá_x000D_
  outras providências._x000D_
 Fica denominada RUA JOSE LOURENÇO DA SILVA (TENENTE), a antiga Rua_x000D_
  Araripina, localizada no bairro Nossa senhora aparecida, em nosso Município.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1431/projeto_de_lei_multa_em_caso_de_maus_tratos_a_animais_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1431/projeto_de_lei_multa_em_caso_de_maus_tratos_a_animais_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação de multa para abandono e maus-tratos de animais no _x000D_
 município de Bezerros e dá outras providências.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1432/projeto_de_lei_valorizar_o_forro_e_suas_vertentes_no_sao_joao_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1432/projeto_de_lei_valorizar_o_forro_e_suas_vertentes_no_sao_joao_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a valorização da cultura nordestina no São João de Bezerros, _x000D_
 estabelecendo percentual mínimo de artistas do gênero forró na programação oficial do evento e dá _x000D_
 outras providências.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1446/projeto_de_lei_dia_do_papangu_assinado_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1446/projeto_de_lei_dia_do_papangu_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o “Dia do Papangu” em valorização do calendário do carnaval bezerrense e homenagem e valorização cultural aos “fazedores de cultura”_x000D_
 de Bezerros/PE e da outras providências.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1490/projeto_de_lei_causa_animal_nathan_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1490/projeto_de_lei_causa_animal_nathan_assinado.pdf</t>
   </si>
   <si>
     <t>EMENTA: Dispõe sobre a aplicação de multa para abandono e maus-tratos de animais no _x000D_
 município de Bezerros e dá outras providências</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1491/projeto_de_lei_sao_joao_7025_forro_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1491/projeto_de_lei_sao_joao_7025_forro_assinado.pdf</t>
   </si>
   <si>
     <t>EMENTA: Dispõe sobre a valorização da cultura nordestina no São João de Bezerros, com _x000D_
 a destinação de percentual mínimo de artistas do gênero forró na programação oficial do polo principal _x000D_
 da Serra Negra, e dá outras providências.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1492/projeto_de_lei_restricoes_para_a_nomeacao_de_pessoas_condenadas_por_crimes_incompativeis_com_o_exercicio_de_cargos_publicos_e_define_criterios_para_a_avaliacao_de_tais_incompatibilidades._assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1492/projeto_de_lei_restricoes_para_a_nomeacao_de_pessoas_condenadas_por_crimes_incompativeis_com_o_exercicio_de_cargos_publicos_e_define_criterios_para_a_avaliacao_de_tais_incompatibilidades._assinado.pdf</t>
   </si>
   <si>
     <t>Estabelece restrições para a nomeação de pessoas condenadas por crimes _x000D_
 incompatíveis com o exercício de cargos públicos municipais e define critérios para a avaliação de tais _x000D_
 incompatibilidade</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1505/projeto_de_lei_relatorios_trimestrais_sobre_obras_publicas_no_municipio_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1505/projeto_de_lei_relatorios_trimestrais_sobre_obras_publicas_no_municipio_assinado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PUBLICIDADE DE RELATÓRIOS TRIMESTRAIS SOBRE _x000D_
 OBRAS PÚBLICAS NO MUNICÍPIO DE BEZERROS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1506/projeto_de_lei_banco_municipal_-_nathan_de_demir_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1506/projeto_de_lei_banco_municipal_-_nathan_de_demir_assinado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO BANCO MUNICIPAL DE MATERIAIS DE _x000D_
 CONSTRUÇÃO EM BEZERROS-PE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Nathan de Demir, Zé Antônio da Rádio</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1507/projeto_de_lei_concessao_da_honraria_municipal_28medalha_jose_joao_da_silva29_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1507/projeto_de_lei_concessao_da_honraria_municipal_28medalha_jose_joao_da_silva29_assinado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DA HONRARIA MUNICIPAL “MEDALHA _x000D_
 JOSÉ JOÃO DA SILVA” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1514/projeto_de_lei_dia_municipal_de_jota_borges_20_de_dezembro_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1514/projeto_de_lei_dia_municipal_de_jota_borges_20_de_dezembro_assinado.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DE JOTA BORGES, EM HOMENAGEM AO SEU _x000D_
 LEGADO CULTURAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1599/pldiadabiblia.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1599/pldiadabiblia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição e inclusão no calendário oficial de eventos do município de Bezerros o Dia Municipal da Bíblia e dá outras providências.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1636/projeto_de_lei_pulseira_neurodivergente_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1636/projeto_de_lei_pulseira_neurodivergente_assinado.pdf</t>
   </si>
   <si>
     <t>Institui a inclusão de identificação visual para pessoas neuro divergentes que estejam em atendimento de saúde no município de Bezerros/PE e da _x000D_
 outras providências. Esta Lei dispõe sobre a criação da pulseira de identificação para pessoas neuro divergentes, portadoras de espectros, portadores de transtorno do espectro autista (TEA) e com mobilidade reduzida que estejam em atendimento clinico e medico na Unidade de Pronto atendimento de Bezerros-PE (UPA Bezerros).</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Junior Boi Gordo</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1680/pl_viaduto_lucas_cardozo_junior.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1680/pl_viaduto_lucas_cardozo_junior.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação VIADUTO LUCAS CARDOSO e dá outras providências.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1681/pl_viaduto_j_borges_junior.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1681/pl_viaduto_j_borges_junior.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação VIADUTO J.BORGES e dá outras providências.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1711/projeto_de_lei_regulacao_da_abordagem_social_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1711/projeto_de_lei_regulacao_da_abordagem_social_assinado.pdf</t>
   </si>
   <si>
     <t>Normatiza e regula o serviço de Abordagem Social em Bezerros/PE e da outras providencias.</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Vando da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1719/pl_nome_de_rua_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1719/pl_nome_de_rua_vando.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação RUA MARIA DO CARMO DE LIMA E SILVA e dá outras providências.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Adé Motos</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1853/rua_manoel_alves_de_melo_ade.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1853/rua_manoel_alves_de_melo_ade.pdf</t>
   </si>
   <si>
     <t>- Fica denominado a RUA MANOEL ALVES DE MELO, a Trav. Dr. Alipio Cavalcante,_x000D_
  bairro Nossa Senhora Aparecida, em nosso Município.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1939/pl_dia_da_cavalgada_ade.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1939/pl_dia_da_cavalgada_ade.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 1.447, de 19 de_x000D_
  maio de 2022, que institui e inclui no Calendário_x000D_
  Oficial de Eventos do Município de Bezerros o "Dia_x000D_
  da Cavalgada", para modificar a data de sua_x000D_
  realização.</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1956/pl_nome_da_feirinha_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1956/pl_nome_da_feirinha_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação FEIRINHA PEDRO DE AZEVEDO LIRA e dá outras providências.</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>João Motos</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1989/01_-_cameras_de_seguranca_em_veiculos_de_transporte_escolar.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1989/01_-_cameras_de_seguranca_em_veiculos_de_transporte_escolar.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº  de 29 de setembro de 2025 institui projeto de lei cameras de segurança em veículos de transporte escolar.</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2021/projeto_de_lei_dia_da_imprensa_35.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2021/projeto_de_lei_dia_da_imprensa_35.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal da Imprensa bezerrense a fim de reconhecer todos os profissionais bezerrenses e marca, em destaque, homenagem e_x000D_
 reconhecimento a história e contribuição do diretor e fundador do site Bezerros Hoje, José Flávio de Melo na área da comunicação por mais de 20 anos.</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2042/20102025_camara_municipal_de_bezerros_001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2042/20102025_camara_municipal_de_bezerros_001.pdf</t>
   </si>
   <si>
     <t>Institui o “Dia do Locutor" no âmbito do Município de Bezerros e dá outras providencias.</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Reporter Rinaldo Luiz</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2101/pl_001_-_premio_irma_julia.docx_28129_assinado_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2101/pl_001_-_premio_irma_julia.docx_28129_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a criação do Prêmio Irmã Júlia, a ser concedido pela Câmara Municipal de Bezerros às mulheres que tenham contribuído significativamente para a história e o desenvolvimento do município, e dá outras providências.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2121/projeto_de_semana_de_combate_ao_aborto_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2121/projeto_de_semana_de_combate_ao_aborto_assinado.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Combate ao Aborto no Calendário Oficial do Município de Bezerros, e dá outras providências.</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2152/projeto_de_lei_ze_antonio__rotary_club.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2152/projeto_de_lei_ze_antonio__rotary_club.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N"/2025_x000D_
 _x000D_
  Declara de utilidade pública o_x000D_
  Rotary Club de Bezerros,_x000D_
  reconhecendo sua importância_x000D_
  para o desenvolvimento social e_x000D_
  comunitário do município e dá_x000D_
  outras providências._x000D_
  A CÂMARA MUNICIPAL DE BEZERROS, no uso de suas atribuições legais conferidas pela Lei_x000D_
  Orgânica do Município, aprova e o Prefeito Municipal sanciona a seguinte Lei:_x000D_
  Art._x000D_
  Fica declarado de utilidade pública o Rotary Club de Bezerros, associação civil sem_x000D_
  fins lucrativos, com sede e foro no Município de Bezerros._x000D_
  Art. 25 Esta Lei entra em vigor na data de sua publicação._x000D_
  JUSTIFICATIVA_x000D_
  A presente proposição visa reconhecer formalmente a relevância do Rotary Club de Bezerros_x000D_
  para a sociedade local. Ao longo de sua história, o Rotary Club tem se dedicado a promover_x000D_
  ações e projetos de caráter social, cultural e humanitário, contribuindo significativamente_x000D_
  para o bem-estar da população bezerrense._x000D_
  O Rotary Club de Bezerros tem se destacado por sua atuação em diversas áreas, tais como:_x000D_
  * Promoção da saúde e prevenção de doenças;_x000D_
  * Apoio à educação e à cultura;_x000D_
  * Desenvolvimento comunitário e geração de renda;_x000D_
  * Ações em prol do meio ambiente;_x000D_
  * Combate à pobreza e à exclusão social._x000D_
  A declaração de utilidade pública permitirá ao Rotary Club de Bezerros buscar apoio e_x000D_
  parcerias com órgãos públicos e privados, ampliando sua capacidade de atuação e o alcance_x000D_
  de seus projetos. Além disso, o reconhecimento formal fortalecerá a imagem da instituição_x000D_
  perante a comunidade, incentivando a participação de novos membros e colaboradores.</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2153/projeto_de_lei__ze_antonio_loja_maconica__.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2153/projeto_de_lei__ze_antonio_loja_maconica__.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N"/2025_x000D_
 _x000D_
  Declara de utilidade pública a_x000D_
  Loja Maçônica, localizada no_x000D_
  Parque das Acácias, em nosso_x000D_
  Município, e providências._x000D_
  _x000D_
  A CAMARA MUNICIPAL DE BEZERROS, no uso de suas atribuições legais conferidas pela Lei_x000D_
  Orgânica do Município, aprova e o Prefeito Municipal sanciona a seguinte Lei:_x000D_
  Art. 1" Fica declarada de utilidade pública a Loja Maçônica, com sede e foro no Parque das Acácias_x000D_
  neste Município._x000D_
  Art. 2" Esta Lei entra em vigor na data de sua publicação._x000D_
  JUSTIFICATIVA_x000D_
  A Loja Maçônica de Bezerros, tradicional instituição filantrópica, tem prestado relevantes serviços à_x000D_
  comunidade bezerrense, promovendo ações sociais, culturais e educativas que beneficiam diversos_x000D_
  segmentos da população._x000D_
  O reconhecimento da Loja Maçônica de Bezerros como entidade de utilidade pública permitirá que a_x000D_
  mesma possa ampliar suas atividades e buscar recursos junto a órgãos públicos e privados,_x000D_
  fortalecendo ainda mais o seu papel social no município._x000D_
  Diante do exposto, contamos com o apoio dos nobres colegas Vereadores para a aprovação desta_x000D_
  importante proposição._x000D_
  Sala das Sessões da Câmara Municipal de Bezerros, 26 de novembro de 2025_x000D_
  '</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2161/projeto_de_lei_41.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2161/projeto_de_lei_41.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a Academia de Letras, Artes e Ofícios Municipais de Pernambuco - ALAOMPE e dá outras providências.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2162/pl_tribuna_popular_pdf_ok.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2162/pl_tribuna_popular_pdf_ok.pdf</t>
   </si>
   <si>
     <t>Institui a Tribuna Popular na Câmara Municipal de Bezerros; acrescenta dispositivos ao Regimento Interno da Câmara Municipal de Bezerros; e dá outras providências.</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2164/projeto_de_lei_vando_rua_alexandrino_da_silva_.pdf</t>
-[...16 lines deleted...]
- Art. 3°- Esta lei entrará em vigor da data de sua publicação.</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2164/projeto_de_lei_vando_rua_alexandrino_da_silva_.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a denominação RUA MANOEL ALEXANDRINO DA SILVA (SEU NUCA) e dá outras providência.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>PDCO</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1264/salario_minimo.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1264/salario_minimo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre adequação do salário mínimo dos_x000D_
 Servidores da Câmara Municipal de Bezerros, e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1268/projeto_de_lei_complementar_n.01_de_31_de_janeiro_de_2025.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1268/projeto_de_lei_complementar_n.01_de_31_de_janeiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização_x000D_
 administrativa do Poder Executivo do_x000D_
 Município de Bezerros/PE, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1269/projeto_de_lei_complementar_n.02_de_31_de_janeiro_de_2025.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1269/projeto_de_lei_complementar_n.02_de_31_de_janeiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização_x000D_
 administrativa da Diretoria Executiva do_x000D_
 Instituto de Previdência Municipal dos_x000D_
 Bezerros, e dá outras providências.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1281/projeto_de_lei_complementar_n_01_de_31_de_janeiro_de_2025.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1281/projeto_de_lei_complementar_n_01_de_31_de_janeiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização administrativa _x000D_
 do Poder Executivo do Município de _x000D_
 Bezerros/PE, e dá outras providências.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1282/pl_complementar_sobre_cargos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1282/pl_complementar_sobre_cargos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Reestruturação do Plano de Cargos e_x000D_
 Vencimentos dos Servidores da Câmara Municipal de_x000D_
 Bezerros, Pernambuco, estabelece Normas Gerais de_x000D_
 Enquadramento e dá outras Providências.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1520/projeto_de_lei_reestrutura_unificado.t.__com_plenilhas_e_anexos_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1520/projeto_de_lei_reestrutura_unificado.t.__com_plenilhas_e_anexos_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre_x000D_
  reorganização da estrutura_x000D_
  administrativa   da Câmara Municipal de_x000D_
 Vereadores de Bezerros-PE, extingue e cria_x000D_
  cargos, fixa vencimentos básicos e dá outras_x000D_
  providências.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1525/projeto_de_lei_complementar_cargos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1525/projeto_de_lei_complementar_cargos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização da estrutura administrativa da Municipal Câmara Vereadores de Bezerros-PE, extingue e cria de cargos, fixa vencimentos básicos e dá outras_x000D_
  providências.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2131/projeto_de_lei_complementar_no_03_de_24_de_novembro_de_2025.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2131/projeto_de_lei_complementar_no_03_de_24_de_novembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento e_x000D_
 reparcelamento de débitos do Município de_x000D_
 Bezerros com seu Regime Próprio de_x000D_
 Previdência Social - RPPS, de que tratam os_x000D_
 arts. 115 e 117 do Ato das Disposições_x000D_
 Constitucionais Transitórias - ADCT, com a_x000D_
 redação conferida pela Emenda Constitucional_x000D_
 nº 136, de 9 de setembro de 2025.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2132/projeto_de_lei_complementar_no_04_de_24_de_novembro_de_2025..pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2132/projeto_de_lei_complementar_no_04_de_24_de_novembro_de_2025..pdf</t>
   </si>
   <si>
     <t>EMENTA: Dispõe sobre a regulamentação do_x000D_
 plano de custeio de que trata a Emenda à Lei_x000D_
 Orgânica Municipal nº 02/2024 do Município_x000D_
 dos Bezerros-PE, de medida voltada ao_x000D_
 equilíbrio financeiro e atuarial do Regime_x000D_
 Próprio de Previdência Social (RPPS), e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2133/projeto_de_lei_complementar_no_05_de_24_de_novembro_de_2025..pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2133/projeto_de_lei_complementar_no_05_de_24_de_novembro_de_2025..pdf</t>
   </si>
   <si>
     <t>Reestrutura o Regime Próprio de_x000D_
 Previdência do Município dos Bezerros-PE, de acordo_x000D_
 com a EC nº 103/19 e a Emenda à Lei Orgânica nº_x000D_
 02/2024, regulamenta o Plano de Benefícios e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Diogo Lemos</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1401/001_diogo_cidadao_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1401/001_diogo_cidadao_assinado.pdf</t>
   </si>
   <si>
     <t>Título de cidadão Bezerrense a Magno Martins.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1470/002_diogo_cidadao_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1470/002_diogo_cidadao_assinado.pdf</t>
   </si>
   <si>
     <t>Art.1º - Fica concedido o Título Honorífico de CIDADÃO BEZERRENSE, ao Sr. Henrique Costa _x000D_
 da Veiga Seixa , natural da cidade de Recife-PE.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1519/titulo_de_cidadao_ze_antonio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1519/titulo_de_cidadao_ze_antonio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título honorífico de Cidadão BEZERRENSE ao Sr. Pedro Luiz dos Santos e dá outras providências.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1523/titulo_danusia_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1523/titulo_danusia_assinado.pdf</t>
   </si>
   <si>
     <t>EMENTA: Dispõe sobre a concessão de titulo honorifico de CIDADÃO BEZERRENSE à Sr.ª Danúsia Lins da Costa Seabra.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>Rogério de Natal</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1536/ementa_de_titulo_de_cidadao_bezerrense_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1536/ementa_de_titulo_de_cidadao_bezerrense_assinado.pdf</t>
   </si>
   <si>
     <t>EMENTA: Dispõe sobre a concessão de_x000D_
 título honorífico de CIDADÃO_x000D_
 BEZERRENSE ao Sr. Genesis da Silva_x000D_
 Pereira e dá outras providências._x000D_
 Art.1º - Fica concedido o Título Honorífico de CIDADÃO BEZERRENSE, ao Sr. Genesis da_x000D_
 Silva Pereira, natural da cidade de Jaboatão dos Guararapes-PE._x000D_
 Parágrafo Único – A outorga do título a que se refere a presente RESOLUÇÃO, far-se-á em_x000D_
 Sessão Solene desta Câmara, em data a ser previamente designada, preferencialmente, ainda na atual_x000D_
 legislatura._x000D_
 Art. 2º - Esta RESOLUÇÃO entrará em vigor na data de sua publicação._x000D_
 _x000D_
 JUSTIFICATIVAS ORAIS EM PLENÁRIO_x000D_
 Câmara Municipal dos Bezerros, 09 de abril de 2025._x000D_
 _x000D_
 Sobre_x000D_
 Genesis da Silva Pereira, tem 42 anos de idade, nasceu na cidade do Recife em Jaboatão_x000D_
 dos Guararapes, atualmente está morando na cidade dos bezerros, na cohab, rua 6, número 300._x000D_
 Veio morar na cidade dos bezerros no ano de 1993, seu pai era militar e sua mãe_x000D_
 agricultora, estudou na escola José de Góes e logo depois na Escola Maria Ana, não chegou a_x000D_
 concluir o ensino médio, pois após a morte de seu pai, quando tinha apenas 12 anos de idade,_x000D_
 precisou trabalhar para ajudar sua mãe nas obrigações de casa._x000D_
 Pela graça de Deus hoje tem sua família, uma esposa e três filhos, trabalha como motorista_x000D_
 profissional na empresa rodoviária caruaruense, começou na época como auxiliar de limpeza,_x000D_
 passando por várias etapas até chegar no atual cargo desde o ano de 2003._x000D_
 Também é presbítero na igreja evangélica Assembleia de Deus, Ministério Pernambuco,_x000D_
 cooperando com o pastor presidente Ailton José Alves na congregação, atualmente denominada_x000D_
 por nome de encruzilhada, passou 9 anos como auxiliar de trabalho, quando em 2012 foi_x000D_
 consagrado para o diaconato, passando um período de 5 anos, e em 2017 foi consagrado ao_x000D_
 presbitério ao qual está até hoje, para glória de Deus!</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1586/004_18_de_maio_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1586/004_18_de_maio_assinado.pdf</t>
   </si>
   <si>
     <t>Fica concedido a honraria “18 DE MAIO” AOS SEGUINTES HOMENAGEADOS, para receberem desta Câmara, o “DIPLOMA DE MÉRITO 18 DE MAIO”, correspondente ao ano de 2025.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1757/cidadao_bezerrense_-_2025.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1757/cidadao_bezerrense_-_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título honorífico de CIDADÃO BEZERRENSE ao Sr. MARCELO JOSÉ MONTEIRO e dá outras providências.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1770/titulo_de_cidadao_diogo_lemos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1770/titulo_de_cidadao_diogo_lemos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título honorífico de ClDADAO BEZERRENSE a Sr^ Ingrid Zanella e dá_x000D_
  outras providências.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1784/titulo_de_cidadao_samuel_domingos_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1784/titulo_de_cidadao_samuel_domingos_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título_x000D_
  honorífico de CIDADÀO BEZERRENSE ao Sr._x000D_
  Samuel Domingos de Azevedo Melo e dá outras_x000D_
  providências.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1791/007_diogo_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1791/007_diogo_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título honorífico de CIDADÃO BEZERRENSE ao Sr. TADEU ALENCAR e dá outras providências.</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1880/20082025_camara_municipal_de_bezerros.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1880/20082025_camara_municipal_de_bezerros.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título honorífico de CIDADÃO BEZERRENSE ao FREI ADRIANOPEREIRADOS SANTOS e dá outras providências.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1885/mocao_de_aplausos_diogo.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1885/mocao_de_aplausos_diogo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título honorífico de CIDADÃO BEZERRENSE ao SR.NORMANDO PÉRICLES SIMÕES DE SIQUEIRA JUNIOR e dá outras providências.</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1886/titulo_diogo.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1886/titulo_diogo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título honorífico de CIDADÃO BEZERRENSE a SR^.SUELLEN RENATA BRUNHARI e dá outras_x000D_
  providências.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1913/01092025_camara_municipal_de_bezerros.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1913/01092025_camara_municipal_de_bezerros.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de titulo honorífico de CIDADÃO BEZERRENSE ao Pe.Miguel Ângelo Ferreira e dá outras providências.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2058/projeto_de_decreto_legislativo_-_titulo_de_cidadao_bezerrense_pra_pastor_pedro_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2058/projeto_de_decreto_legislativo_-_titulo_de_cidadao_bezerrense_pra_pastor_pedro_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Título honorífico de CIDADÃO BEZERRENSE à pessoa que menciona e dá outras providências - Pastor Pedro Carlos de Oliveira.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2059/projeto_de_decreto_legislativo_-_titulo_de_cidadao_bezerrense_wagner_lima_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2059/projeto_de_decreto_legislativo_-_titulo_de_cidadao_bezerrense_wagner_lima_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Título honorífico de CIDADÃO BEZERRENSE à pessoa que menciona e dá outras providências - Wagner Rodrigo Lima da Silva.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>Emanuel de Boas Novas, Nathan de Demir</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2067/emanuel_de_boas_novas_titulo_de_cidadao.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2067/emanuel_de_boas_novas_titulo_de_cidadao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título honorífico de CIDADÃ BEZERRENSE a SRª. SIMONE ALICE DE OLIVEIRA SANTANA e dá outras providências.</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2102/pdl_002_-_cidadao_bezerrense_-_silvio_venceslau.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2102/pdl_002_-_cidadao_bezerrense_-_silvio_venceslau.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Fica concedido o Título Honorífico de CIDADÃO BEZERRENSE ao Senhor SÍLVIO VENCESLAU DA SILVA, natural da cidade de SAIRÉ/PE.</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2116/requerimento_ze_da_radio__projeto_de_decreto_legislativo_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2116/requerimento_ze_da_radio__projeto_de_decreto_legislativo_.pdf</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVQ/2025_x000D_
  EMENTA: Dispõe sobre a concessão de título_x000D_
  honorífico de CIDADÃO BEZERRENSE ao Sr._x000D_
  Rogério Maia Beltrão e dá outras providências._x000D_
  Art.1°- Fica concedido o Título Honorífico de CIDADÃO BEZERRENSE, ao Sr. Rogério Wlaia Beltrão, natural_x000D_
  da cidade de Recife-PE._x000D_
  Parágrafo Único- A outorga do título a que se refere a presente RESOLUÇÃO, far-se-à em_x000D_
  Sessão Solene desta Câmara, em data a ser previamente designada, preferencialmente, ainda na atual_x000D_
  legislatura._x000D_
  ü.r_x000D_
  Art. 2°- Esta RESOLUÇÃO entrará em vigor na data de sua publicação</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>Roberto Dinda</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2134/projeto_decreto_legislativo_roberto__cidadao_bezerrense_expedito.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2134/projeto_decreto_legislativo_roberto__cidadao_bezerrense_expedito.pdf</t>
   </si>
   <si>
     <t>EMENTA: Dispõe sobre a concessão de título_x000D_
  honorífico de CIDADÃO BEZERRENSE ao Sr._x000D_
  Expedito Eugênio dos Santos e dá outras_x000D_
  providências._x000D_
  Art.1°- Fica concedido o Título Honorífico de CIDADÃO BEZERRENSE, ao Sr. Expedito Eugênio dos Santos,_x000D_
  natural da cidade de Caruaru-PE._x000D_
  Parágrafo Único- A outorga do título a que se refere a presente RESOLUÇÃO, far-se-à em_x000D_
  Sessão Solene desta Câmara, em data a ser previamente designada, preferencialmente, ainda na atual_x000D_
  legislatura._x000D_
  ■ití_x000D_
  t_x000D_
 Art. 2°- Esta RESOLUÇÃO entrará em vigor na data de sua publicação.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2141/pdl_003_-_cidadao_bezerrense_-_ricardo_amorim.docx_assinado_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2141/pdl_003_-_cidadao_bezerrense_-_ricardo_amorim.docx_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Título honorífico de CIDADÃO BEZERRENSE  para RICARDO JOSÉ DE AMORIM e dá outras providências.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1308/projeto_de_emenda_lei_organica__sao_sebastiao_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1308/projeto_de_emenda_lei_organica__sao_sebastiao_assinado.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 6º do Capítulo II – das disposições finais e transitórias, da Lei Orgânica do Município de Bezerros.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1710/emenda_lei_organica_2025.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1710/emenda_lei_organica_2025.pdf</t>
   </si>
   <si>
     <t>“Altera o § 1º do artigo 9º da Lei Orgânica do Município para dispor sobre a reeleição dos cargos da Mesa Diretora e dá outras providências.”</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1261/indicacao_capacitacao_municipal_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1261/indicacao_capacitacao_municipal_assinado.pdf</t>
   </si>
   <si>
     <t>Com base na escuta popular realizada na Câmara Municipal de Bezerros no dia _x000D_
 29/01/2025 sob o tema “Desafios e avanços da comunidade Trans” e relatos de distratos em órgãos públicos municipais, Indico à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, através da Secretaria de Governo para as demais pastas do município, seja formulada capacitação para os funcionários públicos do município referente ao tratamento com pessoas Transgêneros, Travestis e _x000D_
 Transsexuais, buscando engajar e sanar possíveis tratamentos inadequados referente a estas classes.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1305/indicacao_psiquiatria_ofc_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1305/indicacao_psiquiatria_ofc_assinado.pdf</t>
   </si>
   <si>
     <t>Com base em denúncias realizadas por mães atípicas da cidade de Bezerros/PE, indico ao Poder Executivo Municipal através da Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, juntamente a Secretária de Saúde Iêda Campos, providencie em caráter de urgência o aumento do quadro médico do Centro de Reabilitação com a contratação de mais um Psiquiatra para contribuir com a celeridade de atendimentos psiquiátricos do município. Com esta indicação, busco contribuir com a diminuição da fila de espera de atendimentos psiquiátricos de crianças e adolescentes portadores de neuro divergências.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_quadro_do_centro_de_reabilitacao_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_quadro_do_centro_de_reabilitacao_assinado.pdf</t>
   </si>
   <si>
     <t>Com base em denúncias realizadas por mães atípicas da cidade de Bezerros/PE, indico ao Poder Executivo Municipal através da Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, juntamente a Secretária de Saúde Iêda Campos, providencie em caráter de urgência o aumento do quadro médico do Centro de Reabilitação com a contratação de mais profissionais especializados que cumprem_x000D_
 atendimento no estabelecimento público, que sejam Psiquiatra, Fonoaudiólogo, Terapeuta Ocupacional (TO), Pediatra e neuropediatra, fisioterapeuta, psicólogo e assistente social para contribuir com a celeridade de atendimentos psiquiátricos infantis do município. Com esta indicação, busco contribuir com a diminuição da fila de espera de atendimentos psiquiátricos de crianças e adolescentes portadores de neuro-divergências que se aproxima de 80 (oitenta) crianças e em um quadro geral de mais de 500 (quinhentos) atendimentos.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_forca-tarefa_intersetorial_para_regularizacao_e_unificacao_dos_nomes_de_ruas_no_municipio_de_bezerros_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_forca-tarefa_intersetorial_para_regularizacao_e_unificacao_dos_nomes_de_ruas_no_municipio_de_bezerros_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO: SUGESTÃO DE FORÇA-TAREFA INTERSETORIAL PARA REGULARIZAÇÃO E _x000D_
 UNIFICAÇÃO DOS NOMES DE RUAS NO MUNICÍPIO DE BEZERROS</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1810/indicacao_programa_do_leite_sao_pedro_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1810/indicacao_programa_do_leite_sao_pedro_assinado.pdf</t>
   </si>
   <si>
     <t>EMENTA:  Solicita a implantação do Programa do Leite no bairro São Pedro, com _x000D_
 ponto de distribuição no CRAS local. _x000D_
 _x000D_
 Indico à Governadora do Estado de Pernambuco, à Prefeita do Município de Bezerros _x000D_
 e aos órgãos competentes a implantação do Programa do Leite no bairro São Pedro, _x000D_
 utilizando o CRAS do bairro como ponto de distribuição. _x000D_
 _x000D_
 A presente solicitação visa atender famílias em situação de vulnerabilidade social, _x000D_
 promovendo segurança alimentar e melhoria na qualidade de vida da população local.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1235/requerimento_creche_sao_pedro_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1235/requerimento_creche_sao_pedro_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, juntamente com a Secretaria de Infraestrutura e a Secretaria de Obras, providencie a construção de uma creche localizada no bairro São Pedro, em nosso Município.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1236/requerimento_asfalto_rua_da_pedra_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1236/requerimento_asfalto_rua_da_pedra_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, juntamente com a Secretaria de Infraestrutura e a Secretaria de Obras, providencie o asfaltamento da Rua Tenente Tibúrcio, popularmente conhecida como Rua da Pedra, localizada no bairro São Pedro, em nosso Município.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1237/requerimento_josefa_guilhermina_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1237/requerimento_josefa_guilhermina_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva Laurentino, que V. Exª, juntamente com a Secretaria de Infraestrutura e a Secretaria de Serviços Urbanos, providencie o complemento do calçamento da Rua Josefa Guilherme de Oliveira, localizada no bairro São Pedro, em nosso Município.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1238/requerimento_reforma_quadra_serra_negra.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1238/requerimento_reforma_quadra_serra_negra.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
 formulado apelo a Exm^ Sr^. Prefeita deste Município. MARIA LUCIELLE SILVA LAURENTINO que_x000D_
 V.Ex^ juntamente com a Secretária de Esportes, tome as providências cabíveis para que seja feita_x000D_
 reforma da Quadra Poiiesportiva localizada no Distrito de Serra Negra, haja vista a necessidade_x000D_
 daqueles que alí residem terem suas práticas de esportes em um ambiente saudável, iluminado e_x000D_
 seguro. Solicito ainda, que seja feita a construção de vestuários no Campo de Futebol do referido_x000D_
 Distrito.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1239/requerimento_do_canal_da_gamileira.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1239/requerimento_do_canal_da_gamileira.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, atendendo reivindicações da população deste Município, ouvido o Plenário e_x000D_
 cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita deste_x000D_
 Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Ex® juntamente com a Governadora do_x000D_
 Estado de Pernambuco Ex® Sr^ RAQUEL LYRA, providencie a elaboração de um projeto e_x000D_
 CONSTRUÇÃO DE UM CANAL, no bairro da Cameleira em nosso Município, tendo em vista que_x000D_
 quando chove os esgotos que estão a céu aberto, transbordam e invadem algumas residências_x000D_
 causando transtornos aos moradores do referido bairro.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1240/requerimento_abastecimento_bairro_santana.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1240/requerimento_abastecimento_bairro_santana.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, atendendo reivindicações da população deste Município, ouvido o Plenário e_x000D_
 cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^ Sr^. Prefeita deste_x000D_
 Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Ex^ juntamente com a Governadora do_x000D_
 Estado de Pernambuco Ex^ Sr^ RAQUEL LYRA, tomem as providências cabíveis para que seja feito_x000D_
 a abastecimento d’agua, com água da Compesa, no bairro Santana, em nosso município, tendo em_x000D_
 vista que a falta de água nas torneiras afeta a vida das famílias de diversas formas, inclusive do ponto_x000D_
 de vista de saúde pública.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1241/requerimento_-_atualizacao_da_lei_municipal_nba_1002_2012_-_auxilio_universitario_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1241/requerimento_-_atualizacao_da_lei_municipal_nba_1002_2012_-_auxilio_universitario_assinado.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal a ATUALIZAÇÃO DA LEI MUNICIPAL Nº 1.002, de 23 de maio de 2012, que trata sobre o PROGRAMA DE AUXÍLIO FINANCEIRO PARA TRANSPORTE AOS ESTUDANTES UNIVERSITÁRIOS BEZERRENSES, de menor poder aquisitivo.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1242/requerimento_-_centro_de_atendimento_especializado_e_reabilitacao_no_sassep_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1242/requerimento_-_centro_de_atendimento_especializado_e_reabilitacao_no_sassep_assinado.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, que com a maior brevidade possível, seja celebrado junto ao Governo do Estado de Pernambuco um convênio onde as instalações do prédio onde funcionou o IRH/SASSEP (IPSEP) sejam repassadas ao Poder Executivo Municipal para que seja instalado naquele imóvel um CENTRO DE ATENDIMENTO ESPECIALIZADO E REABILITAÇÃO, com ênfase no atendimento de pessoas com Transtorno no Espectro Autista (TEA) e suas famílias, bem como pessoas com outras deficiências ou que necessitem de reabilitação física</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1243/requerimento_-_programa_de_regularizacao_fundiaria_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1243/requerimento_-_programa_de_regularizacao_fundiaria_assinado.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, que com a maior brevidade possível, seja criado um PROGRAMA DE REGULARIZAÇÃO FUNDIÁRIA, visando dar oportunidade aos munícipes, que estejam enquadrados em situação de vulnerabilidade social, bem como os economicamente considerados como  famílias de “baixa renda”, que não possuem Escrituras Públicas de seus imóveis, regularizarem sua situação junto ao Poder Executivo Municipal, dando-lhe assim mais dignidade e segurança fundiária.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1244/02_-giradouro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1244/02_-giradouro.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva Laurentino, que V. Exª, juntamente com a Secretaria de Infraestrutura e a Secretaria de Serviços Urbanos, sejam tomadas as providencias necessárias para a instalação de um giradouro (rotatória) nas proximidades da Ponte Nova. Justifica-se tal solicitação pelo intenso fluxo de veículos e pedestres na localidade, o que demanda maior organização e segurança no transito, visando melhorar a mobilidade urbana e prevenir acidentes.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1245/01_-_calcamento_prox._bar_da_ponte.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1245/01_-_calcamento_prox._bar_da_ponte.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva Laurentino, que V. Exª, juntamente com a Secretaria de Infraestrutura e a Secretaria de Serviços Urbanos, em caráter de urgência a realização do calçamento na Travessa Padre Anchieta, localizada próximo ao bar da ponte, no centro do município, a presente solicitação visa atender as demandas da população local, que enfrenta dificuldades devido a precaridade da via, especialmente em períodos de chuva, quando a falta de calçamento compromete os pedestres, gerando transtornos e risco a segurança.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1246/03-calcamento_-_bairro_sao_jose.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1246/03-calcamento_-_bairro_sao_jose.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva Laurentino, que V. Exª, juntamente com a Secretaria de Infraestrutura e a Secretaria de Serviços Urbanos, providencie o calçamento da 2° TV Antonio Valmir , Bairro São José, em nosso Município.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>Tatai</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1247/construcao_de_uma_creche_santo_amaro_2.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1247/construcao_de_uma_creche_santo_amaro_2.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Exª juntamente com a Governadora do Estado de Pernambuco Exª Srª RAQUEL LYRA, envidem esforços para concluir à construção da Creche localizada no bairro Santo Amaro II, em nosso Município, tal requerimento é de grande importância, tendo em vista a necessidade que os moradores daquela região tem de deixarem seus filhos em um lugar seguro para poderem trabalhar e assim garantir o sustento da família.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1248/requerimento__construcao_de_uma_praca_publica_nos_bairro_santo_amaro_ii.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1248/requerimento__construcao_de_uma_praca_publica_nos_bairro_santo_amaro_ii.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Exª juntamente com a Governadora do Estado de Pernambuco Exª Srª RAQUEL LYRA, viabilizem a construção de uma praça pública com equipamentos de academia de saúde, parque infantil e quiosques no bairro Santo Amaro II, em nosso Município, a presente solicitação se faz necessária considerando que a construção dessa praça pública irá trazer uma melhoria de vida significativa aos inúmeros residentes do referido bairro e bairros vizinhos, que há anos almejam por essa benfeitoria. Nesse contexto, apresento este requerimento solicitando que o Poder Executivo Municipal execute o mais breve possível esse apelo dos moradores do bairro supracitado.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1249/requerimento_pavimentacao_dos_bairros_santo_amaro_1_e_2.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1249/requerimento_pavimentacao_dos_bairros_santo_amaro_1_e_2.pdf</t>
   </si>
   <si>
     <t>requeiro a mesa, ouvido o plenario e cumpridas todas as formalidades regimentais ,  que seja formulada apelo a Exmª, Srª prefeita do municipio , MARIA LUCIELLE SILVA LAURENTINO, para que V.Exª juntamente com a secretaria de Infraestrutura e serviços urbanos , a fim de que se adotem medidas necessarias com vistas a continuação dos trabalhos de pavimentação e calcamento dos bairros santo amaro I e II , em nosso municipio . esse requerimento tem por finalidade atender reivindicações dos moradores daquelas localidades que enfrentam dificuldade pela falta de tal serviço</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>Zé Amaro</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1250/requerimento_reforma_praca_do_cruzeiro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1250/requerimento_reforma_praca_do_cruzeiro.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, para que V.juntamente com a Secretária de Infraestrutura e Serviços Urbanos, inclua no plano de governo, a reforma e melhoramento da Praça Imaculada Conceição, localizada no bairro do Cruzeiro, em nosso Município.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1251/requerimento_instalacao_de_um_acougue.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1251/requerimento_instalacao_de_um_acougue.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, atendendo reivindicações da população, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, através da Secretaria competente, viabilize a instalação de um açougue nos prédios onde funcionavam as Escolas Municipais: Presidente Kennedy e Wilson Santa Cruz, no bairro Asa Branca em nosso Município, tendo em vista que as carnes estão sendo comercializadas em bancos de feira, diante disso faz-se necessário que sejam adotadas medidas para a melhoria na qualidade dos alimentos vendidos bem como, nas condições de trabalhos dos próprios feirantes</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1252/requerimento_compra_de_uma_caminhao_frigorifico.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1252/requerimento_compra_de_uma_caminhao_frigorifico.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimentos de minha autoria, requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Exa., através das Secretarias e Órgãos Competentes, viabilize a aquisição de carro tipo frigorifico para ser usado no transporte das carnes do açougue público de nosso Município.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1253/req_003_-_implantacao_zona_azul_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1253/req_003_-_implantacao_zona_azul_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a implantação da Zona Azul na cidade de Bezerros/PE</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1254/req_002_-_calcamento_queimada_dantas_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1254/req_002_-_calcamento_queimada_dantas_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita o calçamento da Rua Capitão Pedro Pereira, popularmente conhecida por Queimada Dantas</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1255/req_001_-_asfalto_rua_estrela_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1255/req_001_-_asfalto_rua_estrela_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita o asfaltamento para Rua Vigário Trajano, popularmente conhecida por Rua da Estrela</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1256/reuqerimento_emanuel.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1256/reuqerimento_emanuel.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
 formulado apelo a llm^. Sr^. Ellen Karine Diniz Viégas, Presidente do IPA - Instituto Agronômico de_x000D_
 Pernambuco, que seja implantado em nosso Município o Programa do Governo do Estado,_x000D_
 denominado “TERRA PLANTAR” para que todos, aproveitem a janela de plantio, com o período de_x000D_
 chuvas, e reforcem a Safra de 2025 de feijão, milho e sorgo, para que os agricultores possam dar início_x000D_
 ao plantio e contribuir para uma safra promissora e fortalecer a agricultura familiar._x000D_
 Solicito ainda, que seja disponibilizado tratores, para Secretaria de Agricultura de nosso_x000D_
 Município usar na araçâo de terra, tendo em vista que os agricultores aguardam o serviço para dar_x000D_
 início as plantações.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1257/requerimento_ze_rampa.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1257/requerimento_ze_rampa.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
 seja formulado apelo a Exm®. Sr®. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
 LAURENTINO através da qual se apela a chefe do Executivo Municipal, juntamente com o órgão_x000D_
 competente, que sejam tomadas as providencias necessárias para implantação de rampas de_x000D_
 acesso e corrimão para pessoas idosas, com deficiência ou com mobilidades reduzidas, na Praça_x000D_
 Narciso Lima, na escadaria próxima a placa de identificação da referida praça. Sendo assim, no_x000D_
 anseio em atender e promover a acessibilidade das pessoas a tudo que as torna cidadã, é o que_x000D_
 se busca através deste requerimento, a análise de viabilidade pela implantação das rampas e_x000D_
 corrimãos de acesso junto ao local indicado.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1259/requerimento_faixa_elevada.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1259/requerimento_faixa_elevada.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
 seja formulado apelo a Exm^ Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
 LAURENTINO através da qual se apela a chefe do Executivo Municipal, juntamente com o órgão_x000D_
 competente, que sejam tomadas as providencias necessárias para a construção de uma faixa_x000D_
 elevada em frente à Caixa Econômica Federal, localizada na Rua Cel. Bezerra, Centro de nosso_x000D_
 Município. Tendo em vista o grande fluxo de veículos em alta velocidade, gerando grande risco de_x000D_
 acidentes aos pedestres, principalmente em horários comerciais e dias de pagamentos de_x000D_
 aposentados na referida agência bancária.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1260/requerimento_concurso_publicooo_assinado_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1260/requerimento_concurso_publicooo_assinado_1.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades _x000D_
 regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, juntamente com a Secretaria Municipal de Administração e Secretaria Municipal da Fazenda, seja formulado um levantamento de informações fiscais buscando viabilizar a realização de um concurso público em toda esfera pública executiva, com objetivo de contribuir com a saúde fiscal do município.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1262/requerimento_aracao_de_terra_emanuel.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1262/requerimento_aracao_de_terra_emanuel.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa, ouvido o Plenário, e cumpridas todas as formalidades_x000D_
 regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA_x000D_
 LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de_x000D_
 Agricultura, realize araçào de terra nos Distritos de Sapucarana, Boas Novas, Sítio Serra de_x000D_
 Aires e adjacências, bem como no sítio Frutuoso, sítio Esmera, sítio Cabugi, sítio Pé de Serra,_x000D_
 Cajazeiras e adjacências, Areias e sítio Lagoa Nova, todos localizados em nosso Município,_x000D_
 solicito ainda que tal serviço seja feito em caráter de URGÊNCIA, pois, devido à proximidade_x000D_
 do inverno os agricultores aguardam o serviço para dar início as plantações.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1265/vando_calcamento.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1265/vando_calcamento.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro à Mesa, ouvido o Plenário e_x000D_
 cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita_x000D_
 deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com_x000D_
 a Secretaria de Infraestrutura, providencie o saneamento e calçamentos das Ruas 1 a 10_x000D_
 dos Loteamentos João Paulo II, Parque das acácias, Nossa senhora da Luz, Bela Vista, Cidade_x000D_
 Alta e demais ruas do bairro do Retiro, solicito ainda, que, antes que seja feito o calçamento_x000D_
 das referidas ruas, seja colocado piçarro, para fazer um paliativo, tendo em vista que existe_x000D_
 muitos buracos.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1266/onibus_cci.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1266/onibus_cci.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro à Mesa, ouvido o Plenário,_x000D_
 cumpridas todas as formalidades regimentais que seja formulado apelo a Exm^ Sr® Prefeita_x000D_
 do Município, MARIA LUCIELLE SILVA LAURENTINO juntamente ao Exm°. Sr. Deputado_x000D_
 Federal, MENDONÇA FILHO, para que, através de Emenda Parlamentar envie recursos para_x000D_
 aquisição de 2 veículos tipo ônibus, sendo 1 para transportar os idosos do CCI - Centro de_x000D_
 Convivência dos Idoso e 1 para transportar as Crianças e Adolescentes do Serviço de_x000D_
 Convivência e Fortalecimento de Vínculos da Pessoa com Deficiência de nosso Município.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1267/terrenos_bacarmateiros.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1267/terrenos_bacarmateiros.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro à Mesa, ouvido o_x000D_
 Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^._x000D_
 Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, no sentido de que V._x000D_
 Excia. através de Projeto de Lei a ser remetido à apreciação desta Câmara, disponibilize para_x000D_
 doação, um terreno para construção da Sede da Associação dos Bacamarteiros de_x000D_
 Município._x000D_
 nosso</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1274/requerimento_cemaic.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1274/requerimento_cemaic.pdf</t>
   </si>
   <si>
     <t>Com base no Projeto de Lei Nº 01 de 31 de Janeiro de 2025 que Institui o Programa de Educação em tempo Integral no municipio de Bezerros, Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, juntamente com a Secretaria de Obras e Infraestrutura e a Secretaria de Educação, providencie a manutenção do Prédio da Escola, salas de aulas e climatização, quadra esportiva, banheiros e refeitório do CEMAIC, uma vez que é uma das maiores escolas municipais da cidade e que mais recebe alunos em seus departamentos. Ademais, reitero também a necessidade da manutenção do campo da Escola. Com este Requerimento busco a melhoria do espaço fisico da Instituição para que possa contemplar de forma satisfatoria a todos os alunos que passarão a estudar em tempo integral.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1275/requerimento_nathan_jiu_jitsu_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1275/requerimento_nathan_jiu_jitsu_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que _x000D_
 seja formulado apelo à Exma. Sra. Prefeita deste Município, Maria Lucielle Silva Laurentino, para _x000D_
 que, em parceria com a Terceira Companhia da Polícia Militar de Bezerros, a Secretaria _x000D_
 competente e com apoio da Exma. Sra. Governadora do Estado, Raquel Lyra, seja realizada a _x000D_
 reforma do espaço destinado à prática de jiu-jitsu, localizado na Terceira Companhia da Polícia _x000D_
 Militar de Bezerros._x000D_
 O referido espaço necessita de melhorias estruturais, incluindo a construção de um banheiro _x000D_
 e a ampliação do tatame, a fim de proporcionar melhores condições para a capacitação dos guardas _x000D_
 municipais e do Debetrans, além de possibilitar o uso do espaço por crianças em ações sociais_x000D_
 voltadas para inclusão e prevenção da criminalidade._x000D_
 Cabe ressaltar que os policiais militares já demonstraram disposição para contribuir com o _x000D_
 projeto, e eu, como vereador, coloco-me à disposição para dialogar e viabilizar essa iniciativa, que _x000D_
 trará benefícios diretos à segurança pública e à imagem da Polícia Militar junto à sociedade. Com _x000D_
 a realização do concurso público em breve, esse espaço poderá ser essencial na qualificação dos _x000D_
 futuros agentes, garantindo um município mais seguro para todos.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1276/requerimento_nathan_festival_do_bolos_e_doces_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1276/requerimento_nathan_festival_do_bolos_e_doces_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Exma. Sra. Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, em parceria com a Secretaria de Turismo e Cultura, seja criado e realizado anualmente o Festival do Bolo e Doce de Bezerros._x000D_
 O município de Bezerros recebeu oficialmente o título de “Capital dos Bolos e Doces de Pernambuco” por meio da Lei Ordinária Nº 1553/2013. No entanto, até o momento, não há um evento oficial que valorize essa tradição e impulsione o setor gastronômico local, fortalecendo o turismo e a cultura bezerrense._x000D_
 A realização desse festival trará impactos positivos na economia local, incentivando os produtores e comerciantes de bolos e doces, gerando novas oportunidades de negócios e empregos. Além disso, fortalecerá a identidade cultural da cidade, atraindo turistas e promovendo Bezerros não apenas como referência no Carnaval e na arte, mas também como um grande polo gastronômico do estado._x000D_
 Diante do exposto, solicito que a Prefeitura, junto à Secretaria de Turismo e Cultura, estude a viabilidade da realização desse evento e estabeleça um cronograma anual, garantindo que a cidade aproveite ao máximo o reconhecimento oficial que já possui.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1277/requerimento_wi-fi_roberto.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1277/requerimento_wi-fi_roberto.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa. ouvido o Plenário e cumpridas todas as formalidades_x000D_
 regimentais, que seja formulado apeio a Exm®. Sr^. Prefeita deste Município, MARIA_x000D_
 LUCIELLE SILVA LAURENTINO, que V.Ex^ juntamente com os órgãos competentes viabilize_x000D_
 a disponibilização de internet Wi-Fi aberta e gratuita nos prédios e principais espaços públicos do_x000D_
 município, com o objetivo de promover a inclusão digital, possibilitando à população o acesso à_x000D_
 informação, facilitando a utilização dos serviços online para pessoas de todas as classes, além de_x000D_
 proporcionar lazer e entretenimento.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1278/requerimento_calcamento_loteamento_santana.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1278/requerimento_calcamento_loteamento_santana.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido 0 Plenário, atendendo solicitação de moradores e_x000D_
 cumpridas todas as formalidades regimentais, que seja formulado apelo a Ex^. Sr^. Prefeita deste_x000D_
 Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Exa.. viabilize, com a brevidade possível o calçamento das seguintes ruas localizadas no_x000D_
 Bairro Santana, em nosso Município, tendo em vista que as referidas ruas encontram-se com buracos causando grandes transtornos aos motorista_x000D_
 pedestres e moradores daquela localidade, (fotos em anexo)  _x000D_
  Rua José Ramos dos Santos_x000D_
  Rua Luiz Feitosa Rodrigues_x000D_
  Rua Otávio Pessoa_x000D_
  Rua Ezequiel Barbosa da Silva (rua da baia)</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1279/requerimento_leite_para_todos_roberto_dinda.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1279/requerimento_leite_para_todos_roberto_dinda.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades_x000D_
 regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA_x000D_
 LUCIELLE SILVA LAURENTINO, que V.Ex^ juntamente com a Governadora do Estado de_x000D_
 Pernambuco Ex^ Sr^ RAQUEL LYRA, tomem as providências cabíveis para a reimplantação_x000D_
 do “Programa Leite de Todos” através do PAA-Programa de Aquisição de Alimentos, em_x000D_
 nossa cidade e zona rural, uma vez que o programa já teve sua execução em todos os bairros_x000D_
 de nosso Município, onde atendia a população mais carente, proporcionando o mínimo_x000D_
 necessário para as famílias que mais necessitavam de assistência</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1280/requerimento_bezerros_vet_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1280/requerimento_bezerros_vet_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
 formulado apelo a Exm". Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO_x000D_
 através da qual se apela a chefe do Executivo Municipal, juntamente com o órgão competente, que_x000D_
 seja criada de unidade pronto atendimento veterinário, para o BEZERROS VET, durante finais de_x000D_
 semana e feriados. Tendo em vista ser um pedido de toda população que possui animais de estimação_x000D_
 e sofrem quando necessitam buscar tratamento para estes.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1283/requerimento_serra_negra_ofc_ass.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1283/requerimento_serra_negra_ofc_ass.pdf</t>
   </si>
   <si>
     <t>Com base na repercussão recente sobre queimadas no território do Distrito da Serra Negra, requeiro a Mesa ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, juntamente com a Secretaria de Administração e Secretaria de Agricultura e Desenvolvimento Sustentável e demais pastas competentes ao tema, revise o plano diretor do município visando a fiscalização do avanço de obras, queimadas e desmatamento na serra negra, distrito de Bezerros e em toda zona rural do município, com intuito de que sejam feitas adequações ambientais favoráveis aos ecossistemas locais buscando preservar o bioma em consonância com obras vindouras.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1286/requerimento_batalhao_policia_emanuel.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1286/requerimento_batalhao_policia_emanuel.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa, ouvido 0 Plenário, e cumpridas todas as formalidades regimentais, que seja_x000D_
 formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
 V.Ex^, der celeridade ao processo de doação de um terreno ao Estado, para a construção do Batalhão_x000D_
 de Policia Militar em nosso Município, é importante destacar que a nova sede irá otimizar os trabalhos_x000D_
 realizados pelas equipes em toda a região e pensada estrategicamente junto ao posicionamento_x000D_
 preventivo e ostensivo da polícia.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1289/requerimento_ponte_guaribas_emanuel.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1289/requerimento_ponte_guaribas_emanuel.pdf</t>
   </si>
   <si>
     <t>O à mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO que V.Ex , juntamente com a Secretaria de Infraestrutura que viabilize, a interdição da PONTE na área Rural que começa em Pau Santo e dá acesso a Comunidade Quilombola localizada na divisa de Caruaru e Bezerros tendo em vista que a referida ponte encontra-se em péssimas condições de conservação com 0 risco de de veículos virem a cair._x000D_
 Solicito, ainda em caráter de urgência, a realização dos reparos necessários para que a mesma fique em boas condições sem oferecer perigo a população que faz uso dessa via de acesso á várias propriedades e também Escolas.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1290/requerimento_ponto_celpe_emanuel.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1290/requerimento_ponto_celpe_emanuel.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais, que seja_x000D_
 formulado apelo a Exm^ Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
 V.Ex^, interceda junto ao grupo Neoenergia Pernambuco, que seja estudada a possibilidade de_x000D_
 abertura de um ponto de atendimento CELPE aqui em nosso Município, ligado ao sistema geral da_x000D_
 Central de Atendimento Celpe, uma vez que temos uma população de aproximadamente 70.000 mil_x000D_
 habitantes e é polo das cidades circunvizinhas, como: Sairé, Camocim de São Félix, São Joaquim do_x000D_
 Monte, Barra de Guabiraba e Bonito, onde os munícipes tem que se deslocar até as cidades de_x000D_
 Caruaru e Gravatá para resolver problemas e fazer solicitações, causando transtornos aos_x000D_
 mesmos. Pelo que tenho conhecimento, a CELPE possui prédio próprio aqui em Bezerros, que fica_x000D_
 localizado na Avenida Major Aprígio da Fonseca, s/n, não havendo necessidade de locação de imóvel.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1291/requerimento_asfalto_rua_padre_joaquim_alfeedo.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1291/requerimento_asfalto_rua_padre_joaquim_alfeedo.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais_x000D_
 que seja formulado apelo a Exm®. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
 LAURENTINO, que aquela autoridade, juntamente com a Secretaria Competente, providencie_x000D_
 a colocação de ASFALTO na Rua Padre Joaquim Alfredo, (rua que começa no centro_x000D_
 próximo ao barracão de farinha e dá acesso a Rua do Instituto Pequeno Príncipe) localizada_x000D_
 no centro de nosso Município, tendo em vista a grande movimentação de veículos que_x000D_
 trafegam no perímetro por conta da feira e da referida instituição de ensino, tanto quanto toda_x000D_
 população residente nessa localidade</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1292/req_004_-_calcadao_em_frente_ao_mercado_cultural_de_bezerros.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1292/req_004_-_calcadao_em_frente_ao_mercado_cultural_de_bezerros.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a criação de um Calçadão em frente ao Mercado Cultural, no Centro de Bezerros/PE</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1293/req_005_-_semaforos_na_cidade.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1293/req_005_-_semaforos_na_cidade.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de semáforos em cruzamentos de grande movimentação da cidade de Bezerros/PE</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1294/req_006_-_contramao_rua_das_rosas.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1294/req_006_-_contramao_rua_das_rosas.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita o estudo para transformar em contramão a Rua das Rosas, sentido Rua Antônio Bezerra de Vasconcelos (Rua do Bar do Sport) ➝ Avenida Monsenhor Florentino (Posto de Demir), todas no Santo Amaro 1.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1295/requerimento_implantacao_quebra_mola_santo_amaro_2.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1295/requerimento_implantacao_quebra_mola_santo_amaro_2.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
 formulado apelo a Exm^ Sr^ Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
 V.Ex®, juntamente com a Secretaria de infraestrutura, seja realizado um estudo técnico na Rua do_x000D_
 Imperador, em frente a casa n° 337, localizada no bairro Santo Amaro II, para verificar a viabilidade da_x000D_
 implantação de um quebra-molas, para que além de servir como uma medida de redução de_x000D_
 velocidade de veículos, também sirva como barreira para evitar que a água das chuvas, que enchem_x000D_
 0 canal, invada as residências</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1296/requerimento_imovel_para_apoio_as_pessoas_do_tfd.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1296/requerimento_imovel_para_apoio_as_pessoas_do_tfd.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e cumpridas_x000D_
 todas as formalidades regimentais, que seja formulado apelo a Exm®. Sr^. Prefeita deste Município_x000D_
 MARIA LUCIELLE SILVA LAURENTINO, que V.Ex^, juntamente com a Secretaria competente_x000D_
 disponibilize um imóvel para que sirva de casa de apoio para as pessoas que são usuárias do TFD_x000D_
 tendo em vista que muitos pacientes, após as consultas, ficam esperando na rua, sem nenhum conforto_x000D_
 e segurança.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1297/05_-_arte_em_toda_parte.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1297/05_-_arte_em_toda_parte.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva Laurentino, que V. Exª, juntamente com a Secretaria de Turismo e Cultura e a Secretaria de Obras e Infraestrutura, seja realizado o projeto ‘Arte em Toda Parte’ que leva arte em cores para pontos estratégicos da cidade, são locais que ganham vida nas mãos dos artistas de nossa cidade e que os locais contemplados pelo projeto recebam manutenção periodica, como parte externa do terminal rodoviário e a escadaria próximo a Estação da Cultura.  Sugere-se que tal ação seja realizada com a participação dos artesãos locais, valorizando a cultura e o talento de nossa comunidade. Considerando que esses espaços possuem grande visibilidade e fluxo turístico, a iniciativa contribuirá para o embelezamento da cidade, tornando-a ainda mais atrativa e acolhedora.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1298/04_-_calcamento_castelinho_santana.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1298/04_-_calcamento_castelinho_santana.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva Laurentino, que V. Exª, juntamente com a Secretaria de Infraestrutura e a Secretaria de Serviços Urbanos, providencie o calçamento na Rua Juiz Eriberto Gouveia de Barros Lima seguindo na curva na rua seguinte subindo, Bairro Santana, em nosso Município.Ressalto que , em períodos de chuva, a referida rua fica toda emburacada, causando grande dificuldade para os moradores transitarem com seus automóveis e para os pedestres que precisam se deslocar diariamente. Diante disso, reforçamos a necessidade urgente do calçamento para garantir melhores condições de mobilidade e segurança para a população.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1299/quadra_poliesportiva_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1299/quadra_poliesportiva_vando.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades_x000D_
 regimentais que seja formulado apelo ao Exm°. Sr. Deputado Federal, MENDONÇA FILHO,_x000D_
 para que, através de Emenda Parlamentar envie recursos para a construção de UMA_x000D_
 ESCOLA DE REFERÊNCIA, UMA QUADRA POLIESPORTIVA e UM POSTO DE SAÚDE_x000D_
 para o Bairro do Retiro em nosso Município.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1300/cci_e_reforma_do_centro_de_convivencia_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1300/cci_e_reforma_do_centro_de_convivencia_vando.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro a Mesa. ouvido o Plenário,_x000D_
 na forma regimental, que seja enviado apelo a Exm^. Sr^. Prefeita do Município, MARIA_x000D_
 LUCIELLE SILVA LAURENTINO, para que juntamente com a Secretaria de Desenvolvimento_x000D_
 Social, que sejam viabilizados encontros mensais de lazer, com viagens, passeios e_x000D_
 atividades recreativas para os idosos participantes do CCl - Centro de Convivência do_x000D_
 Idoso, especialmente por oportunidade dos festejos de final de ano, com a finalidade de_x000D_
 propiciar momentos agradáveis de integração e sociabilidade._x000D_
       Solicito ainda, que seja incluído no plano de governo a reforma do prédio do_x000D_
 referido Centro de Convivência, inclusive com área de lazer e aquisição de serviço de_x000D_
 som completo, televisão, moveis, equipamentos para cozinha e fardamento.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1301/aracao_de_terra_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1301/aracao_de_terra_vando.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, REQUEIRO à mesa, ouvido 0 Plenário, e cumpridas_x000D_
 todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita deste Município,_x000D_
 MARIA LUCIELLE SILVA LAURENTINO, V.Ex^ juntamente com a Secretaria de Agricultura, viabilize_x000D_
 a aração de Terra no Sítio Olho D'agua, Sítio Moreira, Serra de Aires, Sítio Cocos, Sítio Riacho Verde,_x000D_
 Sítio Lagoa Nova, Sitio Boqueirão e Sítio Gâmela, em nosso Município, bem como o melhoramento_x000D_
 das estradas que dão acesso aos referidos Sítios, solicitamos ainda, que seja feita a doação de_x000D_
 sementes, pois, devido á proximidade do inverno os agricultores aguardam 0 serviço para dar início as_x000D_
 plantações.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1302/requerimento_-_contratacao_de_interprete_de_libras_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1302/requerimento_-_contratacao_de_interprete_de_libras_assinado.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Legislativo Municipal que seja implantado em nossa Casa Legislativa a INTERPRETAÇÃO EM LIBRAS (LINGUAGEM BRASILEIRA DE SINAIS) NAS REUNIÕES ORDINÁRIAS, EXTRAORDINÁRIAS E SOLENES TRANSMITIDAS ATRAVÉS DAS REDES OFICIAIS DA CÂMARA MUNICIPAL. O presente requerimento tem como objetivo garantir a inclusão e acessibilidade das pessoas com deficiência auditiva nas sessões da Câmara Municipal de Bezerros, por meio da contratação de um intérprete de Libras. A Constituição Federal e a Lei Brasileira de Inclusão (Lei nº 13.146/2015) garantem o direito à informação e comunicação plena para todos os cidadãos, sendo dever do Poder Público promover medidas que garantam essa acessibilidade.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1303/requerimento_-_piso_e_atualizacao_do_pcc_dos_professores_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1303/requerimento_-_piso_e_atualizacao_do_pcc_dos_professores_assinado.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal e a Secretaria Municipal de Educação, que seja implantado em nosso município, com a maior brevidade possível, a REAJUSTE ANUAL DO PISO SALARIAL PROFISSIONAL NACIONAL DO MAGISTÉRIO PÚBLICO DA EDUCAÇÃO BÁSICA, definido pela Portaria MEC nº 77/2025, de 29 de janeiro de 2025, em  R$ 4.867,77 (quatro mil, oitocentos e sessenta e sete reais e setenta e sete centavos), sendo um valor percentual de 6,27%, requeremos ainda que seja instaurada uma COMISSÃO PARA DISCUTIR E ELABORAR POSSÍVEIS ALTERAÇÕES PARA REVISÃO DO PCC (PLANO DA CARGOS E CARREIRAS) DOS PROFESSORES DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1304/06_-_pediatra_upa.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1304/06_-_pediatra_upa.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva Laurentino, que V. Exª, juntamente com a Secretaria de Saúde , um médico pediatra para atender na Unidade de pronto atendimento (UPA) de Bezerros. Diante da importancia da saúde infantil e da necessidade de um atendimento especializado, garantindo um serviço de qualidade para a camunidade.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1306/requerimento_090_rogerio_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1306/requerimento_090_rogerio_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento de minha autoria e atendendo reivindicações dos moradores, requeiro à _x000D_
 Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo _x000D_
 a Exm.ª. Sr.ª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.exm.ª _x000D_
 juntamente com a Secretaria de Infraestrutura, providencie a pavimentação da 2ª Travessa José _x000D_
 Ferreira de Azevedo e a conclusão da pavimentação da rua Severino Joaquim de Santana no _x000D_
 bairro de Encruzilhada de São João.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1307/requerimento_091_rogerio_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1307/requerimento_091_rogerio_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento de minha autoria e atendendo reivindicações dos moradores, requeiro à _x000D_
 Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo _x000D_
 a Exm.ª. Sr.ª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.exm.ª _x000D_
 juntamente com a Secretaria de Saúde, providencie a pulverização com carro fumacê para o _x000D_
 controle de endemias no bairro de Encruzilhada de São João.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1310/pavimentacao_ruas_sao_vicente_ade.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1310/pavimentacao_ruas_sao_vicente_ade.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado_x000D_
 apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva Laurentino, que V. Exa, juntamente com a_x000D_
 Secretaria de Infraestrutura e a Secretaria de Obras, providencie a pavimentação da Rua João Anastácio_x000D_
 da Silva (rua 08), Rua José Bernardo da Silva (rua 09), Rua José Bernardo da Silva (rua 10 "Principal"), todas_x000D_
 localizada no Bairro São Vicente, em nosso Município. Que com as últimas chuvas a falta de pavimentação_x000D_
 nessas ruas resultou em transtornos para os moradores, causando danos às residências dificultando a_x000D_
 circulação de veículos e pedestres.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1311/pavimentacao_rua_paulo_alves_ade.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1311/pavimentacao_rua_paulo_alves_ade.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado_x000D_
 apelo à Exma. Sra. Prefeita deste Município, Maria Lucielle Silva Laurentino, que V. Exa, juntamente com a_x000D_
 Secretaria de Infraestrutura e a Secretaria de Obras, providencie a pavimentação da Rua Paulo Alves da_x000D_
 Silva, localizada no Bairro Santana.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1312/requerimento_via_para_praticas_esportivas_nathan_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1312/requerimento_via_para_praticas_esportivas_nathan_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que _x000D_
 seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva Laurentino, para que _x000D_
 V. Exª, juntamente com a Secretaria de Infraestrutura, a futura Secretaria de Esportes e o apoio _x000D_
 da Debetrans, viabilize a interdição de um trecho de uma via pública aos domingos, para a prática _x000D_
 esportiva e de lazer por crianças, adolescentes e adultos.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1313/req_007_-_motolancias.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1313/req_007_-_motolancias.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita motolâncias para reforço do atendimento do SAMU na cidade de_x000D_
 Bezerros/PE</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1314/req_008_-_solicita_operacao_tapa_buracos.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1314/req_008_-_solicita_operacao_tapa_buracos.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita operação tapa-buracos nas vias da cidade de Bezerros/PE</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1316/requerimento_rua_31_de_marco_nathan_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1316/requerimento_rua_31_de_marco_nathan_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que _x000D_
 seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva Laurentino, para que _x000D_
 V. Exª, juntamente com a Secretaria de Infraestrutura e a Secretaria de Obras, providencie o _x000D_
 asfaltamento da Rua Trinta e Um de Março, localizada no bairro São Pedro, em nosso Município</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1317/requerimento_agricultores_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1317/requerimento_agricultores_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exm ª. Sr.ª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.exm.ª juntamente com a Secretaria de agricultura, providencie trator para aração de terras para os agricultores residentes no bairro de Encruzilhada de São João. Solicitamos ainda, que seja feita a doação de sementes, pois, devido à proximidade do inverno os agricultores aguardam o serviço para dar início as plantações.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1318/07-_obstetra_maternidade.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1318/07-_obstetra_maternidade.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva Laurentino, que V. Exª, juntamente com a Secretaria de Saúde , um médico obstetra para atender na Unidade Mista São José (Maternidade) com atendimento 24 horas por dia. A presença de um obstetra 24 horas na maternidade contribuirá significativamente para a humanização do atendimento materno-infantil, proporcionando maior segurança, rapidez e eficiência no acolhimento das gestantes. Além disso, evitará superlotação e sobrecarga em hospitais de outras cidades, garantindo que as gestantes de nosso município sejam atendidas com dignidade e respeito aos seus direitos de acesso à saúde._x000D_
 Diante da relevância desse pleito, solicito a atenção e o empenho da Administração Municipal para que essa demanda seja atendida com urgência, garantindo melhores condições de atendimento às gestantes e fortalecendo a rede pública de saúde do município.Tal solicitação se faz necessária, tendo em vista a importância de um atendimento imediato às gestantes em trabalho de parto normal, evitando que precisem se deslocar para outra cidade, o que pode colocar em risco a saúde da mãe e do bebê.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1319/requerimento_tatai_saneamento_e_calcamento_sitio_varzinha.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1319/requerimento_tatai_saneamento_e_calcamento_sitio_varzinha.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário,_x000D_
 cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste_x000D_
 Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Exª, juntamente com a Secretaria de_x000D_
 infra Estrutura e Serviços Urbanos, providencie o SANEAMENTO E CALÇAMENTO do povoado_x000D_
 do Sítio Varzinha, solicito ainda que seja feita a ENCANAÇÃO DE ÁGUA para a referida localidade,_x000D_
 localizada em nosso Município</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1322/requerimento_pracas_alto_retiro_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1322/requerimento_pracas_alto_retiro_vando.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário, cumpridas_x000D_
 todas as formalidades regimentais que seja formulado apelo a Exm®. Sr®. Prefeita deste Município,_x000D_
 MARIA LUCIELLE SILVA LAURENTINO, para que juntamente com as Secretarias competentes,_x000D_
 estude a possibilidade de serem construídas PRAÇAS com área de lazer para adultos e crianças,_x000D_
 nos loteamentos: Parque das Acácias, Bela Vista, Nossa Senhora da Luz e Cidade Alta, localizados_x000D_
 no bairro do Retiro em nosso Município.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1323/requerimento_calcamento_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1323/requerimento_calcamento_vando.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e cumpridas_x000D_
 todas as formalidades regimentais, que seja formulado apelo a Exmª Srª. Prefeita deste Município._x000D_
 MARIA LUCIELLE SILVA LAURENTINO, que a mesma, juntamente com a Secretaria Serviços_x000D_
 Urbanos, providencie o calçamento nas Ruas: Manoel Caetano da Silva, Ângelo Grise e 2ª, 3ª_x000D_
 4ª 5ª e 6ª Travessa Ubirajara Portela, todas localizadas no bairro do Retiro em nosso Município.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1324/requerimento_asfalto_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1324/requerimento_asfalto_vando.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e cumpridas_x000D_
 todas as formalidades regimentais, que seja formulado apelo a Exm®. Sr®. Prefeita deste Município,_x000D_
 MARIA LUCIELLE SILVA LAURENTINO, que V,Ex^, juntamente com Secretária de Infraestrutura e_x000D_
 Serviços Urbanos, providencie o ASFALTO, para todo o bairro do Retiro, loteamento Bela Vista no_x000D_
 bairro do Retiro da rua um a rua dez. Loteamento Nossa Senhora da Luz bairro do Retiro da rua um a_x000D_
 rua dez. Loteamento Parque das Acácias da rua um a rua dez. Loteamento Cidade Alta da rua um a_x000D_
  rua dez. Ruas: José Taumaturgo Sobrinho, Ângelo Grise, Ubirajara Portela de Macedo, São Lucas,_x000D_
 Martins Abade e Rua Manuel Caetano e Travessas, localizadas em nosso Município.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1325/requerimento_limpeza_do_rio_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1325/requerimento_limpeza_do_rio_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, atendendo reivindicações da população deste Município, ouvido o_x000D_
 Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr^._x000D_
 Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Excia., juntamente com_x000D_
 a Secretaria competente, providencie a LIMPEZA E REVITALIZAÇÃO DAS MARGENS DO RIO_x000D_
 IPOJUCA, no perímetro urbano de nossa cidade, começando na Ponte Dr. Samuel Cunha Filho até_x000D_
 a Ponte de Ferro, localizada na Praça dos Tamarindos.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1326/requerimento_sirinhaem_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1326/requerimento_sirinhaem_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa na forma regimental que, após ouvido o Plenário, o presente Requerimento_x000D_
 seja encaminhado a Exm^. Sr. Prefeita do Município, MARIA LUCiELLE SILVA LAURENTINO,_x000D_
 para que, em caráter de URGÊNCIA, V.Ex^ juntamente com a Governadora do Estado de_x000D_
 Pernambuco, Sr® Raquel Lyra e com a Companhia Pernambucana de Saneamento-Compesa,_x000D_
 solicitando a manutenção e reativação do sistema de abastecimento de água de Sirinhaém, que_x000D_
 disponibiliza água a diversos moradores de nossa cidade. O presente requerimento tem por_x000D_
 finalidade oferecer acesso á água bruta aos moradores de Bezerros e evitar o sucateamento do_x000D_
 sistema, tendo em vista que o mesmo encontra-se desativado a vários anos.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1327/requerimento_quadra_cohab_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1327/requerimento_quadra_cohab_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
 seja formulado apelo a Exm®. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
 LAURENTINO através da qual se apela a chefe do Executivo Municipal, juntamente com a_x000D_
 Secretaria competente, tomem providências no sentido de proceder com a reparação do_x000D_
 alambrado já existente na quadra da principal Praça do bairro Nossa Senhora Aparecida, pois_x000D_
 constantemente, as bolas atingem residências e carros. Solicito ainda, a restauração das_x000D_
 traves, com soldas, bem como, a manutenção dos portões, tendo em vista que os mesmos_x000D_
 estão prestes a cair, colocando em risco a vida dos atletas que frequentam a referida quadra.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1328/requerimento_calcamento_laurindo_felix_nathan_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1328/requerimento_calcamento_laurindo_felix_nathan_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que _x000D_
 seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva Laurentino, para que _x000D_
 V. Exª, juntamente com a Secretaria de Infraestrutura e a Secretaria de Obras, providencie o _x000D_
 complemento do calçamento da Rua Travessa Laurindo Félix Sg, localizada no bairro São Pedro, em _x000D_
 nosso Município.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1329/requerimento_banheiros_serra_negra_roberto.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1329/requerimento_banheiros_serra_negra_roberto.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa, ouvido o Plenário, e cumpridas as demais formalidades regimentais_x000D_
 seja, formulado apelo a Exm^ Sr^ Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO_x000D_
 no sentido que V.Excia. juntamente com a Secretaria de Obras e Serviços Públicos, providencie A_x000D_
 REFORMA DO BANHEIRO PÚBLICO, COM PEDIDO DE URGÊNCIA, LOCALIZADO NO POLO_x000D_
 CULTURAL DA SERRA NEGRA, levando em consideração ser um banheiro público, oferecendo_x000D_
 possíveis riscos para os usuários daquele ambiente. Solicito ainda, que além da reforma do referido_x000D_
 banheiro, seja viabilizado a construção de pelo menos, um banheiro público na ruinha próxima a Igreja_x000D_
 do referido Distrito, tendo em vista que a construção de banheiros públicos será bastante útil tanto para_x000D_
 os munícipes como para os turistas que visitam a referida localidade. O objetivo é proporcionar mais_x000D_
 conforto e evitar que as pessoas precisem recorrer a estabelecimentos comerciais ou que tenham que_x000D_
 se deslocar até o Polo Cultural para fazerem suas necessidades.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1330/requerimento_posto_de_saude_roberto.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1330/requerimento_posto_de_saude_roberto.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
 que seja formulado apelo a Exm^. Sr^. Prefeita deste Município. MARIA LUCIELLE SILVA_x000D_
 LAURENTINO, que V.Ex^ juntamente com a Secretaria de Saúde e Secretaria de Obras_x000D_
 Serviços Públicos, tomem as providencias necessária em relação a reforma e melhoramento_x000D_
 do posto de saúde do bairro da Gameleira em nosso Município.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1331/7_-_requerimento_estudo_para_o_canal_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1331/7_-_requerimento_estudo_para_o_canal_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, juntamente com a Secretaria de Infraestrutura e Obras, em virtude da necessidade popular de saneamento, realize um estudo em caráter de urgência sobre o impacto gerado nos âmbitos sociais, saúde, mobilidade e de infraestrutura visando a construção adequada do canal do bairro São Vicente...</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1332/requerimento_muro_arrime_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1332/requerimento_muro_arrime_ze_amaro.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimentos de minha autoria, Requeiro à Mesa, ouvido o Plenário e_x000D_
 cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm®. Sr^. Prefeita_x000D_
 deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Exa, juntamente com a_x000D_
 Secretaria e/ou órgão competente, viabilize a construção de um MURO DE ARRIMO no cais_x000D_
 perto da linha férrea de nosso Município, tendo em vista que devido as chuvas o referido muro_x000D_
 está deteriorado.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1333/requerimento_recordando_sao_joao_unior.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1333/requerimento_recordando_sao_joao_unior.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais, que seja_x000D_
 formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
 V.Ex^, juntamente com a Secretaria de Turismo, inclua no calendário festivo do Município, a volta da_x000D_
 festa denominada “RECORDANDO O SÃO JOÃO”, que acontecia anualmente no mês de julho, na_x000D_
 Rua Tenente Tibúrcio (Rua da Pedra), localizada no bairro São Pedro, em nosso Município.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1334/08_-_onibus_santo_amaro_ii.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1334/08_-_onibus_santo_amaro_ii.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva Laurentino, que V. Exª, juntamente com a a Secretaria Municipal de Educação, viabilize a disponibilização de um ônibus escolar nos turnos da manhã, tarde e final da tarde, garantindo o transporte seguro dos estudantes do Bairro Santo Amaro II até as escolas próximas, como Monsenhor José Florentino, Irmã Julha, entre outras. Tal solicitação visa atender crianças e adolescentes, com idades entre 6 e 12 anos, e demais estudantes, que atualmente enfrentam dificuldades para chegar às suas unidades de ensino, percorrendo longas distâncias sob o sol intenso e em condições inadequadas. A falta de transporte escolar compromete a segurança e o bem-estar dos alunos, podendo impactar negativamente seu rendimento escolar. Solicita-se, ainda, que sejam avaliadas as possibilidades de adequação dos horários de saída e retorno, bem como a definição estratégica dos pontos de embarque e desembarque, de forma a atender de maneira eficiente as necessidades dos estudantes e de suas famílias. Diante da importância deste pleito para a comunidade escolar e para o direito à educação com dignidade.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1335/pdf_scanner_170225_10.12.15.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1335/pdf_scanner_170225_10.12.15.pdf</t>
   </si>
   <si>
     <t>Retorno do plano de cargos, carreiras e salários</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1336/requerimento_adicional_periculosidade_emanuel.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1336/requerimento_adicional_periculosidade_emanuel.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais, que seja_x000D_
 formulado apelo a Exm®. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
 V.Ex^, viabilize que seja comprovada a inclusão do adiciona! de periculosidade nos pagamentos dos_x000D_
 técnicos e orientadores sociais que atuam nos serviços de média e alta complexidade da Secretaria_x000D_
 de Cidadania do Município de Bezerros, especificamente no CREAS (Centro de Referência_x000D_
 Especializado de Assistência Social) e na Casa de Acolhimento.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1337/asfalto_emanuel.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1337/asfalto_emanuel.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais,_x000D_
 que seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
 LAURENTINO, que V.Ex^ juntamente com a Secretaria Serviços Urbanos, providencie o Calçamento,_x000D_
 drenagem e a conclusão do asfalto da rua Miguel Arcanjo próxima da escola Intermediária Rufina_x000D_
 Borba, localizada no Distrito de Sapucarana, em nosso Município.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1338/8_-_requerimento_pavimentacao_sao_vicente_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1338/8_-_requerimento_pavimentacao_sao_vicente_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, juntamente com a Secretaria de Infraestrutura e Obras, realize a pavimentação das ruas do Bairro São Vicente buscando maximizar a qualidade de vida local da população de forma urgente tendo em vista a proximidade dessas ruas com o Canal de Saneamento do bairro...</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1339/cras_roberto.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1339/cras_roberto.pdf</t>
   </si>
   <si>
     <t>REQUEIRO á mesa, ouvido o Plenário, e cumpridas as demais formalidades regimentais,_x000D_
 seja, formulado apelo a Exm^ Sr^ Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
 sentido que V.Excia. juntamente com a Secretaria competente estude a possibilidade de Efetivação_x000D_
 de um ponto de apoio (extensão) no bairro Santo Antonio, referente aos serviços ofertados no CRAS.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1340/passagem_molhada_diogo.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1340/passagem_molhada_diogo.pdf</t>
   </si>
   <si>
     <t>Reforma da passagem molhada no centro de Bezerros</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1341/apreensao_de_animais_diogo.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1341/apreensao_de_animais_diogo.pdf</t>
   </si>
   <si>
     <t>Retorno da apreensão de animais de grande porte nas vias públicas do município</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1342/7_-_requerimento_estudo_para_o_canal_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1342/7_-_requerimento_estudo_para_o_canal_assinado.pdf</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1343/9_-_requerimento_terraplanagem_sitios_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1343/9_-_requerimento_terraplanagem_sitios_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, juntamente com a Secretaria de Infraestrutura e Obras, realize a terraplanagem nas estradas que ligam os sítios Lagoa do Milho, Sítio dos Remédios, Sitio dos Cocos, Serra do Saguim, Sítio Juá e Sitio Barreiros.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1345/8_-_requerimento_plano_de_pavimentacao_02_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1345/8_-_requerimento_plano_de_pavimentacao_02_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, juntamente com a Secretaria de Infraestrutura e Obras, realize a pavimentação das ruas do Bairro São Vicente buscando maximizar a qualidade de vida local da população de forma urgente tendo em vista a proximidade dessas ruas com o Canal de Saneamento do bairro.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1347/requerimento_-_reativacao_do_parque_infantil_na_praca_sao_sebastiao_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1347/requerimento_-_reativacao_do_parque_infantil_na_praca_sao_sebastiao_assinado.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal e a Secretaria Municipal de Infraestrutura, que realizem REFORMA E IMPLANTAÇÃO DE BRINQUEDOS NA CAIXA DE AREIA ao lado das barracas de pastéis NA PRAÇA SÃO SEBASTIÃO.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1348/requerimento_-_asfalto_no_sao_sebastiao_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1348/requerimento_-_asfalto_no_sao_sebastiao_assinado.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal e a Secretaria Municipal de Infraestrutura, que realize a aplicação de ASFALTO QUENTE, nas ruas: AV. BENEDITA DE ANDRADE, AV. PAULO VIANA DE QUEIROZ, AV. PRESIDENTE KENNEDY, RUA MONICA DE CASTRO LIMA e RUA ERIVANES FRANCISCO DOS SANTOS, todas localizadas no bairro São Sebastião.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1349/10_-_requerimento_construcao_do_campo_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1349/10_-_requerimento_construcao_do_campo_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, juntamente com a Secretaria de Infraestrutura e Obras e Secretaria de Esportes e Lazer buscando o incentivo ao esporte e ao convívio e bem estar social, realize a construção de um campo municipal de futebol no Bairro da Gameleira contemplando o bairro mencionado e adjacentes.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1353/requerimento_calcamento_rua_jordao_joaquim_dos_santos-nathan_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1353/requerimento_calcamento_rua_jordao_joaquim_dos_santos-nathan_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que _x000D_
 seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva Laurentino, para que _x000D_
 V. Exª, juntamente com a Secretaria de Infraestrutura e a Secretaria de Obras, providencie o_x000D_
 calçamento da Rua Jordão Joaquim dos Santos, localizada no bairro São Sebastião, em nosso _x000D_
 Município.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1354/requerimento_fisioterapia_obstetrica_nathan_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1354/requerimento_fisioterapia_obstetrica_nathan_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades _x000D_
 regimentais, que seja formulado apelo à Exmª. Srª. Prefeita deste Município, _x000D_
 Maria Lucielle Silva Laurentino, para que V. Exª, juntamente com a Secretaria de _x000D_
 Saúde, viabilize a oferta de fisioterapia obstétrica para as gestantes de nossa _x000D_
 cidade, considerando a importância desse acompanhamento para a saúde _x000D_
 materno-infantil.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1355/requerimento_investimento_em_videomonitoramento_nathan_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1355/requerimento_investimento_em_videomonitoramento_nathan_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades _x000D_
 regimentais, que seja formulado apelo à Exmª. Srª. Prefeita deste Município, _x000D_
 Maria Lucielle Silva Laurentino, para que V. Exª, juntamente com a futura _x000D_
 Secretária de Segurança Pública, viabilize a ampliação do monitoramento por _x000D_
 câmeras de segurança em pontos estratégicos da cidade, visando fortalecer a _x000D_
 prevenção de assaltos e crimes e garantir mais segurança para a população._x000D_
 O investimento em videomonitoramento é fundamental para auxiliar as forças _x000D_
 de segurança na identificação de suspeitos, agilizar investigações e inibir ações _x000D_
 criminosas. A presença de câmeras em locais de grande circulação, entradas e _x000D_
 saídas da cidade, bairros mais vulneráveis e áreas comerciais contribuirá _x000D_
 diretamente para a redução da criminalidade e maior sensação de segurança _x000D_
 para os cidadãos.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1356/tatai_requerimento_abastcimento_agua_joao_paulo_ii.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1356/tatai_requerimento_abastcimento_agua_joao_paulo_ii.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro à Mesa, ouvido o Plenário e cumpridas_x000D_
 todas as formalidades regimentais, que seja formulado apelo a Exm®. Sr^. Prefeita deste_x000D_
 Município, MARIA LUCIELLE SILVA LAURENTINO, para que V.Ex^ envide esforços_x000D_
 juntamente com a Governadora do Estado Sr^ Raquel Lyra, para dar continuidade às obras_x000D_
 de abastecimento d’água do Loteamento João Paulo II, haja vista que algumas ruas já estão_x000D_
 sendo beneficiadas, contudo, faz-se necessário que as demais etapas sejam executadas para_x000D_
 atender toda a comunidade daquela localidade, dentro do mais legítimo interesse público.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1357/requerimento_calcamento_rua_dr._erotides_xavier_tatai.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1357/requerimento_calcamento_rua_dr._erotides_xavier_tatai.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e_x000D_
 cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr®. Prefeita_x000D_
 deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Ex^, juntamente com a_x000D_
 Secretaria Competente, providencie o complemento do calçamento da Rua Dr. Herotides_x000D_
 Xavier e Travessa Rufina Borba, ambas localizadas no bairro São José em nosso município,_x000D_
 ao lado da fábrica de doce Ki-Doçura.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1358/requerimento_instalacao_de_um_ubs_joao_paulo_ii.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1358/requerimento_instalacao_de_um_ubs_joao_paulo_ii.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e_x000D_
 cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm®. Sr^. Prefeita deste_x000D_
 Município, WIARIA LUCIELLE SILVA LAURENTINO, que V.Ex^, juntamente com a Secretaria de_x000D_
 Saúde, estude a possibilidade de instalação de um DBS- Unidade Básica de Saúde, no Loteamento_x000D_
 João Paulo II. tendo em vista que no referido Loteamento existem aproximadamente 90 famílias e_x000D_
 vivem em área descoberta, tendo que se deslocar para outras unidades de saúde, inclusive para_x000D_
 cidades vizinhas. Solicito ainda, que mesmo antes da instalação da UBS, seja providenciado um_x000D_
 local apropriado para atendimento, uma vez que o médico está atendendo em uma capelinha,_x000D_
 requeiro ainda que o médico passe a atender 1 vez na semana, pois atualmente ele está atendendo_x000D_
 2 vezes no mês.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1359/requerimento_videomonitoramento_nathan_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1359/requerimento_videomonitoramento_nathan_assinado.pdf</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1360/requerimento_fisioterapia_obstetrica_nathan_assinado_2.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1360/requerimento_fisioterapia_obstetrica_nathan_assinado_2.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, _x000D_
 que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva _x000D_
 Laurentino, para que V. Exª, juntamente com a Secretaria de Saúde, viabilize a oferta de _x000D_
 fisioterapia obstétrica para as gestantes de nossa cidade, considerando a importância _x000D_
 desse acompanhamento para a saúde materno-infantil._x000D_
 A fisioterapia obstétrica não se limita apenas à prática de exercícios físicos, mas inclui _x000D_
 orientações e treinamentos específicos sobre as alterações da gestação, o parto, o pós-parto e a amamentação, além de um suporte direcionado para as queixas gestacionais. _x000D_
 Tal serviço contribuirá significativamente para o bem-estar das gestantes e para uma _x000D_
 gestação mais saudável, podendo ser integrado aos programas já existentes, como o _x000D_
 “Viver Bem” e a hidroginástica.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1361/requerimento_rua_jordao_joaquim_dos_santos_nathan_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1361/requerimento_rua_jordao_joaquim_dos_santos_nathan_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, _x000D_
 que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva _x000D_
 Laurentino, para que V. Exª, juntamente com a Secretaria de Infraestrutura e a Secretaria _x000D_
 de Obras, providencie o calçamento da Rua Jordão Joaquim dos Santos, localizada no _x000D_
 bairro São Sebastião, em nosso Município.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1363/09_-_calcamento_rua_da_creche_gameleira.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1363/09_-_calcamento_rua_da_creche_gameleira.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva Laurentino, que V. Exª, juntamente com a Câmara Municipal de Bezerros - PE, para que juntamente com a Secretaria Municipal de Infraestrutura, viabilize a realização do calçamento da Rua Francisco Ribeiro, no Bairro da Gameleira. Tal solicitação se faz necessária devido às dificuldades enfrentadas pelos moradores, especialmente durante o período chuvoso, quando a rua fica alagada e extremamente escorregadia, tornando a locomoção perigosa e de difícil acesso. Essa situação afeta diretamente pais e responsáveis que precisam levar seus filhos à Creche Bezerra Mariquinha Borba, aumentando o risco de acidentes com crianças e demais pedestres. A pavimentação dessa via não apenas garantirá mais segurança e acessibilidade aos moradores, como também contribuirá para a melhoria da qualidade de vida da comunidade, valorizando o bairro e prevenindo problemas estruturais decorrentes da erosão e do acúmulo de lama.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1364/requerimento_-_bolsa_atleta_municipal_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1364/requerimento_-_bolsa_atleta_municipal_assinado.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal e a Secretaria Municipal de Esportes e Bem-Estar, que que seja encaminhado à Casa Legislativa um PROJETO DE LEI QUE INSTITUI O PROGRAMA BOLSA ATLETA MUNICIPAL no município de Bezerros-PE.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1365/req_009_-_melhorias_na_rua_larga.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1365/req_009_-_melhorias_na_rua_larga.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a limpeza e melhorias da Rua João Antônio de Sales, popularmente conhecida por ‘Rua Larga’, no Bairro Nossa Senhora Aparecida, em Bezerros/PE</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1366/req_011_-_reforma_da_praca_centenaria.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1366/req_011_-_reforma_da_praca_centenaria.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita o estudo técnico/financeiro necessário para reforma da Praça Alcides D'Andrade Lima, conhecida por Praça Centenária, incluindo sua tradicional fonte</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1367/req_010_-_desmontagem_de_palcos_e_estruturas_de_eventos.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1367/req_010_-_desmontagem_de_palcos_e_estruturas_de_eventos.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a fiscalização para desmontagem de estruturas de eventos, nas dimensões do município, em até 96h após a festividade</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1368/10_-_calcamento_lot._santana.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1368/10_-_calcamento_lot._santana.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva Laurentino, que V. Exª, juntamente com a Secretaria de Infraestrutura e a Secretaria de Serviços Urbanos, providencie o calçamento da Rua José Ramos dos Santos Junior , Bairro Santana, em nosso Município.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1369/reuqerimento_sao_rafael_junior.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1369/reuqerimento_sao_rafael_junior.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
 seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
 LAURENTINO, que V.Ex^ juntamente com as Secretarias Competentes, providencie o_x000D_
 saneamento, calçamento e iluminação pública em todas as ruas do Loteamento São Rafael, em_x000D_
 nosso Município.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1370/requerimento_creche_sao_rafael_junior.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1370/requerimento_creche_sao_rafael_junior.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário, cumpridas_x000D_
 todas as formalidades regimentais que seja formulado apelo a Exm^. Sr®. Prefeita deste_x000D_
 Município, MARIA LUCIELLE SILVA LAURENTINO, para que juntamente com a Secretaria de_x000D_
 Educação inclua no plano de governo, a construção de uma Creche Municipal no bairro São_x000D_
 Rafael em nosso Município.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1371/requerimento_der-pe_junior.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1371/requerimento_der-pe_junior.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja_x000D_
 formulado apelo a Exm^. Sr®. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
 para que V.Ex®, junto ao Órgão Competente, DER-PE / Departamento de Estradas de Rodagem_x000D_
 de Pernambuco, que seja feita a manutenção das tampas de boca de lobo que estão quebradas_x000D_
 e/ou danificadas nas vias locais do perímetro urbano de nosso município, sentido_x000D_
 Bezerros/Caruaru - Caruaru/Bezerros.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1372/requerimento_frei_damiao_roberto.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1372/requerimento_frei_damiao_roberto.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
 seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
 LAURENTINO, que V.Ex^, juntamente com a Secretaria Serviços Urbanos, providencie o_x000D_
 calçamento das seguintes ruas localizadas no Privê Frei Damião, no bairro Asa Branca em nosso_x000D_
 Município:_x000D_
 Rua São Lucas;_x000D_
 Rua São Gabriel;_x000D_
 Rua São Francisco (rua do bar);_x000D_
 Rua São Miguel (rua do 1° andar e na parte de cima);_x000D_
 Rua São Joaquim (parte de baixo);</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1373/requerimento_asfalto_roberto.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1373/requerimento_asfalto_roberto.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais,_x000D_
 que seja formulado apelo a Exm®. Sr®. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
 LAURENTINO, que V.Ex®, juntamente com a Secretaria Serviços Urbanos, providencie o ASFALTO_x000D_
 nas seguintes ruas do nosso município:_x000D_
 Manoel Laurentino Filho (Gameleira)_x000D_
 Rua Santo Antonio (Santo Antonio)_x000D_
 Rua José Bezerra Sobrinho (Santo Antonio)</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1374/requerimento_reuqalificacao_da_praca_santo_antonio_roberto.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1374/requerimento_reuqalificacao_da_praca_santo_antonio_roberto.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja_x000D_
 formulado apelo a Exm^. Sr^. Prefeita deste Município, WIARIA LUCIELLE SILVA LAURENTINO,_x000D_
 para que juntamente com as Secretarias competentes, inclua no plano de governo a reforma e_x000D_
 melhoramento da Praça Santo Antonio, localizada no bairro Santo Antonio em nosso Município,_x000D_
 com implantação de quiosques e banheiros públicos.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1376/requerimento_neurologia_ze.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1376/requerimento_neurologia_ze.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, atendendo reivindicações da população deste Município que está com_x000D_
 dificuldade de retorno às consultas, ouvido o Plenário e cumpridas todas as formalidades_x000D_
 regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE_x000D_
 SILVA LAURENTINO, que V.Ex^, juntamente com a Secretaria de Saúde, contrate mais médicos_x000D_
 - SUS. a fim de cuidar da saúde especializados em NEUROLOGIA pelo sistema único de Saúde_x000D_
 dos usuários do sistema deste Município, considerando-se que, atualmente, existem profissionais_x000D_
 nessa área de saúde que presta serviços nesta cidade, porém a necessidade de mais médicos_x000D_
 neurologista se deve ao aumento da demanda por serviços de saúde neurológica em_x000D_
 nosso município. Além disso, permitirá que ofereçamos serviços de saúde de qualidade aos nossos_x000D_
 pacientes._x000D_
 Solicito ainda que, antes da contratação seja feito um mutirão de atendimentos nessa_x000D_
 especialidade para acabar com a fila de espera.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1377/requerimento_doadores_de_sangue__ze.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1377/requerimento_doadores_de_sangue__ze.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa na forma regimental que. após ouvido o Plenário, o presente Requerimento_x000D_
 seja encaminhado a Exm^. Sr. Prefeita do Município, MIARIA LUCIELLE SILVA LAURENTINO_x000D_
 para que, V.Ex®, juntamente com a Secretaria de Saúde viabilize a disponibilização de transporte_x000D_
 gratuito para doadores de sangue que desejam contribuir com essa nobre causa. Essa iniciativa_x000D_
 visa incentivar a doação de sangue e facilitar o acesso ao Hemocentro para aqueles que desejam_x000D_
 doar._x000D_
 Solicito ainda, que a Secretaria de Saúde tome a iniciativa de marcar com antecedência as datas_x000D_
 nos hemocentros para doadores de sangue, evitando, assim, filas e congestionamentos nos_x000D_
 hemocentros, além de garantir que os doadores possam planejar com antecedência suas doações.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1378/requerimento_creche_emanuel.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1378/requerimento_creche_emanuel.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria. Requeiro à Mesa, ouvido o Plenário, cumpridas_x000D_
 todas as formalidades regimentais que seja formulado apelo a Exm®. Sr®. Prefeita deste_x000D_
 Município, MIARIA LUCIELLE SILVA LAURENTINO, para que juntamente com a Secretaria de_x000D_
 Educação inclua no plano de governo, a construção de uma Creche Municipal no Distrito de Boas_x000D_
 Novas em nosso Município.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1379/requerimento_adicional_periculosidade_emanuel.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1379/requerimento_adicional_periculosidade_emanuel.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa, ouvido o Plenário, e cumpridas as demais formalidades regimentais,_x000D_
 seja, formulado apelo a Exm^ Si^ Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
 no sentido que V.Excia. juntamente com a Secretaria de Obras e Serviços Públicos, viabilize a_x000D_
 construção de Banheiros Públicos no Distrito de Boas Novas, tendo em vista que os turistas e_x000D_
 moradores daquela localidade não contam com banheiro público, e acabam sendo obrigados a recorrer_x000D_
 aos estabelecimentos comerciais existentes na região.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1382/requerimento_reforma_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1382/requerimento_reforma_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
 formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
 V.Exª. juntamente com as Secretarias competentes, que estude a viabilidade de reforma de onde_x000D_
 funcionava o Posto de Saúde do bairro de Encruzilhada de São João, em nosso Município e que no_x000D_
 referido espaço seja instalado e passe a funcionar Posto de Saúde, os Correios e CRAS, dando assim_x000D_
 mobilidade as moradores do referido bairro.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1383/requerimento_iluminacao_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1383/requerimento_iluminacao_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
 formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
 V.Exª. juntamente com o departamento de iluminação pública do município e a Neoenergia,_x000D_
 providencie, a requalificação das lâmpadas dos postes do parque de Iluminação da BR-232 no bairro_x000D_
 de Encruzilhada de São João em nosso município, tendo em vista que mais de 50% das lâmpadas dos_x000D_
 postes estão apagadas.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1385/calcamentos_sapucarana_emanuel.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1385/calcamentos_sapucarana_emanuel.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
 seja formulado apelo a Exm^ Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
 LAURENTINO, que V.Exa.. juntamente com a Secretaria de Serviços Públicos, tome providencias_x000D_
 para que seja feito o calçamento das seguintes ruas do Distrito de Sapucarana, em nosso Município._x000D_
 ● Rua do Campo;_x000D_
 ● Rua da União I e 11;_x000D_
 ● Rua José Patrocínio Bezerra (ao lado da Trav. São Sebastião):_x000D_
 ● Rua São Cristóvão.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1386/atividades_fisicas_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1386/atividades_fisicas_vando.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e_x000D_
 cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita_x000D_
 MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, deste Município_x000D_
 juntamente com a Secretaria competente, possibilite a construção e instalação de um Campo_x000D_
 de Futebol no bairro do Retiro em nosso Município, uma vez que aquela comunidade é carente_x000D_
 de espaços para a prática de atividades físicas. Destaco, ainda, que a realização de esportes_x000D_
 colabora para o bem-estar e saúde da população, e tem por objetivo ter jogos de campeonato_x000D_
 no próprio Bairro evitando o time do Bairro sair pra jogar em outras cidades. Além de ativar a_x000D_
 escolinha de futebol.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1387/iluminacao_publica_sitios_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1387/iluminacao_publica_sitios_vando.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e_x000D_
 cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^ Sr^. Prefeita_x000D_
 deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Ex^ juntamente com o_x000D_
 departamento de iluminação Pública viabilize com a máxima urgência possível,_colocação das_x000D_
 Luminárias e lâmpadas queimadas do sítio Riacho Verde sito Lagoa Nova, Sítio Moreira, Sítio_x000D_
 Olho D'água 1 e II, Sítio Gamela, Sítio Serra do Aires e todas as Ruas e Loteamentos do bairro_x000D_
 do Retiro.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1388/canal_do_retido_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1388/canal_do_retido_vando.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e_x000D_
 cumpridas todas as formaiidades regimentais, que seja formuiado apelo a Exm^ Sr^. Prefeita_x000D_
 deste Município, MARIA LUCIELLE SILVA LAURENTINO. que aquela autoridade, juntamente com a_x000D_
 Secretaria de Serviços Urbanos, viabilize um estudo para que seja construído um canal para o_x000D_
 escoamento da água no bairro do Retiro em nosso Município, tendo em vista que existe_x000D_
 um fluxo muito grande trazendo detritos que são levados pela enxurrada e são lançados nas_x000D_
 proximidades dos lares dos moradores, sendo assim, venho por meio deste pedido requerer que_x000D_
 seja solucionado de vez este problema.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1390/11_-_requerimento_caminhao_de_lixo_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1390/11_-_requerimento_caminhao_de_lixo_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, juntamente com a Secretaria de Infraestrutura, disponibilize um caminhão coletor de lixo em dias alternados para coleta de lixo do Residencial Pedro Lemos em Encruzilhada de São João, distrito de Bezerros. Segundo denúncias recebidas de populares, a coleta de lixo com maior frequência faz-se necessária nesta localidade dado a quantidade e o acúmulo de lixo que acontece, uma vez que a coleta não tem acontecido de forma regular. Com este requerimento iremos contribuir com a coleta regular local dos munícipes, dado a importância da manutenção da limpeza urbana e rural para saúde pública</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1394/requerimento_estacionamento_para_bicicletas_nathan_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1394/requerimento_estacionamento_para_bicicletas_nathan_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, _x000D_
 que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva _x000D_
 Laurentino, para que V. Exª, juntamente com a Secretaria competente, viabilize a _x000D_
 instalação do Centro de Atendimento ao Turista (CAT) no município de Bezerros._x000D_
 A implementação desse equipamento é fundamental para fortalecer o turismo local, _x000D_
 oferecendo informações, orientações e suporte aos visitantes, além de valorizar o _x000D_
 potencial cultural e econômico da cidade. Bezerros é um destino turístico reconhecido, e _x000D_
 a presença do CAT contribuirá significativamente para o desenvolvimento do setor, _x000D_
 impulsionando o comércio e gerando oportunidades para a população</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1395/requerimento_estacionamento_para_bicicletas_nathan_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1395/requerimento_estacionamento_para_bicicletas_nathan_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, _x000D_
 que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva _x000D_
 Laurentino, para que, por meio da secretaria competente, sejam implantados _x000D_
 estacionamentos exclusivos para bicicletas em pontos estratégicos da cidade, como _x000D_
 praças, mercados públicos, escolas, unidades de saúde e demais locais de grande _x000D_
 circulação.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1397/creche_no_residencial_roberto_dinda.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1397/creche_no_residencial_roberto_dinda.pdf</t>
   </si>
   <si>
     <t>Requeiro á Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
 seja formulado apelo a Exm^ Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
 LAURENTINO, no sentido que V.Ex® juntamente com a Secretaria de Educação, inclua no plano de_x000D_
 governo a Construção de uma Creche para as familias do Residencial Bezerros e Residencial_x000D_
 Jurema, dando suporte às mães de famílias que precisam trabalhar fora de casa para sustentar_x000D_
 seus filhos, proporcionando assim uma melhor qualidade de vida as suas famílias.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1398/req_012_-_numero_atendimento_para_setores.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1398/req_012_-_numero_atendimento_para_setores.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a disponibilização de números de contato para o atendimento ao público através de WhatsApp</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1402/requerimento_-_patrimonio_vivo_de_bezerros_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1402/requerimento_-_patrimonio_vivo_de_bezerros_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a criação do TÍTULO DE MESTRE E PATRIMÔNIO CULTURAL VIVO, NO ÂMBITO DO MUNICÍPIO DE BEZERROS, afim de valorizar ainda mais os nossos mestres e “fazedores” de cultura.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1403/requerimento_-_campeonato_bezerrense_de_futsal_feminino_e_de_outras_modalidades_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1403/requerimento_-_campeonato_bezerrense_de_futsal_feminino_e_de_outras_modalidades_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que seja estudada a possibilidade da realização do Campeonato Bezerrense de Futsal Feminino, bem como a realização de Campeonatos de outras modalidades como: Vôlei, Handebol, Basquete, Fut7, Karatê, Jiu-Jitsu, Futmesa entre outras. É importante destacar também o crescimento de modalidades de e-sports, sendo possível também a realização de campeonatos municipais destes esportes virtuais.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1404/requerimento_-_inclusao_de_um_polo_junino_no_centro_da_cidade_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1404/requerimento_-_inclusao_de_um_polo_junino_no_centro_da_cidade_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a criação de um Pólo Junino na sede de Bezerros, com foco em apresentações de trios pé-de-serra, quadrilhas, repentistas, coco, ciranda, mazurca e outras expressões culturais, não sendo excludente as apresentação de bandas consideradas de maior porte.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1405/req_014_-_faixa_elevada_casnsd_.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1405/req_014_-_faixa_elevada_casnsd_.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a implantação de faixa elevada em frente ao Clube de Assistência Social Nossa Senhora das Dores (CASNSD), popularmente conhecida por Escola da Irmã Júlia, no bairro de mesmo nome.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1406/req_013_-_dia_mensal_da_boa_idade.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1406/req_013_-_dia_mensal_da_boa_idade.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a criação da confraternização anual dos usuários do Centro de Convivência do Idoso (CCI), SCFV e Programa Viver Bem em Bezerros/PE</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1407/requerimento_manilhas_sitios_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1407/requerimento_manilhas_sitios_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, atendendo reivindicações da população deste Município, ouvido o_x000D_
  Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr®._x000D_
  Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, por meio da secretaria de_x000D_
  infraestrutura que seja feito os reparos adequados e melhoramento com colocação de manilhas_x000D_
  na passagem molhada que liga o Sítio Coadjuntor ao Sitio Pitombeira, sentido Sítio dos_x000D_
  Remédios, em nosso Município. A referida passagem de água se encontra muito precária,_x000D_
  causando transtornos aos motoristas, motoqueiros e pedestres.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1408/requerimento_lombadas_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1408/requerimento_lombadas_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, na forma regimental, e atendendo_x000D_
  solicitação de moradores e pedestres, que seja formulado apelo a Exm^. Sr^. Prefeita deste_x000D_
  Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com_x000D_
  a Secretaria de Serviços Urbanos, providencie, em caráter de URGÊNCIA a instalação de_x000D_
  redutores de velocidade (LOMBADAS) nas seguintes ruas de nosso Município:_x000D_
  ● Rua José Francisco de Oliveira- bairro São Sebastião;_x000D_
  ● Rua José Joaquim dos Santos da Cruz (em frente ao abatedor)_x000D_
  bairro do rosário.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1410/12_-_parada_de_onibus.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1410/12_-_parada_de_onibus.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva Laurentino, que V. Exª, juntamente com a Excelentíssima Senhora Governadora do Estado, Raquel Lyra, para a formulação e implementação de um projeto de instalação de pontos de parada estratégicos de ônibus. Propõe-se que esses pontos sejam temáticos e personalizados com o tema "Papangu" e xilogravuras, valorizando a cultura local e proporcionando um espaço adequado e confortável para os cidadãos que dependem do transporte intermunicipal. Atualmente, muitos usuários enfrentam dificuldades, como a exposição ao sol e à chuva, devido à ausência de estruturas adequadas. A instalação desses abrigos, além de garantir mais comodidade e segurança para a população, contribuirá para a organização da cidade, tornando os espaços urbanos mais estruturados e culturalmente representativos.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1411/13_-_absorventes_nas_escolas_municipais.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1411/13_-_absorventes_nas_escolas_municipais.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino, para que, juntamente com a Secretaria Municipal de Saúde, viabilize a distribuição de kits contendo absorventes higiênicos e medicamentos básicos nas escolas municipais.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1412/requerimento_esgotamento_sanitario_guaribas_emanuel.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1412/requerimento_esgotamento_sanitario_guaribas_emanuel.pdf</t>
   </si>
   <si>
     <t>Requeiro á Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais_x000D_
  que seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que V.Ex^, juntamente com a Secretaria Competente, providencie o_x000D_
  esgotamento sanitário na Vila de Gercino, localizada na comunidade Quilombolas em_x000D_
  Guaribas de Baixo, tendo em vista que o mesmo encontra-se a céu aberto causando_x000D_
  transtornos aos moradores daquela localidade.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1413/requerimento_luminarias_tatai.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1413/requerimento_luminarias_tatai.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e_x000D_
  cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm®. Sr^. Prefeita_x000D_
  deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Ex^ juntamente com a_x000D_
  Secretaria Serviços Urbanos, viabilize, com a máxima urgência possível, reparação das_x000D_
  lâmpadas queimadas e a devida iluminação com instalação de luminárias completas nas ruas_x000D_
  do Loteamento João Paulo II, localizado em nosso Município.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1414/carro_fumace_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1414/carro_fumace_vando.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
  que seja formulado apelo a Exm^ Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que aquela autoridade, juníamente com Secretária de Saúde, determine, com_x000D_
  urgência, o uso do CARRO FUMACÊ no bairro do Retiro, especialmente próximo ao canal,_x000D_
  localizado em nosso Município, a fim de ajudar no combate às muriçocas e ao mosquito_x000D_
  AEDES EGIPTIS, que, atualmente, infestam nossa cidade, com prejuízo à saúde de nossos_x000D_
  habitantes.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1415/requerimento_placas_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1415/requerimento_placas_vando.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro á Mesa, ouvido o Plenário e_x000D_
  cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita_x000D_
  deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Ex^ através da Secretária_x000D_
  de infraestrutura e Serviços Urbanos, providencie a reforma com a colocação de placa_x000D_
  indicativa com nome e busto do homenageado, e ampliação da Praça José Alexandrino dos_x000D_
  Santos, localizada na Rua Félix Trajano, no centro, de nosso Município.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1416/requerimento_obmep_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1416/requerimento_obmep_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro á Mesa, atendendo reivindicações da população deste Município, ouvido o_x000D_
  Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^._x000D_
  Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO que V.ex^ envie_x000D_
  para ser votado por esta Casa Legislativa Projeto de Lei que “Institui a criação das_x000D_
  Olimpíadas de Matemática e de Leitura nas escolas públicas do município de Bezerros,_x000D_
  Pernambuco e dá outras providências". Segue em anexo minuta do referido Projeto de Lei:_x000D_
  Art.  criação das Olimpíadas de Matemática e Leitura de Bezerros, seguira o_x000D_
  disposto nesta Lei.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1417/campo_de_futebol_sao_rafael_junior.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1417/campo_de_futebol_sao_rafael_junior.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário, cumpridas_x000D_
  todas as formalidades regimentais que seja formulado apelo a Exm®. Sr®. Prefeita deste_x000D_
  Município, MARIA LUCIELLE SILVA LAURENTINO, para que juntamente com as Secretarias_x000D_
  competentes inclua no plano de governo, a construção de um Campo de Futebol no bairro São_x000D_
  Rafael em nosso Município.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1418/_requerimento_monitores_escolares_assinado_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1418/_requerimento_monitores_escolares_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, juntamente com a Secretaria de Educação e demais pastas competentes ao tema, institua a obrigatoriedade de monitores para acompanhamento de crianças em transporte Público Escolar Municipal em Bezerros/PE. Com este_x000D_
 requerimento busco contribuir com a segurança e proteção de crianças em transporte público Escolar Municipal em toda faixa etária infantil.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1419/13-requerimento_william_kelvin_assinado_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1419/13-requerimento_william_kelvin_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, juntamente com a Secretaria de Educação e Secretaria de Saúde, crie o projeto de saúde mental denominado “William Kelvin”, que institui a política municipal de atenção Psicossocial nas comunidades Escolares no âmbito municipal de Bezerros/PE.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1420/14-requerimento_ecoponto_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1420/14-requerimento_ecoponto_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
 seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle_x000D_
 Silva Laurentino, para que, juntamente com a Secretaria de Infraestrutura, realize a_x000D_
 instalação de um ECOPONTO de deposito de lixo na praça em frente a antiga Escola_x000D_
 Municipal Wilson Santa Cruz, e em pontos estratégicos do bairro em destaque nas áreas_x000D_
 da feirinha que acontece aos finais de semana no bairro do Santo Antônio e adjacências._x000D_
 Também solicito a ampliação da instalação deste ECOPONTO para pontos estratégicos_x000D_
 dos demais bairros da cidade buscando sanar com o descarte irregular, uma vez que vários_x000D_
 locais não possuem pontos de armazenamento estratégico, descarte e deposito de lixos e_x000D_
 dejetos. Da mesma forma, busco também incentivar a coleta de lixo seletiva e limpeza_x000D_
 pública da localidade.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1423/requerimento_digitalizacao_nathan_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1423/requerimento_digitalizacao_nathan_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, _x000D_
 que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva _x000D_
 Laurentino, para que, juntamente com a Secretaria de Administração, adote providências _x000D_
 para a digitalização dos processos administrativos da Prefeitura Municipal de Bezerros.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1424/requerimento_atracoes_musicais_locais_em_espacos_publicos_nos_finais_de_semana_nathan_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1424/requerimento_atracoes_musicais_locais_em_espacos_publicos_nos_finais_de_semana_nathan_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
 que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva_x000D_
 Laurentino, para que, juntamente com a Secretaria de Cultura e Turismo, sejam_x000D_
 providenciadas atrações musicais locais em espaços públicos nos finais de semana, como_x000D_
 praças, o Polo da Serra Negra e o Mercado Público Municipal, que voltará a funcionar em_x000D_
 breve após as reformas.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1425/req_016_-_solicita_coleta_externa_ao_hemope.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1425/req_016_-_solicita_coleta_externa_ao_hemope.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a Fundação Hemope, ação de coleta externa, possibilitando a realização do processo de doação de sangue através do deslocamento de uma equipe multidisciplinar do órgão em Bezerros/PE</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1426/req_015_-_sao_joao_nos_bairros.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1426/req_015_-_sao_joao_nos_bairros.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a realização da tradicional festa junina nos bairros do município, incremento do atual São João do Sítio à cidade.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1427/req_017_-_criacao_de_skate_park.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1427/req_017_-_criacao_de_skate_park.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a destinação/criação de local especializado para prática esportiva e demais culturas urbanas, tipo Skate Park, em Bezerros/PE.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1428/requerimento_viabilize_a_criacao_de_cursinhos_populares_para_o_enem_e_concursos_publicos_nathan_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1428/requerimento_viabilize_a_criacao_de_cursinhos_populares_para_o_enem_e_concursos_publicos_nathan_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, _x000D_
 que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva _x000D_
 Laurentino, para que, juntamente com a Secretaria de Educação, viabilize a criação de _x000D_
 cursinhos populares para o ENEM e concursos públicos, oferecendo oportunidades para _x000D_
 jovens e adultos se prepararem para vestibulares e seleções.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1429/campo_boas_novas_emauel.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1429/campo_boas_novas_emauel.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido 0 Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^ Sr^ Prefeita deste Município. MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
  V.Ex^ juntamente com a Secretária de Esportes, tomem as providências cabíveis para que seja_x000D_
  construído vestuários e arquibancadas no Campo de Futebol do Distrito de Boas Novas em nosso_x000D_
  Município. A disponibilização de vestuário e arquibancadas é fundamental para garantir 0 conforto e _x000D_
  segurança dos atletas e torcedores durante os jogos e treinos no campo de futebol. Além disso a _x000D_
  medida visa promover 0 desenvolvimento do esporte na nossa comunidade e melhorar a qualidade de_x000D_
  vida dos nossos munícipes.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1433/13032025_002.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1433/13032025_002.pdf</t>
   </si>
   <si>
     <t>Instalação de lombadas eletrônicas próximo a ponte do comércio</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1436/requerimento_primeiro_emprego_jovem_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1436/requerimento_primeiro_emprego_jovem_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja formulado o programa “primeiro emprego jovem” o qual viabilize oportunidades de emprego nas diversas áreas da esfera publica executiva. Solicito também que a Prefeitura realize os cursos de capacitação nas áreas de atuação executiva municipal a exemplo de Administração, saúde, segurança, _x000D_
 esportes, e demais pastas do executivo para os adolescentes formados que acabaram de _x000D_
 sair do ensino médio com a faixa etária entre 16 a 21 anos oportunizando o primeiro _x000D_
 emprego desse grupo, viabilizando também uma remuneração cabível para o expediente _x000D_
 de atuação após formação do curso em que participou.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1437/14_-_lixeiros_tematicos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1437/14_-_lixeiros_tematicos.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva Laurentino, que V. Exª, juntamente com a Secretaria de Turismo e Cultura viabilize a instalação de coletores de lixo temáticos, com arte que traga a cultura da nossa cidade, conforme idealizado e demonstrado pelo nosso artista Roberval Lima, garantindo uma cidade mais harmônica e colorida. A iniciativa visa não apenas melhorar a estética urbana, mas também promover a valorização da cultura local, integrando arte e conscientização ambiental. A instalação de coletores com elementos artísticos contribuirá para embelezar a cidade, ao mesmo tempo que incentivará a população a cuidar do ambiente urbano de forma responsável.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1438/15_-_confeccao_de_faccao.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1438/15_-_confeccao_de_faccao.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva Laurentino, solicitamos a ampliação do número de vagas no curso de costura, com foco na costura para facção._x000D_
 Justificativa: A presente solicitação se justifica pela escassez de mão de obra qualificada no setor de confecção, o que tem impactado diretamente as fábricas da cidade. Empresas como a Java Baby, que participa de rodadas de negócios levando o nome de Bezerros a diversos mercados, têm enfrentado dificuldades na contratação de profissionais capacitados. Além disso, destaca-se a marca Sonho de Nenê, da cidade de Caruaru, cuja produção é realizada, em grande parte, por empresas de Bezerros, como Maysa Baby, Elis Baby, ML Confecção e E.M Confecção. Atualmente, 60% da produção da Sonho de Nenê ocorre em Bezerros, o que reforça a importância do setor de confecção para a economia local. Diante desse cenário, a ampliação do curso de costura para facção contribuirá significativamente para a geração de empregos, o fortalecimento das indústrias do ramo e o desenvolvimento do polo de confecção em nosso município. Investir na capacitação de mão de obra é essencial para garantir a competitividade das empresas locais e impulsionar a economia da cidade.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1439/esgotamento_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1439/esgotamento_ze_amaro.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais_x000D_
  que seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que V.Ex^, juntamente com a Secretaria Competente, providencie o_x000D_
  esgotamento sanitário na Rua Padre Ciríaco, bairro do Cruzeiro, em nosso Município, tendo_x000D_
  em vista que o mesmo encontra-se a céu aberto causando transtornos aos moradores_x000D_
  daquela localidade.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1440/tele_da_quadra_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1440/tele_da_quadra_ze_amaro.pdf</t>
   </si>
   <si>
     <t>Requeiro  à Mesa. ouvido o Plenário, atendendo solicitação dos desportistas e_x000D_
  formalidades regimentais que seja formulado apelo a Exma  Sr^. Prefeita deste Município,_x000D_
  MARIA LUCIELLE SILVA LAURENTINO, que V.Ex^, juntamente com as Secretarias  Competentes providencie a aquisição e instalação de uma_x000D_
  rede para cobrir a quadra de areia localizada no RESIDENCIAL CAMPESTRE, a rede para cobrir a quadra é essencial para garantir a segurança e _x000D_
  conforto dos usuários, protegendo-os de_x000D_
  intempéries e melhorando a experiência esportiva. Além disso, a rede ajudará a reduzir_x000D_
  mal-estar causado entre os moradores e atletas que frequentam aquela localidade.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1441/reforma_acougue_ze_antonio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1441/reforma_acougue_ze_antonio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, atendendo solicitação dos marchantes e fateiras_x000D_
  e cumpridas todas as formalidades regimentais que seja formulado apelo a Exm^ Sr^._x000D_
  Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Ex^ juntamente com as_x000D_
  Secretarias Competentes providencie a reforma e melhoramento do Açougue Público_x000D_
  Municipal, com reforma do telhado e instalação de Câmeras de monitoramento entres outras_x000D_
  demandas. O objetivo deste requerimento é solicitar a reforma do açougue público, visando_x000D_
  melhorar as condições de uso e higiene para a população, além de garantir a segurança dos USUARIOS.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1442/17032025_004.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1442/17032025_004.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e cumpridas_x000D_
  todas as formalidades regimentais, que seja formulado apelo a Exm^ Sr^. Prefeita deste_x000D_
  Município, MARIA LUCIELLE SILVA LAURENTINO, V.Ex^ juntamente com as Secretarias_x000D_
  competentes, disponibilize UM MÉDICO GERIATRA, para atender, no minimo, duas vezes por_x000D_
  mês. aos idosos participantes do referido centro.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1444/16-requerimento_compesa_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1444/16-requerimento_compesa_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, de forma regimental e atendendo as reivindicações da população que, seja formulado em caráter de URGÊNCIA a Companhia Pernambucana de Saneamento (COMPESA) na pessoa do S.r. Gerente Regional GLAUBER ROCHA, a disponibilização de forma pública o Calendário oficial de abastecimento d'água nos bairros do município contendo informações primordiais como dias de abastecimento, estratégia de distribuição de água, inicio e finalização do abastecimento por localidade, etc. Ainda em tempo, solicito também informações oficiais da Gerencia Regional da COMPESA sobre  a obrigatoriedade de abastecimento paralelo (via caminhão pipa) para as famílias bezerrenses em situação de desabastecimento e em casos de descumprimento do calendário de abastecimento.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1445/17-requerimento_endometriose_assinado_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1445/17-requerimento_endometriose_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a instituição um programa de divulgação e acolhimento sobre a necessidade de cuidados e diagnósticos sobre a ENDOMETRIOSE visando a ampliação ao acesso de diagnóstico e tratamento, garantia ao diagnóstico precoce e gratuito, garantia ao tratamento e acompanhamento médico, acesso gratuito a cirurgias quando indicadas. Com este requerimento, busco melhorar a qualidade de vida das mulheres com atenção e diagnostico de ENDOMETRIOSE desde a adolescência no sentido de que sem o acesso e conhecimento devido, muitas mulheres levam uma vida inteira sofrendo com dores sem o tratamento adequado.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1447/requerimento_teatro_paixao_de_cristo_nathan_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1447/requerimento_teatro_paixao_de_cristo_nathan_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento: Solicitação de Projeto Cultural de Teatro da Paixão de Cristo no Polo _x000D_
 da Serra Negra e Praça da Matriz _x000D_
 Excelentíssima Senhora Prefeita Maria Lucielle Silva Laurentino, _x000D_
 Eu, Nathan de Demir, vereador da cidade de Bezerros, venho, por meio deste _x000D_
 requerimento, solicitar que a Prefeitura de Bezerros, em parceria com a Secretaria de _x000D_
 Turismo, viabilize a criação de um Projeto Cultural de Teatro da Paixão de Cristo, a ser _x000D_
 realizado no Polo da Serra Negra e na Praça da Matriz. Este projeto, além de fortalecer _x000D_
 as tradições culturais da nossa cidade, trará importantes benefícios, entre os quais _x000D_
 destaco:</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1448/requerimento_revitalizacao_da_ponte_de_ferro_e_transformacao_em_cartao_postal_de_bezerros_nathan_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1448/requerimento_revitalizacao_da_ponte_de_ferro_e_transformacao_em_cartao_postal_de_bezerros_nathan_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento: Solicitação de Revitalização da Ponte de Ferro e Transformação em _x000D_
 Cartão Postal de Bezerros _x000D_
 Excelentíssima Senhora Prefeita Maria Lucielle Silva Laurentino, _x000D_
 Eu, Nathan de Demir, vereador da cidade de Bezerros, venho, por meio deste _x000D_
 requerimento, solicitar que a Prefeitura de Bezerros, em parceria com as secretarias _x000D_
 competentes, viabilize a revitalização da Ponte de Ferro, com o objetivo de transformá_x000D_
 la em um cartão postal da nossa cidade. _x000D_
 A Ponte de Ferro é um símbolo histórico e cultural de Bezerros e, com a revitalização, _x000D_
 se tornará um atrativo turístico, além de representar um marco de valorização do nosso _x000D_
 patrimônio.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1449/requerimento_aulas_de_musica_e_instrumentos_musicais_para_a_comunidade_de_bezerros_nathan_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1449/requerimento_aulas_de_musica_e_instrumentos_musicais_para_a_comunidade_de_bezerros_nathan_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento: Solicitação de Aulas de Música e Instrumentos Musicais para a _x000D_
 Comunidade de Bezerros _x000D_
 Excelentíssima Senhora Prefeita Maria Lucielle Silva Laurentino, _x000D_
 Eu, Nathan de Demir, vereador da cidade de Bezerros, venho, por meio deste _x000D_
 requerimento, solicitar que a Prefeitura de Bezerros, em parceria com a Secretaria de _x000D_
 Cultura e outras instituições responsáveis, viabilize a oferta de aulas de música e _x000D_
 instrumentos musicais para a população de nossa cidade. _x000D_
 Acreditamos que a música desempenha um papel fundamental no desenvolvimento _x000D_
 cultural e educacional de nossos jovens e da comunidade em geral, além de ser uma _x000D_
 excelente ferramenta de inclusão social. As aulas de música e a oferta de instrumentos _x000D_
 musicais poderão proporcionar a nossos cidadãos novas oportunidades de aprendizado _x000D_
 e expressão artística.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1450/req_018_-_bocas_de_lobo_no_centro.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1450/req_018_-_bocas_de_lobo_no_centro.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a implementação de bocas de lobo no centro da cidade de Bezerros, focando na melhoria do trânsito, segurança dos pedestres, qualidade das vias e principalmente o melhor escoamento das águas pluviais</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1451/req_019_-_forca_tarefa_iluminacao_residencial_bezerros.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1451/req_019_-_forca_tarefa_iluminacao_residencial_bezerros.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita força-tarefa do departamento de iluminação pública no Residencial Bezerros, especialmente nas dimensões de lazer da comunidade</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1452/req_020_-_apoio_juridico_para_organizacoes_sociais.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1452/req_020_-_apoio_juridico_para_organizacoes_sociais.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita o apoio jurídico municipal para regularização de instituições, organizações e grupos de trabalhos sociais de Bezerros/PE</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1454/req_020_-_campanha_de_midia_para_ir_2025.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1454/req_020_-_campanha_de_midia_para_ir_2025.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita ação de mídia municipal para conscientização e orientação da população para que as declarações de Imposto de Renda 2025 do município sejam direcionadas aos Fundos de Direitos da Pessoa Idosa e Fundo de Direitos da Criança e do Adolescente, gerando receita local sem qualquer ônus para o cidadão.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1457/requerimento_-_intervencao_e_mudanca_no_transito_na_rua_santa_cruz_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1457/requerimento_-_intervencao_e_mudanca_no_transito_na_rua_santa_cruz_assinado.pdf</t>
   </si>
   <si>
     <t>INTERVENÇÃO E MUDANÇA NO TRÂNSITO DE VEÍCULOS NA RUA SANTA CRUZ, bairro do Cruzeiro, TORNANDO EM SENTIDO ÚNICO (sentido cruzeiro / centro) o trecho que vai do cruzamento com a Rua Inácio Belarmino Dutra / Praça Imaculada Conceição e o sinal de trânsito da Avenida Agamenon Magalhães.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1458/16_-_pintura_e_reparo_igreja_serra.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1458/16_-_pintura_e_reparo_igreja_serra.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino, solicitando a pintura e o reparo no telhado da Igreja São Francisco Xavier, localizada na Serra Negra. Justifico este pedido tendo em vista a importância histórica e religiosa da referida igreja para a comunidade, bem como a necessidade de conservação do patrimônio público e religioso. A estrutura do telhado apresenta sinais de desgaste, e a pintura encontra-se deteriorada, o que compromete a estética e a segurança do templo. Dessa forma, a realização dos devidos reparos e da pintura contribuirá para a valorização e manutenção deste espaço de fé e cultura.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1459/17_-_centro_oftalmologia.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1459/17_-_centro_oftalmologia.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino, solicitando a implantação de um centro de oftalmologia para consultas e exames destinados à população de baixa renda na cidade de Bezerros. A presente solicitação visa garantir acesso à saúde ocular para os munícipes que não possuem condições financeiras para arcar com consultas e exames particulares, contribuindo assim para a melhoria da qualidade de vida e prevenção de problemas oftalmológicos.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1460/18-requerimento_praca_sensorial_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1460/18-requerimento_praca_sensorial_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a construção de uma praça Sensorial no município de Bezerros. O propósito da praça pública sensorial é recepcionar a sociedade em geral – crianças, adolescentes, jovens, adultos e idosos e com atenção especial voltada ao público portador de deficiência intelectual, deficiência múltipla, transtorno do espectro autista, deficiência física, deficiência visual e deficiência auditiva, portanto, com necessidades especiais. O local será um complexo de psicomotricidade, para trabalhar o movimento no autismo, com espaço de gastronomia integrativa – com tipos de alimentação, por exemplo, comidas sem glúten e sem lactose. Ademais, a praça poderá contar com equipe multidisciplinar como neurologista, psicóloga, terapeuta ocupacional e assistente social para atendimentos, como também reforço escolar e polo de altas habilidades. A praça também poderá funcionar com o atendimento especializado no contraturno escolar, para as crianças serem atendidas após as aulas e se sentirem mais incluídas.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1461/requerimento_monitoramento_av_lucas_cardoso_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1461/requerimento_monitoramento_av_lucas_cardoso_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Excelentíssima Sr®. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que Vossa Excelência, juntamente com a Secretaria competente providencie instalação de câmeras de monitoramento no perímetro urbano do nosso município, começando do viaduto que dá acesso ao bairro Nossa Senhora Aparecida (Av Lucas Soares Cardoso) até a EREM Referência em Ensino Médio de Bezerros, em nosso Município, tendo em vista que os motoristas e motoqueiros passam em alta velocidade colocando em risco a vida alunos da escola EREM e seus respectivos funcionários bem como a vida dos funcionários das empresas que são instaladas no parque industrial. Essa medida é importante para auxiliar a polícia nos sinistros de trânsito e garantir a segurança conforto dos pedestres e motoristas que utilizam as vias públicas e população em geral que fazem caminhada na via. Além disso, as câmeras de monitoramento podem ajudar a identificar os responsáveis por acidentes de trânsito e a coibir a ação de motoristas imprudentes.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1462/redutor_de_velocidade_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1462/redutor_de_velocidade_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais a que seja formulado apelo ao DER- DEPARTAMENTO DE ESTRADAS E RODAGENS, a  instalação de redutores de velocidade no perímetro urbano do nosso município, começando do viaduto que dá acesso ao bairro Nossa Senhora Aparecida (Av. Lucas Soares Cardoso) EREM- Escola de Referência em Ensino Médio de Bezerros, em nosso Município, tendo em vista que os motoristas e motoqueiros passam em alta velocidade colocando em risco a vida os alunos da escola EREM e seus respectivos funcionários, bem como a vida dos funcionários das empresas que são instaladas no parque industrial e população em geral com fazem caminhada na via local._x000D_
  Essa medida é fundamental para garantir a segurança e o conforto dos pedestres e motoristas que utilizam as vias públicas de nossa cidade.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1463/pinturas_e_colocaca_de_placas_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1463/pinturas_e_colocaca_de_placas_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro á Mesa, ouvido o Plenário, atendendo solicitação dos moradores e cumpridas todas as formalidades regimentais que seja formulado apelo a Exm®. MARIA LUCIELLE SILVA LAURENTINO, que V.Ex^ Sr^. Prefeita deste Município juntamente com as Secretarias Competentes providencie a realização de pintura e instalação de placas indicativas de lombadas, bem como a manutenção das pinturas de faixas de sinais de trânsito. Essa medida é fundamental , principalmente aquelas localizadas nos sinais de transito. para garantir a segurança e o conforto dos pedestres e motoristas que utilizam as vias públicas de nossa cidade. Além disso, a manutenção das pinturas de faixas de pedestres é essencial para evitar acidentes e garantir a acessibilidade para todos os CIDADÃOS.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1464/calcamento_ladeiras_lagoa_nova_roberto_dinda.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1464/calcamento_ladeiras_lagoa_nova_roberto_dinda.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Excelentíssima Sr^. Prefeita deste Município. MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que Vossa Excelência, juntamente com a Secretaria competente, providencie o_x000D_
  calçamento das duas principais ladeiras localizadas no Sítio Lagoa Nova em nosso Município,_x000D_
  visando melhorar a infraestrutura da região e garantir a segurança e conforto dos moradores e_x000D_
  população em geral. As ladeiras do Sítio Lagoa Nova são de grande importância para a_x000D_
  comunidade, pois são utilizadas diariamente por moradores e visitantes. No entanto, quando_x000D_
  chove, as ladeiras ficam intransitáveis, causando problemas de acesso e segurança para todos.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1465/recuperacao_de_estradas_roberto_dinda.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1465/recuperacao_de_estradas_roberto_dinda.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado o apelo a Excelentíssima Sra Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que Vossa Excelência, juntamente com a Secretaria de agricultura, providencie com a máxima urgência, a recuperação e nivelamento com a máquina PATROL, das estradas do Distrito de Serra Negra, que dão acesso ao Sítio Serra Nova, Serra Velha, Palmeirinha, Sítio da Pedra Pintada, Còcos, Sitio Palhas e estrada de Maria rezadeira, em virtude do péssimo estado de conservação em que as mesmas se encontram.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1466/matadouro_suinos_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1466/matadouro_suinos_ze_amaro.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimentos de minha autoria, requeiro à Mesa. Atendendo reivindicações da população deste Município, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm=. Sr". Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Excia., juntamente com a Secretaria competente, providencie a reforma do matadouro de suínos, localizado no matadouro público de nosso Município.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1467/24032025.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1467/24032025.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr^. Prefeita deste Município, WIARIA LUCIELLE SILVA_x000D_
  LAURENTINO, V.Ex^, juntamente com as Secretarias competentes, viabilize melhorias na feira_x000D_
  e com os feirantes, sem alterar o local onde os feirantes já comercializam há muito tempo.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1468/24032025_001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1468/24032025_001.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, atendendo solicitação de moradores e cumpridas todas as _x000D_
 formalidades regimentais, que seja formulado apelo a Exª. Srª. Prefeita deste Município, MARIA _x000D_
 LUCIELLE SILVA LAURENTINO, que viabilize rondas através da guarda municipal, rondas nos prédios públicos localizados em nossa zona rural.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1469/ubs_zona_rural_ade.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1469/ubs_zona_rural_ade.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm®. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que V.Ex“, juntamente com a Secretaria de Saúde, estude a possibilidade de_x000D_
  instalação de um UBS- Unidade Básica de Saúde, para atender os moradores do Sítio Olho D'agua_x000D_
  e II, tendo em vista que nas referidas localidades existe uma grande quantidade de famílias que_x000D_
  quando necessitam de atendimento precisam se deslocar para o UBS do bairro do Retiro ou para_x000D_
  cidades vizinhas. Solicito ainda, que, mesmo antes da instalação da UBS, seja providenciado um_x000D_
  local provisório apropriado para atendimento, incluindo a contratação de profissionais de saúde e a_x000D_
  aquisição de equipamentos e materiais necessários.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1471/requerimento_085_diogo_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1471/requerimento_085_diogo_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, atendendo solicitação de moradores e cumpridas todas as _x000D_
 formalidades regimentais, que seja formulado apelo a Exª. Srª. Prefeita deste Município, MARIA _x000D_
 LUCIELLE SILVA LAURENTINO, que V.Exa., juntamente com o setor de controle urbano, viabilize _x000D_
 a coleta de lixo em todas as ruas do Loteamento Chico Lemos, tendo em vista que o carro _x000D_
 do lixo está deixando os resíduos nas vias paralelas, solicito ainda que, fiscalizem os _x000D_
 materiais de construção e entulhos no referido Loteamento, uma vez que, alguns destes _x000D_
 vem obstruindo as vias e causando transtornos</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1472/requerimento_084_diogo_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1472/requerimento_084_diogo_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, atendendo solicitação de moradores e cumpridas todas as _x000D_
 formalidades regimentais, que seja formulado apelo a Exª. Srª. Prefeita deste Município, MARIA _x000D_
 LUCIELLE SILVA LAURENTINO, que V.Exa., juntamente com a GSP- GSP – Gerencia de _x000D_
 Segurança Pública, viabilize a permanecia de uma guarnição da guarda municipal de maneira _x000D_
 permanente na praça tamarindos. Principalmente no período noturno, que é o momento em que os _x000D_
 comerciantes ficam desacobertados.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1477/carro_odontologico_dinda.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1477/carro_odontologico_dinda.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Excelentíssima Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que Vossa Excelência, juntamente com a Secretaria de Saúde e em parceria com_x000D_
  0 Governo Estadual e Governo Federal faça a aquisição de um carro odontológico, para atender_x000D_
  ás necessidades de saúde bucal dos moradores dos bairros e distritos do nosso município. Essa_x000D_
  medida é fundamental para garantir o acesso à saúde-bucal de qualidade para a população,_x000D_
  especialmente em áreas mais carentes.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>Reporter Rinaldo Luiz, Eduardo Lima</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1478/req_022_-_instalacao_de_energia_solar_nos_predios_publicos.docx_assinado_assinado_-_parceria_com_eduardo.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1478/req_022_-_instalacao_de_energia_solar_nos_predios_publicos.docx_assinado_assinado_-_parceria_com_eduardo.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de Energia Solar nos prédios e instituições municipais, a fim de reduzir em até 90% o valor gasto pela gestão em energia elétrica</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1479/req_021_-_apoio_juridico_para_organizacoes_sociais.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1479/req_021_-_apoio_juridico_para_organizacoes_sociais.docx_assinado.pdf</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1480/req_023_-_melhorias_no_janelas_para_o_rio.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1480/req_023_-_melhorias_no_janelas_para_o_rio.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita melhorias estruturais no Parque Ambiental Janelas para o Rio, em Bezerros/PE</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1481/requerimento_estradas_boqueirao_tatai.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1481/requerimento_estradas_boqueirao_tatai.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
  que seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que Vossa Excelência, juntamente com a Sr^ Raquel Lyra, Governadora do_x000D_
  Estado de Pernambuco, viabilize a realização de melhorias na estrada do Sítio Boqueirão,_x000D_
  que dá acesso ao Distrito de Serra Negra.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1482/requerimento_instalacao_de_postes_de_iluminacao_na_rua_jose_eufrasio_da_silva_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1482/requerimento_instalacao_de_postes_de_iluminacao_na_rua_jose_eufrasio_da_silva_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO: SOLICITAÇÃO DE INSTALAÇÃO DE POSTES DE ILUMINAÇÃO NA RUA _x000D_
 JOSÉ EUFRÁSIO DA SILVA, LOCALIZADA NO BAIRRO SÃO VICENTE _x000D_
 _x000D_
 Excelentíssima Senhora Prefeita Maria Lucielle Silva Laurentino, _x000D_
 Eu, Nathan de Demir, vereador da cidade de Bezerros, venho, por meio deste _x000D_
 requerimento, solicitar que a Prefeitura de Bezerros, em parceria com a Secretaria de _x000D_
 Infraestrutura, viabilize a instalação de postes de iluminação pública na Rua José Eufrásio _x000D_
 da Silva, localizada no bairro São Vicente.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1483/requerimento_solicitacao_de_implantacao_de_um_castramovel_em_bezerros_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1483/requerimento_solicitacao_de_implantacao_de_um_castramovel_em_bezerros_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO: SOLICITAÇÃO DE IMPLANTAÇÃO DE UM CASTRAMÓVEL EM _x000D_
 BEZERROS _x000D_
 _x000D_
 Excelentíssima Senhora Prefeita Maria Lucielle Silva Laurentino, _x000D_
 Eu, Nathan de Demir, vereador da cidade de Bezerros, venho, por meio deste _x000D_
 requerimento, solicitar que a Prefeitura de Bezerros, em parceria com a Secretaria de _x000D_
 Saúde e órgãos responsáveis, viabilize a implantação de um Castramóvel para atender a _x000D_
 demanda de controle populacional de animais no município.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1484/requerimento_-_centro_de_formacao_esportiva_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1484/requerimento_-_centro_de_formacao_esportiva_assinado.pdf</t>
   </si>
   <si>
     <t>Instalação de um CENTRO DE FORMAÇÃO ESPORTIVA no município de Bezerros.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1485/requerimento_-_programa_municipal_de_descarte_de_medicamentos_vencidos_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1485/requerimento_-_programa_municipal_de_descarte_de_medicamentos_vencidos_assinado.pdf</t>
   </si>
   <si>
     <t>PROGRAMA MUNICIPAL DE DESCARTE DE MEDICAMENTOS VENCIDOS E/OU INSERVÍVEIS.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1486/requerimento_instalacao_de_postes_de_iluminacao_na_rua_severino_valdevino2c_localizada_no_bairro_sao_jose_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1486/requerimento_instalacao_de_postes_de_iluminacao_na_rua_severino_valdevino2c_localizada_no_bairro_sao_jose_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO: SOLICITAÇÃO DE INSTALAÇÃO DE POSTES DE ILUMINAÇÃO NA RUA _x000D_
 SEVERINO VALDEVINO, LOCALIZADA NO BAIRRO SÃO JOSÉ _x000D_
 _x000D_
 Excelentíssima Senhora Prefeita Maria Lucielle Silva Laurentino, _x000D_
 Eu, Nathan de Demir, vereador da cidade de Bezerros, venho, por meio deste _x000D_
 requerimento, solicitar que a Prefeitura de Bezerros, em parceria com a Secretaria de _x000D_
 Infraestrutura, viabilize a instalação de postes de iluminação pública na Rua Severino _x000D_
 Valdevino, localizada no bairro São José.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1487/19-requerimento_conta_de_agua_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1487/19-requerimento_conta_de_agua_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, de forma regimental e atendendo as reinvindicações da população que, seja formulado a Companhia Pernambucana de Saneamento (COMPESA) na pessoa do S.r. GLAUBER ROCHA, Gerente local, a oficialização de forma pública a isenção da tarifa de água devido a falta nas torneiras há mais de 60 (sessenta) dias nos bairros Gameleira, Asa Branca e São Vicente e demais comunidades nesta situação.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1488/21-requerimento_parto_na_banheira_assinado_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1488/21-requerimento_parto_na_banheira_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a implantação do procedimento humanizado de Parto na banheira na Maternidade Doutor Rinaldo Pacheco Vaz. Este procedimento já é oferecido pelo SUS e tem como principais benefícios: Alívio da dor, mobilidade e controle, redução do trauma do nascimento, maior oxigenação para o feto, menor tempo de trabalho de parto e maior satisfação com a experiência do parto. Este procedimento é uma escolha unicamente da mãe a qual a equipe medica de enfermagem avaliam ser adequado ou não para a mãe e o bebe este procedimento de parto. Ao mesmo tempo, este procedimento será acompanhado desde o pré-natal com intuito de identificar possíveis problemas de saúde agravantes em partos_x000D_
 normais.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1489/20-requerimento_casa_terapeutica_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1489/20-requerimento_casa_terapeutica_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a criação da CASA TERAPEUTICA – “CUIDAR DE QUEM CUIDA”, voltada para acolhimento de responsáveis por portadores de deficiências, autistas portadores de espectro, doenças raras e etc. Este local será um ambiente de apoio, orientação, inclusão, serviços de assistência, capacitação, atividades sociais, atendimento psicológico e atendimentos com Praticas Integrativas e Complementares. _x000D_
 _x000D_
 Este local visa ser uma rede de apoio com profissionais capacitados em diversas áreas da saúde e Bem-Estar para mães, pais, familiares e demais responsáveis que cuidam diariamente de pessoas com deficiência, autismo, doenças raras e demais atipicidades e que precisam de acolhimento, orientação e praticas que possam auxiliar o cuidador no cotidiano.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1493/ampliacao_do_cemiterio_emanuel.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1493/ampliacao_do_cemiterio_emanuel.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^ Sr^ Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.EXA juntamente com a Secretaria de Obras, viabilize a ampliação do cemitério do distrito de Sapucarana, Tendo em vista que existe terreno suficiente para tal. A ampliação do cemitério é fundamental para atender às necessidades da população local, garantindo um local digno e respeitoso para o sepultamento de seus entes queridos.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1495/implamtacao_de_tartarugas_de_transito_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1495/implamtacao_de_tartarugas_de_transito_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa. atendendo reivindicações da população deste Município, ouvido o_x000D_
  Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr^._x000D_
  Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Excia., juntamente com_x000D_
  a Secretaria competente, providencie a instalação de tachinhas reflexivas (tartarugas de trânsito)_x000D_
  próximas á Ponte Dr. Samuel Cunha Filho, em frente ao posto de Arturzinho. Essa medida é_x000D_
  fundamental para garantir a segurança e o conforto dos pedestres e motoristas que utilizam a ponte._x000D_
  As tachinhas reflexivas ajudam a reduzir a velocidade dos veículos e a prevenir acidentes de_x000D_
  trânsito. No entanto, as tachinhas reflexivas existentes na área estão deterioradas e não estão_x000D_
  cumprindo sua função. Sendo assim, solicito que sejam tomadas as providências necessárias para_x000D_
  a instalação de novas tachinhas reflexivas no local indicado.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1496/calcamento_ruas_de_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1496/calcamento_ruas_de_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa atendendo reivindicações da população deste Município, ouvido o plenário e  cumpridas todas as formalidades regimentais, que seja formulado apelo ao Exm°. Sr. Joãozinho Tenório, Deputado Estadual de Pernambuco que, através de emenda parlamentar, possa garantir a pavimentação das ruas Cardeal Arcoverde e Capitão Pedro Pereira, localizadas no centro de nosso município. Essas ruas são fundamentais para o acesso ao Parque Janelas para o Rio, mas atualmente se encontram em más condições de conservação com buracos e falta de pavimentação adequada. Sendo assim, solicito que Vossa Excelência possa utilizar suas atribuições e influência para garantir a pavimentação dessas ruas, melhorando a qualidade de vida dos moradores e contribuindo para o desenvolvimento de nosso município.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1497/troca_de_lampadas_varzinha_e_poco_verde_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1497/troca_de_lampadas_varzinha_e_poco_verde_ze_amaro.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, atendendo reivindicações da população deste Município, ouvido o_x000D_
  Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr®._x000D_
  Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Excia., juntamente com a_x000D_
  Secretaria de Infra Estrutura, viabilize a troca de lâmpadas no Sítio Varzinha e Poço Verde. Tendo em_x000D_
  vista que as lâmpadas estão queimadas ou não estão funcionando corretamente, o que prejudica a_x000D_
  iluminação pública e a segurança dos moradores e transeuntes. A troca dessas lâmpadas é_x000D_
  fundamental para garantir a segurança e o conforto da população.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1498/salarios_professores_contratados_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1498/salarios_professores_contratados_ze_amaro.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, atendendo reivindicações da população deste Município, ouvido 0_x000D_
  Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^ Sr^_x000D_
  Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Excia., envie um projeto de_x000D_
  lei para ser votado na Câmara de Vereadores, objetivando 0 aumento salarial para os professores_x000D_
  contratados de nosso município. Os professores contratados desempenham um papel fundamental na_x000D_
  educação pública, garantindo a continuidade do ensino,’ e merecem ter seus direitos respeitados e_x000D_
  valorizados. O aumento salarial é essencial para refletir a importância do trabalho desses profissionais_x000D_
  e para garantir uma melhor qualidade de vida para eles e suas famílias</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1499/18_-_placas_de_sinalizacao.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1499/18_-_placas_de_sinalizacao.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino,  no sentido de que V. Exa., juntamente com a Secretaria de Turismo, visiabilize a instalação de placas de sinalização na entrada do Sítio Coadjuntor, localizado neste município. A referida solicitação tem como objetivo melhorar a segurança viária da região, facilitando a orientação de motoristas e pedestres que transitam pelo local. Destaca-se que a ausência de sinalização tem gerado dificuldades, principalmente na entrada do sítio, aumentando o risco de acidentes e dificultando a identificação do acesso, especialmente em datas festivas, como o Carnaval e o São João. Diante do exposto, solicito que sejam adotadas as providências necessárias para a instalação das placas de sinalização, proporcionando melhores condições de mobilidade e segurança para a população local.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1500/calcamento_da_rua_roberto_dinda.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1500/calcamento_da_rua_roberto_dinda.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apela a Excelentíssima Sr^. Prefeita deste Município , MARIA LUCIELLE SILVA LAURENTINO, que Vossa Excelência, juntamente com a de Infra Estrutura, providencie o calçamento da Rua Miriam Barbosa da Silva, localizada no bairro Santana em nosso Município.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1501/19_-_fisioterapeuta_domiciliar.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1501/19_-_fisioterapeuta_domiciliar.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Exma. Sra. Prefeita deste Município, Maria Luciele Silva Laurentino, no sentido de que V. Exa., juntamente com a Secretaria Municipal de Saúde, a implementação de um programa de fisioterapia domiciliar, com a disponibilização de profissionais da área de fisioterapia, para atender as pessoas acamadas, idosas e aquelas que estão impossibilitadas de sair de suas residências, visando promover a saúde, a recuperação e a qualidade de vida desse público, tão vulnerável e necessitado de cuidados especializados.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1508/requerimento_lombada_eletronica_na_subida_da_serra_negra_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1508/requerimento_lombada_eletronica_na_subida_da_serra_negra_assinado.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INSTALAÇÃO DE LOMBADAS ELETRÔNICAS E _x000D_
 MEDIDAS PARA REDUÇÃO DE ACIDENTES NA SUBIDA DA SERRA NEGRA</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1509/requerimento_criacao_de_busto_ou_estatua_em_homenagem_a_jota_borges_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1509/requerimento_criacao_de_busto_ou_estatua_em_homenagem_a_jota_borges_assinado.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CRIAÇÃO DE BUSTO OU ESTÁTUA EM _x000D_
 HOMENAGEM A JOTA BORGES</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1510/requerimento_programa_municipal_de_desburocratizacao_para_abertura_de_empresas_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1510/requerimento_programa_municipal_de_desburocratizacao_para_abertura_de_empresas_assinado.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA CRIAÇÃO DE PROGRAMA MUNICIPAL DE _x000D_
 DESBUROCRATIZAÇÃO PARA ABERTURA DE EMPRESAS</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1511/req_026_-_quebra_molas_gigantes.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1511/req_026_-_quebra_molas_gigantes.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita o rebaixamento dos quebra-molas construídos nas novas ruas pavimentadas na cidade de Bezerros/PE, uma vez que alguns estão até três vezes maiores que o recomendado.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1512/req_025_-_forca_tarefa_de_iluminacao_no_residencial_jurema_.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1512/req_025_-_forca_tarefa_de_iluminacao_no_residencial_jurema_.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita força-tarefa do departamento de iluminação pública no Residencial Jurema</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1513/req_024_-_execucao_de_obras_dos_porticos_da_cidade.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1513/req_024_-_execucao_de_obras_dos_porticos_da_cidade.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita que sejam executadas as obras para construção de pórticos  nas entradas da cidade e nos distritos de Sapucarana e Serra Negra, anunciadas em 26 de dezembro de 2023</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1515/20_-_praca_cemac.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1515/20_-_praca_cemac.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino, juntamente com a Governadora Raquel Lyra e o órgão competente, para viabilizar a construção de uma praça em frente ao CEMAC, bem como a implantação de uma faixa de pedestres no local. Justifica-se este pedido pelo fato de que os alunos, ao aguardarem na área em frente à instituição, ficam em pé e enfrentam dificuldades para atravessar a via, que apresenta um fluxo intenso de veículos, colocando em risco sua segurança. A construção da praça e a instalação da faixa de pedestres proporcionarão mais conforto e segurança para a comunidade escolar e demais transeuntes.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1516/21_-_espaco_pet.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1516/21_-_espaco_pet.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino, bem como à Excelentíssima Senhora Governadora do Estado, Raquel Lyra, e ao órgão competente, para viabilizar a implantação de um espaço pet no município. A sugestão é que o referido espaço seja construído ao lado do Bezerros Vet, proporcionando um ambiente adequado e seguro para lazer e bem-estar dos animais de estimação e seus tutores. Justifico a presente solicitação considerando a crescente demanda da população por espaços públicos destinados ao convívio e recreação de animais, promovendo qualidade de vida tanto para os pets quanto para seus donos.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1517/crachas_de_funcionarios_pmb_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1517/crachas_de_funcionarios_pmb_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO_x000D_
  que V.Excia. adote a utilização de crachás de identificação para todos os funcionários públicos_x000D_
  municipais. Os crachás deverão conter o nome e a função de cada servidor, visando garantir a_x000D_
  identificação dos funcionários que atuam no âmbito municipal e para que a população possa valorizar_x000D_
  e respeitar o funcionário no papel da função.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1518/regulamentacao_de_escolinhas_e_projetos_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1518/regulamentacao_de_escolinhas_e_projetos_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO_x000D_
  que V.Excia. juntamente com a Secretaria de Esportes e Bem-estar adote medidas para apoio material_x000D_
  esportivo e logístico para os projetos sociais existentes em nosso município. Os projetos sociais_x000D_
  esportivos são de grande importância para o desenvolvimento das crianças e jovens de nossa cidade,_x000D_
  promovendo a inclusão social, a disciplina e a saúde. No entanto, muitos desses projetos enfrentam_x000D_
  dificuldades devido à falta de recursos materiais e logísticos.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1521/22-requerimento_mapa_de_risco_serra_negra_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1521/22-requerimento_mapa_de_risco_serra_negra_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa que seja realizado o mapeamento geológico das áreas de risco do distrito da Serra Negra com intuito de que sejam feitas construções de forma segura, da mesma forma mantendo a preservação do meio ambiente local.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1522/23-requerimento_centro_de_hemodialise_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1522/23-requerimento_centro_de_hemodialise_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprindo todas as formalidades regimentais, Requeiro ao Governo do Estado de Pernambuco em parceria com a Prefeitura e Secretaria de saúde a construção de um Centro de hemodiálise que possa contemplar o município de Bezerros e cidades vizinhas. Solicito também que este Centro tenha acompanhamento com nefrologista. A criação deste Centro visa desafogar a rede de saúde do Agreste Central, uma vez que o município _x000D_
 detendo esta especialidade de tratamento atenderia cidades circunvizinhas.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1524/22_-_predio_sitio_dos_remedios.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1524/22_-_predio_sitio_dos_remedios.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino, bem como ao órgão competente da administração municipal, para que sejam adotadas providências urgentes quanto à manutenção do prédio responsável pela distribuição de água na comunidade do Sítio dos Remédios. O referido local encontra-se em completo estado de abandono, sem as mínimas condições de funcionamento, e o mais grave: a água distribuída à população não passa por qualquer tipo de tratamento, oferecendo sérios riscos à saúde pública. Diante da gravidade da situação, solicitamos a imediata intervenção do poder público para realizar os reparos necessários na estrutura do prédio, além de garantir a regularização do tratamento da água fornecida à comunidade, assegurando qualidade de vida e dignidade aos moradores.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1528/requerimento_estradas_roberto.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1528/requerimento_estradas_roberto.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Excelentíssima Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que Vossa Excelência, juntamente com a Secretaria de agricultura, providencie com a máxima urgência, a recuperação e nivelamento com a máquina PATROL, das estradas do Sitio Olho D' agua I e II, em virtude do péssimo estado de conservação em que as mesmas se encontram.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1529/diogo_lemos_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1529/diogo_lemos_1.pdf</t>
   </si>
   <si>
     <t>Solicita a o pode Executivo a manutenção da re de saneamento básico do bairro Santo Amaro 2</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1530/diogo_lemos_2.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1530/diogo_lemos_2.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa. ouvido o Plenário, atendendo solicitação de moradores e cumpridas todas as formalidades regimentais, que seja formulado apelo a Ex^ Sr®. Prefeita deste Município, MARIA LUCIELLE silva LAURENTINO, que V.Exa., juntamente com a Secretaria competente, inclua no plano de governo a reforma e  melhoramento da praça localizada no largo da Estação da Cultura em academia em nosso município", inclusive com a adesão do programa ACADEMIA DA CIDADE, que tem como foco  e objetivo contribuir para a saúde, prevenção de doenças e agravos, produção do cuidado e modos de vida saudáveis da população.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1531/diogo_lemos_3.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1531/diogo_lemos_3.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, atendendo solicitação de moradores e cumpridas todas as formalidades regimentais, que seja formulado apelo a Ex^. Sr®. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Exa., juntamente com a Secretaria competente, viabilize o quanto antes as devidas sinalizações, tais como: faixa de pedestres e placas do tipo A-33b e A-33a. Nas proximidades de todas as escolas e creches do município, tendo em vista a segurança das crianças, adolescentes e dos pais que diariamente necessitam destas vias.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1532/requerimento_vando_2025.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1532/requerimento_vando_2025.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro á Mesa, ouvido o Plenário e cumpridas_x000D_
  formalidades regimentais, que seja formulado apelo a Exm^ Sr^. Prefeita deste Município,_x000D_
 MARIA LUCIELLE SILVA LAURENTINO, que V,Ex^, juntamente com Secretária de Infraestrutura,_x000D_
 viabilize a execução de obras e serviços públicos em nosso município visando melhorar a _x000D_
  infraestrutura e a qualidade de vida dos moradores. As solicitações são as seguintes._x000D_
 _x000D_
 1. Construção de passagem molhada que liga a Rua Taumaturgo Sobrinho à Rua_x000D_
 Romualdo Abade, Martins Abade e Rua São Lucas._x000D_
 _x000D_
 2. Limpeza do canal do Bairro do Retiro.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1534/24-requerimento_centro_de_oncologia_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1534/24-requerimento_centro_de_oncologia_assinado.pdf</t>
   </si>
   <si>
     <t>Preve a construção de um Centro de TRATAMENTO _x000D_
 ONCOLOGICO em combate ao Câncer contemplando o município de Bezerros e _x000D_
 cidades vizinhas com atendimento ambulatoriais e acompanhamento especializados com Oncologistas, realizando tratamentos de _x000D_
 Quimioterapia necessários para os pacientes que são portadores desta condição de saúde.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1538/requerimento_rua_112c_localizada_no_bairro_nossa_senhora_aparecida_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1538/requerimento_rua_112c_localizada_no_bairro_nossa_senhora_aparecida_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO: SOLICITAÇÃO DE INSTALAÇÃO DE MALHA ASFÁLTICA NA RUA 11, _x000D_
 LOCALIZADA NO BAIRRO NOSSA SENHORA APARECIDA (COHAB)</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1541/posto_de_saude_satelite_roberto_dinda.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1541/posto_de_saude_satelite_roberto_dinda.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais, que seja solicitado a Prefeita do Município, Exm^. Sr^. MARIA LUCIELLE SILVA LAURENTINO que V.Ex^, juntamente com a Secretaria de Saúde do Município, instale um, POSTO DE SAÚDE SATELITE no Sítio Lagoa Nova, em nosso Município. A instalação de um posto satélite no Sítio Lagoa Nova é fundamental para atender às necessidades da comunidade local e dos moradores do Sítio Raposa, proporcionando serviços básicos e essenciais. Isso contribuirá para a melhoria da qualidade de vida dos moradores e facilitará o acesso a informações e serviços públicos.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1542/limpeza_do_canal_roberto_dinda.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1542/limpeza_do_canal_roberto_dinda.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa, ouvido o Plenário, e cumpridas todas as formalidades_x000D_
  regimentais, que seja solicitado a Prefeita do Município. Excelentíssima Sr®. MARIA LUCIELLE_x000D_
  SILVA LAURENTINO, que Vossa Excelência juntamente com a Secretaria de Infraestrutura_x000D_
  viabilize a limpeza do canal do Bairro da Cameleira, incluindo a remoção de lixo-e detritos, e a_x000D_
  manutenção regular do local. A limpeza do canal é fundamental para garantir a saúde pública e_x000D_
  a segurança dos moradores. O acúmulo de lixo e detritos pode causar problemas de saúde e_x000D_
  comprometer a qualidade de vida da população.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1543/requerimento_calcamento_tatai.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1543/requerimento_calcamento_tatai.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
  que seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que Vossa Excelência, através da Secretaria de Infraestrutura providencie o_x000D_
  calçamento da Rua Isaura Fernandes Vieira no Bairro Santo Amaro. A falta de calçamento na_x000D_
  referida Rua causa problemas significativos para os moradores, especialmente durante a_x000D_
  chuva, quando a água leva terra para frente do cemitério, comprometendo a limpeza e a_x000D_
  segurança do local, por esse motivo solicito que sejam tomadas as providências necessárias_x000D_
  para o calçamento da Rua Isaura Fernandes Vieira, garantindo a melhoria da infraestrutura_x000D_
  urbana e a qualidade de vida dos moradores.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1544/veiculo_para_sapucarana_emanuel_messias.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1544/veiculo_para_sapucarana_emanuel_messias.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e_x000D_
  cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita_x000D_
  deste Município, MARIA LUCIELLE SILVA LAURENTINO, que a mesma, juntamente com as_x000D_
  Secretarias Competentes, viabilize a aquisição de um veículo, tipo carro de passeio, para ficar_x000D_
  à disposição e atender as demandas da população do Distrito de Sapucarana, em nosso_x000D_
  Município.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1545/lampadas_em_led_para_boas_novas_emanuel.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1545/lampadas_em_led_para_boas_novas_emanuel.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e_x000D_
  cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr®. Prefeita_x000D_
  deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Ex®, juntamente com o_x000D_
  departamento de iluminação pública de nosso Município, viabilize a instalação de lâmpadas_x000D_
  LED em todas as ruas do Distrito de Boas Novas, visando melhorar a iluminação pública e_x000D_
  proporcionar mais segurança para os moradores.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1546/requerimento_programas_sociais_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1546/requerimento_programas_sociais_vando.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Ex^ juntamente com a Secretaria competente dê continuidade aos Programas Sociais do bairro do Retiro (karatê, Capoeira entre outros), Programa Viva Bem e ao Centro de Qualificação Profissional (corte e costura) tendo em vista já existir 15 máquinas que foram conquistadas pela comunidade, tais programas mais visam saúde física emocional, ambiental, social e até financeira.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1547/23_-_semaforo_entrada_da_cohab.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1547/23_-_semaforo_entrada_da_cohab.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino, bem como ao órgão competente, para que seja instalado um semáforo na entrada da COHAB, especificamente ao lado da DM Distribuidora de Bebidas e Alimentos. A solicitação se faz necessária diante da grande movimentação de veículos e pedestres no local, especialmente nos horários de início da manhã e final da tarde, quando o fluxo é intensamente elevado. Ressalta-se que já ocorreram diversos acidentes na área, inclusive recentemente, tornando urgente a adoção de medidas que garantam maior segurança e organização no trânsito local.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>Natan do Projeto, Roberto Dinda</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1548/25-requerimento_arruamento_santana_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1548/25-requerimento_arruamento_santana_assinado.pdf</t>
   </si>
   <si>
     <t>Solicito a realização do Arruamento oficial completo do bairro Santana, em nosso município, com intuito de regularizar as ruas do bairro que possam estar irregulares visando o devido abastecimento de água pela COMPESA na localidade e para outros fins.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1549/req_029_-_saida_da_professora_mirna_do_comando_do_residencial_jurema.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1549/req_029_-_saida_da_professora_mirna_do_comando_do_residencial_jurema.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita através da Companhia Estadual de Habitação e Obras (CEHAB), a saída de Mirna Hélia Pimentel do cargo de responsável técnica do Residencial Jurema</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1550/req_027_-_elevatoria_para_o_bairro_santana.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1550/req_027_-_elevatoria_para_o_bairro_santana.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita da Secretaria de Recursos Hídricos e Saneamento (SRHS-PE) o planejamento e projeto necessário para construção de uma elevatória no bairro Santana e bairros adjacentes em Bezerros/PE</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1551/req_028_-_instalacao_do_placar_eletronico_no_botafogo.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1551/req_028_-_instalacao_do_placar_eletronico_no_botafogo.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a revitalização e instalação do Placar Eletrônico Municipal no Estádio Tenente Luiz Gonzaga (Botafogo)</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1554/requerimento_solicitacao_de_atualizacao_e_instalacao_de_placas_de_identificacao_de_nomes_de_ruas_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1554/requerimento_solicitacao_de_atualizacao_e_instalacao_de_placas_de_identificacao_de_nomes_de_ruas_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO: SOLICITAÇÃO DE ATUALIZAÇÃO E INSTALAÇÃO DE PLACAS DE _x000D_
 IDENTIFICAÇÃO DE NOMES DE RUAS EM BEZERROS</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1555/requerimento_-_rogerio_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1555/requerimento_-_rogerio_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Ex.ª. Sr.ª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO e juntamente com a Secretaria de infraestrutura, que Vossa Excelência dê início as obras do calçamento da Rua Justino Eugênio da Silva e parte da Rua Samuel Patriota de Lira do bairro de Encruzilhada de São João, que foram anunciadas em dezembro do ano passado e até então não foram iniciadas.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1556/banheiros_para_comerciantes_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1556/banheiros_para_comerciantes_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr®. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  que V.Excia. juntamente as Secretarias competentes providencie um local de apoio para os_x000D_
  comerciantes que trabalham durante o Ciclo Junino na Serra Negra. Este local seria destinado a_x000D_
  atender necessidades básicas, como tomar banho, e outras necessidades essenciais, tendo em vista_x000D_
  que os sanitários existentes estão frequentemente lotados, dificultando a volta ao trabalho dos que ali_x000D_
  estão comercializando. A falta de infraestrutura adequada para os comerciantes durante o Ciclo Junino_x000D_
  pode afetar negativamente a economia local e a qualidade de vida desses trabalhadores. A criação de_x000D_
  um local de apoio e banheiros químicos exclusivos contribuiría significativamente para melhorar as_x000D_
 condições de trabalho e bem-estar dos comerciantes.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1557/calcamento_justino_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1557/calcamento_justino_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr®. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  que V.Excia. juntamente com a Secretaria de Infraestrutura que sejam tomadas as providências_x000D_
  necessárias para o calçamento das ruas Jose Justino de Oliveira Neto e Nossa Senhora Aparecida,_x000D_
  localizadas no Bairro do Retiro. As ruas em questão precisam de infraestrutura adequada, pois estão_x000D_
  causando transtornos para os moradores e usuários. O calçamento é fundamental para garantir a_x000D_
  segurança, mobilidade e qualidade de vida da população local</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1558/ajuda_financeira_para_conego_alexandre_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1558/ajuda_financeira_para_conego_alexandre_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  que V.Excia. juntamente a Secretaria de Turismo, solicitar um convênio com ajuda de custo para a_x000D_
  Banda Cônego Alexandre Cavalcante, o objetivo é proporcionar incentivo financeiro para pagar os_x000D_
  maestros da banda, aumentando as aulas de música para todas as idades e oferecendo oportunidades_x000D_
  de aprendizado musical gratuito para a comunidade._x000D_
  Acreditamos que essa parceria contribuirá significativamente para a promoção da cultura e_x000D_
  do desenvolvimento social em nossa cidade, além de fortalecer a tradição musical local.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1559/26-requerimento_terraplanagem_rural_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1559/26-requerimento_terraplanagem_rural_assinado.pdf</t>
   </si>
   <si>
     <t>Em reforço ao requerimento de Nº 87 realizado na terceira reunião ordinária na data de 18 de fevereiro de 2025, solicito a Secretaria de Obras e Infraestrutura em caráter de urgência a terraplanagem nas estradas que ligam os sítios Lagoa do Milho, Sítio dos Remédios, Sitio dos Cocos, Serra do Saguim, Sítio Juá e Sitio Barreiros.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1560/caixa_dagua_emanuel_boas_novas.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1560/caixa_dagua_emanuel_boas_novas.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm®. Sr®. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO para que V.Ex® juntamente com a Secretária de Agricultura, providencie e determine_x000D_
  a instalação de 01 CAIXA D’AGUA DE 10.000 mil litros, na da Assembléia de Deus, em Cajazeiras,_x000D_
  para a distribuição de água à população, tendo em vista a grande crise que vem atingindo nosso_x000D_
  Município, em decorrência no colapso no abastecimento do precioso liquido às famílias que lá_x000D_
  residem.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1561/recuperacao_de_estradas_varzinha_e_poco_verde_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1561/recuperacao_de_estradas_varzinha_e_poco_verde_ze_amaro.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, atendendo reivindicações da população deste Município, ouvido o_x000D_
  Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr^._x000D_
  Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Excia., juntamente com a_x000D_
  Secretaria de Infra Estrutura, viabilize a recuperação e nivelamento com a máquina PATROL das_x000D_
  estradas rurais nos sítios Varzinha e Poço Verde. Essas estradas são fundamentais para a mobilidade_x000D_
  e acesso dos moradores e trabalhadores dessas localidades e as mesmas encontram-se em condições_x000D_
  precárias, prejudicando a circulação de veículos e a segurança dos usuários.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1563/27-requerimento_vagas_do_concurso_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1563/27-requerimento_vagas_do_concurso_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprindo todas as formalidades, requeiro a disponibilização, através de _x000D_
 concurso público, vagas democráticas direcionadas para população com ensino_x000D_
 fundamental completo, incompleto e ensino médio e superior completo. Também solicito que sejam destinadas vagas para reestruturação do quadro de _x000D_
 saúde do município com vagas efetivas direcionadas para: Enfermagem, técnico de enfermagem, _x000D_
 Clinico Geral e plantonista, assistente social, pediatra, neuropediatra, nutricionista, psiquiatra, psiquiatra infantil, psicólogos, _x000D_
 neurologista, fisioterapeuta, oncologista, cardiologista, otorrinolaringologista e fonoaudiólogo.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1564/28-requerimento_libras_nas_escolas_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1564/28-requerimento_libras_nas_escolas_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprindo todas as formalidades regimentais, requeiro a instituição do Ensino de LIBRAS na grade de aulas da rede municipal de ensino.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1566/requerimento_-_ampliacao_do_cemiterio_de_sitio_dos_remedios_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1566/requerimento_-_ampliacao_do_cemiterio_de_sitio_dos_remedios_assinado.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DO CEMITÉRIO PÚBLICO MUNICIPAL DO DISTRITO DE SÍTIO DOS REMÉDIOS</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1568/requerimento_-_cinoterapia_e_equoterapia_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1568/requerimento_-_cinoterapia_e_equoterapia_assinado.pdf</t>
   </si>
   <si>
     <t>Inclusão dos métodos terapêuticos de CINOTERAPIA e EQUOTERAPIA em uma possível criação de um Centro de Atendimento Especializado para pessoas com TEA.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1569/29-requerimento_obras_de_adutoras_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1569/29-requerimento_obras_de_adutoras_assinado.pdf</t>
   </si>
   <si>
     <t>Atendendo as reinvindicações da população e cumprindo todas as formalidades regimentais, faço apelo a Exma. Sra. Governadora do Estado de Pernambuco, RAQUEL LYRA para que, em caráter de URGÊNCIA e em conjunto com o Governo Federal, realize com a máxima urgência a conclusão das Obras da Adutora de Serro Azul e Adutora do Agreste, dado o estado critico do nível de agua das barragens de Jucazinho e Brejão.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1570/24_-_praca_bairro_sao_jose.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1570/24_-_praca_bairro_sao_jose.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino, bem como ao órgão competente, solicito a implantação de uma praça pública na Rua Vereador Antônio Valmir, no bairro São José, considerando que o referido bairro atualmente não dispõe de área de lazer e convivência comunitária. Destaca-se que a criação dessa praça será de suma importância para a comunidade local, promovendo o bem-estar, a qualidade de vida e o fortalecimento dos laços sociais entre os moradores. Sugere-se ainda que a praça receba o nome de Praça Manoel Rodrigues da Silva, em homenagem ao Sr.Manoel, primeiro morador do local, que historicamente cuida da área com muito zelo, sendo responsável pelo plantio de árvores e pela manutenção do espaço, inclusive do poço existente. Sua dedicação e compromisso com a comunidade justificam plenamente essa homenagem.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1572/req_032_-_calcamento_frente_parque_poliesportivo.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1572/req_032_-_calcamento_frente_parque_poliesportivo.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita o calçamento da Rua José Pereira de Mendonça entre o Bairro _x000D_
 Santo Amaro 1 e 2, que contempla o Parque Poliesportivo, onde será instalado o IFPE.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1573/req_030_-_melhorias_dom_lamartine.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1573/req_030_-_melhorias_dom_lamartine.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a implementação de estacionamento em 90º, capinação, limpeza e _x000D_
 outras melhorias em frente e no entorno da Escola de Referência em Ensino _x000D_
 Fundamental Dom José Lamartine Soares em Bezerros/PE.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1574/req_031_-_faixa_exclusiva_escolar_jose_de_goes.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1574/req_031_-_faixa_exclusiva_escolar_jose_de_goes.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a implementação de faixa exclusiva para embarque e desembarque _x000D_
 de alunos e professores e de além de faixa elevada  em frente a Escola Municipal _x000D_
 José De Góes, na Rua Frei Caneca no centro de Bezerros/PE.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1575/28042025.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1575/28042025.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa, ouvido o Plenário, e cumpridas todas as formalidades_x000D_
  regimentais, que seja solicitado a Prefeita do Município, Exm^. Sr^. MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que V.Ex^, juntamente com a Secretaria de Saúde do Município, instale POSTOS_x000D_
  DE SAÚDE SATELlTES no Sítio Riacho Verde, Sítio Moreira, Sítio Côcos, Sítio Serra de Aires_x000D_
  e Sítio Gamela, em nosso Município. A instalação de postos satélites dos supracitados Sítios é_x000D_
  fundamental para atender às necessidades das comunidades, proporcionando serviços básicos_x000D_
  e essenciais. Isso contribuirá para a melhoria da qualidade de vida dos moradores e facilitará o_x000D_
  acesso a informações e serviços públicos</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1576/28042025_001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1576/28042025_001.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo ao Exm°. Sr. Deputado Federal, MENDONÇA FILHO através de Emenda Parlamentar envie recursos para a construção de mais arquibancadas no Campo do Botafogo, Estádio Municipal Tenente Luiz Gonzaga. A arquibancada atual é pequena e não atende à demanda da população local, bem como. Melhoramento da iluminação do campo com a instalação de mais refletores, pois as torres atuais não estão sendo suficientes.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1577/volta_do_crianca_feliz_emanuel.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1577/volta_do_crianca_feliz_emanuel.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades_x000D_
  regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita deste Município. MARIA LUCIELLE_x000D_
  SILVA LAURENTINO para que V.Ex^ viabilize a volta do Programa Criança Feliz para o Distrito_x000D_
  de Boas Novas. Considerando que o programa já existiu no referido distrito e ainda existe em outros_x000D_
  bairros, tal projeto é fundamental que seja estendido a essa comunidade. O Programa Criança Feliz_x000D_
  é uma iniciativa importante para o desenvolvimento e bem-estar das crianças do município. A falta_x000D_
  do programa no Distrito de Boas Novas pode causar desigualdade de oportunidades para as_x000D_
  crianças dessa região.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1578/dentista_em_todos_os_postos_de_saude_roberto.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1578/dentista_em_todos_os_postos_de_saude_roberto.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa, ouvido 0 Plenário, e cumpridas todas as formalidades_x000D_
  regimentais, que seja solicitado a Prefeita do Município, Excelentíssima Sr®. MARIA LUCIELLE_x000D_
  SILVA LAURENTINO, que Vossa Excelência juntamente com a Secretaria de Saúde, estudem_x000D_
  a possibilidade de que todas as UBS's (Unidades Básicas de Saúde) do município ofereçam_x000D_
  atendimento odontológico. Essa medida é fundamental para garantir 0 acesso à saúde bucal_x000D_
  para todos os cidadãos.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1579/comissao_de_agricultura_e_meio_ambiente_diogo.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1579/comissao_de_agricultura_e_meio_ambiente_diogo.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja incluída nas Comissões Permanentes desta Casa Legislativa a "COMISSÃO DE AGRICULTURA_x000D_
  E MEIO AMBIENTE". A agricultura e o meio ambiente são setores fundamentais para o_x000D_
  desenvolvimento sustentável do nosso Município. A supracitada comissão permitirá uma abordagem_x000D_
  mais específica e eficaz para as questões relacionadas a esses setores.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1580/limpeza_de_bueiros_diogo.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1580/limpeza_de_bueiros_diogo.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que V.Ex^ juntamentè com a Secretaria competente, viabilize a limpeza dos bueiros_x000D_
  no centro de Bezerros. O objetivo é evitar alagamentos no período chuvoso que se aproxima nos_x000D_
  meses de maio, junho e julho.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1581/limpeza_da_praca_imaculada_conceicao.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1581/limpeza_da_praca_imaculada_conceicao.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, atendendo reivindicações da população deste Município, ouvido o_x000D_
  Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr^._x000D_
  Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Excia., juntamente com a_x000D_
  Secretaria de infraestrutura, viabilize a retirada de metralhas, entulhos e lixo na Praça Imaculada_x000D_
  Conceição, em nosso Município. A presença desses materiais pode causar transtornos para os_x000D_
  usuários da praça e comprometer a segurança e a qualidade do espaço público</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1582/troca_de_lonas_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1582/troca_de_lonas_ze_amaro.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa ) atendendo reivindicações da população deste Município, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm Sr®. Prefeita deste Município MARIA LUCIELLE SILVA LAURENTINO, que V.Excia., juntamente com a Secretaria competente, próximo ao 1 Secretaria competente, viabilize a a troca da lona do quiosque localizado na Praça Duque de Caxias proxmo ao sinal. A lona atual encontra-se danificada e não oferece condições adequadas para 0 funcionamento do quiosque causando transtornos para comprometendo a qualidade dos serviços oferecidos.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1583/escolinhas_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1583/escolinhas_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>R6C|U6Íro à Mssa, ouvido o Plenário, cumpridas todas as formalidades regimentais gue seja_x000D_
  formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  que V.Ex^ juntamente com a Secretaria de Esportes e Bem Estar, providencie a criação de um_x000D_
  cadastro das escolinhas de futebol e futsal para agendar horários para que os atletas possam jogar no _x000D_
  Estádio Tenente Luiz Gonzaga. A ideia é acostumar os jovens ao novo campo de futebol_x000D_
  e proporcionar oportunidades de treinamento e desenvolvimento esportivo.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1584/podacao_da_arvores_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1584/podacao_da_arvores_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja_x000D_
  formulado apelo a Exm^. Sr^. Prefeita deste Município, WIARIA LUCIELLE SILVA LAURENTINO_x000D_
  que V.Ex^ juntamente com a Secretaria de Agricultura, providencie a podação das árvores_x000D_
  localizadas próximas ao Canal do Salgado. As árvores encontram-se em condições que podem_x000D_
  causar riscos á segurança, comprometer a qualidade do espaço público e causar obstrução na via_x000D_
  pública comprometendo a visibilidade.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1585/carro_serra_negra_roberto.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1585/carro_serra_negra_roberto.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa, ouvido o Plenário, e cumpridas todas as formalidades_x000D_
  regimentais, que seja solicitado a Prefeita do Município, Excelentíssima Sr^. MARIA_x000D_
  LUCIELLE SILVA LAURENTINO, que Vossa Excelência juntamente com as Secretarias_x000D_
  Competentes, viabilize a aquisição de um veículo, tipo carro de passeio, para ficar à_x000D_
  disposição e atender as demandas da população do Distrito de Serra Negra, em nosso_x000D_
  Município.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1588/req_035_-_aluguel_de_carros_pipas_em_bezerros_mediante_a_seca.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1588/req_035_-_aluguel_de_carros_pipas_em_bezerros_mediante_a_seca.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita que sejam alugados, de forma temporária, caminhões pipa, reforçando a frota municipal, para o abastecimento da população atingida pela falta de abastecimento regular em Bezerros/PE.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1589/req_036_-_uso_da_agua_de_manuino.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1589/req_036_-_uso_da_agua_de_manuino.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita da Secretaria de Recursos Hídricos e Saneamento (SRHS-PE) o planejamento e projeto necessário para o uso, em caráter emergencial, das águas da barragem de Manuíno, zona rural de Bezerros/PE.</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1590/req_037_-_asfalto_na_estrada_de_serra_negra.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1590/req_037_-_asfalto_na_estrada_de_serra_negra.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita da Excelentíssima Governadora do Estado de Pernambuco, Raquel Teixeira Lyra Lucena, através das secretarias competentes, que seja feito o planejamento necessário para execução do asfaltamento da via de acesso entre Bezerros e Serra Negra, zona rural da cidade, trecho de aproximadamente 10km.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1591/30-requerimento_bombas_de_agua_sirinhaem_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1591/30-requerimento_bombas_de_agua_sirinhaem_assinado.pdf</t>
   </si>
   <si>
     <t>Atendendo as reinvindicações da população sobre falta de agua nas torneiras e neste momento critico de desabastecimento, requeiro que seja formulado a Exma. Sra. Governadora do Estado de Pernambuco, RAQUEL TEIXERA LYRA LUCENA, para que, em caráter de URGÊNCIA em conjunto com a COMPESA realize a instalação das bombas de água da transposição do Rio Sirinhaém.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1592/25_-_semana_do_abuso_sexual_da_crianca.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1592/25_-_semana_do_abuso_sexual_da_crianca.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino, bem como ao órgão competente, solicitando a instituição da "Semana Municipal de Combate ao Abuso e à Exploração Sexual de Crianças e Adolescentes", a ser realizada anualmente na última semana do mês de maio. Solicito ainda que as ações dessa semana, como palestras, rodas de conversa, apresentações culturais e atividades educativas, sejam centralizadas na Praça da Bola, por ser um local de fácil acesso e amplo alcance comunitário, promovendo assim maior participação e conscientização da população sobre essa causa tão sensível e urgente.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1593/26_-_gari_para_limpeza_residencial_bezerros.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1593/26_-_gari_para_limpeza_residencial_bezerros.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino, bem como ao setor competente, para que seja designada uma equipe de garis para atuar na limpeza das ruas do Residencial Bezerros. A solicitação se faz necessária diante da demanda crescente por serviços de limpeza urbana na localidade, onde há acúmulo de lixo e sujeira nas vias públicas, comprometendo a saúde, o bem-estar e a qualidade de vida dos moradores. Ressalta-se que, devido à extensão e à quantidade de ruas no residencial, a atuação de mais de um gari é fundamental para garantir a eficiência e regularidade do serviço.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1594/27_-_centro_de_convivencia_do_idoso.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1594/27_-_centro_de_convivencia_do_idoso.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino, bem como ao órgão competente, para que seja implantado um Centro de Convivência para Idosos nos distritos da cidade de Bezerros. A proposta visa proporcionar um espaço adequado para atividades sociais, culturais, recreativas e de promoção à saúde voltadas à terceira idade, contribuindo para a melhoria da qualidade de vida dos idosos residentes nos distritos. O centro permitirá o fortalecimento de vínculos sociais, o combate ao isolamento e o incentivo à participação ativa na comunidade.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1595/31-requerimento_abastecimento_de_jucazinho_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1595/31-requerimento_abastecimento_de_jucazinho_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprindo todas as formalidades regimentais e atendendo a pedidos da população, requeiro ao Governo do Estado de Pernambuco através da Governadora RAQUEL TEIXERA LYRA LUCENA, para que, em caráter de URGÊNCIA viabilize a passagem de água da adutora do Agreste que está sendo distribuída nas ETAS de Caruaru para a barragem de Jucazinho para que os demais municípios também sejam beneficiados.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1596/requerimento_poste_de_iluminacao_josefa_guilhermina_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1596/requerimento_poste_de_iluminacao_josefa_guilhermina_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO: SOLICITAÇÃO DE INSTALAÇÃO DE POSTES DE ILUMINAÇÃO NA RUA _x000D_
 JOSEFA GUILHERMINA DE OLIVEIRA, LOCALIZADA NO BAIRRO SÃO PEDRO.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1597/requerimento_-_aula_de_robotica_na_rede_municipal_de_ensino_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1597/requerimento_-_aula_de_robotica_na_rede_municipal_de_ensino_assinado.pdf</t>
   </si>
   <si>
     <t>INCLUSÃO DE AULAS DE ROBÓTICA NA REDE MUNICIPAL DE ENSINO NO FUNDAMENTAL 1 E 2</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1598/32-requerimento_calendario_de_obras_de_agua_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1598/32-requerimento_calendario_de_obras_de_agua_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprindo todas as formalidades regimentais e atendendo a pedidos da população, Requeiro a COMPESA juntamente ao Governo do Estado a disponibilização do calendário oficial da entrega das Obras das adutoras do Agreste e Serro Azul. Ao mesmo tempo, também solicito a data prevista para ativação da transposição do Rio Sirinhaém visando o abastecimento de Bezerros e região.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1600/capinacao_da_barragem_do_manuino_ade.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1600/capinacao_da_barragem_do_manuino_ade.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que V.Ex^, juntamente com a Secretaria competente realize a limpeza e capinação_x000D_
  da Barragem do Munuíno. Essa medida visa melhorar a qualidade da água e garantir a segurança_x000D_
  da população que utiliza a barragem. A falta de limpeza na Barragem do Munuíno pode levar à_x000D_
  proliferação de vegetação aquática e à acumulação de resíduos, comprometendo a qualidade da_x000D_
  água.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1601/lixeiras_no_estadio_municipal._ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1601/lixeiras_no_estadio_municipal._ze_amaro.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa atendendo reivindicações da população deste Município, ouvido o plenário cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm MARIA LUCIELLE SILVA LAURENTINO, que V.Excia., juntamente com a Prefeita deste Município Secretaria de Infra Estrutura, viabilize a instalação de lixeiras no Estádio Municipal Tenente Luiz Gonzaga. Essa medida visa manter a limpeza e a organização do espaço público, promovendo um ambiente mais agradável e saudável para os usuários. A falta de lixeiras adequadas no Estádio Municipal pode levar à acumulação de lixo e comprometer a limpeza do local, acreditamos que essa medida pode contribuir significativamente para a melhoria da qualidade do espaço público e para a promoção da consciência ambiental na comunidade.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1602/veiculo_para_postinho_de_serra_negra_roberto.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1602/veiculo_para_postinho_de_serra_negra_roberto.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa_x000D_
  ouvido o Plenário, e cumpridas todas as formalidades_x000D_
  regimentais, que seja solicitado a Prefeita do Município, Excelentíssima Sr®. MARIA_x000D_
  LUCIELLE SILVA LAURENTINO, que Vossa Excelência juntamente com as Secretarias_x000D_
  Competentes, viabilize a aquisição de um veículo, tipo carro de passeio, para ficar à_x000D_
  disposição do Posto de Saúde e atender as demandas da população do Distrito de Serra_x000D_
  Negra, em nosso Município.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1603/limpeza_do_brejao_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1603/limpeza_do_brejao_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja_x000D_
  formulado apelo para que a COMPESA realize a limpeza da Barragem do Brejão, removendo o_x000D_
  excesso de lama e realizando a desassoreamento da barragem. Essa medida visa aumentar a_x000D_
  capacidade de armazenamento de água da barragem, especialmente durante a época de chuvas_x000D_
  trazendo benefícios significativos para a população e melhorias na gestão dos recursos hídricos_x000D_
  na região.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1604/perfuracao_de_pocos_na_zona_rural_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1604/perfuracao_de_pocos_na_zona_rural_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja_x000D_
  formulado apelo para que a COMPESA realize um estudo em conjunto com o Departamento de_x000D_
  Engenharia para viabilizar a perfuração de poços artesianos na zona rural de Bezerros. Essa_x000D_
  medida visa minimizar o sofrimento da população rural devido à escassez de água. Tendo em_x000D_
  vista que a escassez de água na zona rural de Bezerros afeta diretamente a qualidade de vida da_x000D_
  população e a perfuração de poços artesianos pode ser uma solução eficaz para garantir o acesso_x000D_
  à água. Solicito ainda a Instalação de Dessalinizadores, considerando que em alguns locais a_x000D_
  água apresenta alto teor de sal, e a instalação de dessalinizadores pode ser uma solução eficaz_x000D_
  para tornar a água mais potável e reduzir o sofrimento da população.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1605/instalacao_de_caixas_dagua_e_cisternas_tatai.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1605/instalacao_de_caixas_dagua_e_cisternas_tatai.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
  que seja formulado apelo a Exm". Si^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que Vossa Excelência, viabilize a instalação de caixas d'água e cisternas em_x000D_
  locais estratégicos nos bairros de nosso município. As referidas caixas d'água serão_x000D_
  abastecidas por carros-pipa, visando garantir o acesso à água potável para a população. A_x000D_
  falta de acesso à água potável é um problema crítico em nosso município. A instalação de_x000D_
  caixas d'água e cisternas pode ser.uma solução eficaz para garantir o acesso à água.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1606/escritas_legiveis_nas_receitas_tatai.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1606/escritas_legiveis_nas_receitas_tatai.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
  que seja formulado apelo a Exm^. Sr®. Prefeita deste Município, WIARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que Vossa Excelência, juntamente com a Secretaria Municipal de Saúde,_x000D_
  regulamente e coloque em prática a Lei Federal n° 5.991/1973, que estabelece que receitas_x000D_
  médicas devem ser escritas de forma legível. Essa medida é fundamental para garantir segurança e a  _x000D_
  eficácia do tratamento médico. A implementação da Lei Federal n° 5.991/1973_x000D_
   é fundamental para garantir a qualidade da assistência médica, tendo em vista que a falta de_x000D_
  legibilidade nas receitas médicas pode causar erros de interpretação e comprometer a_x000D_
  segurança do paciente</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1609/28_-_instalacao_de_tachoes.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1609/28_-_instalacao_de_tachoes.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino, bem como ao órgão competente, solicitando a instalação de tachões refletivos (conhecidos como "tartarugas") na Rua Frei Caneca, no trecho de acesso à Rua Júlio César. A solicitação justifica-se pelo intenso fluxo de veículos observado principalmente em horário de trabalho e, com maior concentração, por volta das 18:00 horas, momento em que se torna extremamente difícil a travessia ou conversão para a Rua Júlio César. Motoristas e motociclistas acabam permanecendo parados no meio da via, aguardando que os demais veículos cedam passagem, o que aumenta o risco de acidentes, especialmente no período noturno. A instalação dos tachões refletivos contribuirá para a organização do tráfego e maior segurança para condutores e pedestres.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1610/33-requerimento_zona_rural_saudavel_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1610/33-requerimento_zona_rural_saudavel_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprindo todas as formalidades regimentais, Requeiro a implantação do programa “ZONA RURAL SAUDAVEL”. Solicito que este programa aconteça de forma alternativa aos domingos contemplando toda zona rural e distritos de Bezerros de forma gratuita, levando práticas esportivas e também atendimentos de saúde como Fisioterapia, Ventosa, Auriculoterapia, atendimento Psicológico e massoterapia, contribuindo com a saúde da população. Também solicito que o programa também possa contemplar crianças com brinquedos de diversão proporcionando espaço para lazer.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1611/34-requerimento_calendario_pipas_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1611/34-requerimento_calendario_pipas_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprindo todas as formalidades e atendendo a pedidos da população sobre abastecimento, requeiro a criação de um cadastro público para solicitação de Caminhões pipa para abastecimento cumprindo regras de prioridade para famílias vulneráveis e com familiares com condições especiais de saúde como acamados, cadeirantes, dificuldade de mobilidade, pacientes oncológicos, idosos, gestantes, portadores de neuro divergências dentre outras prioridades de saúde.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1612/35-requerimento_samu_animal_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1612/35-requerimento_samu_animal_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a providencia de motolâncias para a clínica municipal Bezerros Vet a fim de contribuir com a celeridade de socorros e primeiros atendimentos imediatos urgentes que podem ser essenciais para salvar vidas de animais.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1613/requerimento_rogerio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1613/requerimento_rogerio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Ex.ª. Sr.ª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO e juntamente com a Secretaria de infraestrutura, que Vossa Excelência providencie a instalação de mais seis cisternas comunitárias no bairro de Encruzilhada de São João, tendo em vista a escassez de água e o aumento da população do referido bairro, que vem sofrendo há mais de 60 anos e que nas últimas semanas piorou drasticamente, devido à quebra da bomba que ficou 20 dias parada, e que voltou a funcionar recentemente com uma vazão de água muito baixa, não sendo eficaz no abastecimento pois tem que ficar por mais de 15 dias abastecendo a mesma rua até que todos consigam encher os seus reservatórios.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1614/corrimao_acougue_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1614/corrimao_acougue_ze_amaro.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais_x000D_
  que seja formulado apelo a Exm^. Sr®. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que V.Ex^, juotamente com as Secretarias Competentes providencie a_x000D_
  instalação de corrimão no prédio do açougue público, especificamente no lado que fica em_x000D_
  frente ao Mercado Largo do Juvino. A presente solicitação se justifica tendo em vista que o_x000D_
  local possui uma subida alta, o que dificulta o acesso, especialmente para pessoas idosas,_x000D_
  com mobilidade reduzida e demais cidadãos que utilizam o espaço público. A instalação do_x000D_
  corrimão proporcionará mais segurança e acessibilidade, atendendo às normas de inclusão_x000D_
  e promovendo o bem-estar da população.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1615/iluminacao_rua_santa_cruz_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1615/iluminacao_rua_santa_cruz_ze_amaro.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais_x000D_
  que seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que V.Ex^, juntamente com o Departamento de iluminação pública viabilize_x000D_
  a troca de lâmpadas em dois postes localizados na Rua Santa Cruz, no Bairro do Cruzeiro,_x000D_
  em nosso Município.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1616/ventiladores_no_acougue_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1616/ventiladores_no_acougue_ze_amaro.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa. ouvido o Plenário, e cumpridas todas as formalidades regimentais_x000D_
  que seja formulado apelo a Exm^. Sr^. Prefeita deste Município. MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que V.Ex®, juntamente com as Secretarias Competentes providencie a_x000D_
  instalação de novos ventiladores no açougue público municipal. Tal solicitação se faz_x000D_
  necessária tendo em vista que os ventiladores atualmente existentes no locai estão sem_x000D_
  funcionamento, comprometendo a ventilação adequada e causando desconforto tanto aos_x000D_
  trabalhadores quanto aos usuários do espaço, além de prejudicar as condições sanitárias e_x000D_
  de higiene do ambiente. A substituição por novos equipamentos garantirá melhores_x000D_
  condições de trabalho e atendimento, além de contribuir para a manutenção da qualidade_x000D_
  dos produtos comercializados no local.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1617/esgotamento_sanitario_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1617/esgotamento_sanitario_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais que seja_x000D_
  formulado apelo a Exm^. Sr®. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
  V.Ex®, juntamente com a Secretaria de Infra Estrutura que seja providenciado o esgotamento sanitário_x000D_
  com máquina retroescavadeira para a retirada de lixo das manilhas localizadas na Rua Galdino_x000D_
  Gedeão, Bairro São Pedro. A falta de manutenção adequada das manilhas pode levar à obstrução e_x000D_
  ao transbordamento de resíduos, comprometendo a saúde pública e a qualidade de vida dos_x000D_
  moradores. A realização do esgotamento sanitário é fundamental para garantir a limpeza e a_x000D_
  segurança do sistema de drenagem.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1618/codevasf_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1618/codevasf_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja_x000D_
  formulado apelo ao Deputado Federal Augusto Coutinho, solicitando a sua intervenção junto à '_x000D_
  CODEVASF- Companhia de Desenvolvimento dos Vales do São Francisco e do Parnaíba, para_x000D_
  a perfuração de poços artesianos nas comunidades do Sítio Areai II e Sítio Logradouro, em_x000D_
  nosso município.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1620/requerimento_mecanico_para_preservacao_dos_veiculos_da_frota_municipal_de_bezerros-pe_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1620/requerimento_mecanico_para_preservacao_dos_veiculos_da_frota_municipal_de_bezerros-pe_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO: Solicitação de Disponibilização de Mecânico para Preservação dos _x000D_
 Veículos da Frota Municipal de Bezerros-PE</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1622/req_037_-_asfalto_na_estrada_de_serra_negra.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1622/req_037_-_asfalto_na_estrada_de_serra_negra.docx_assinado.pdf</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1623/req_038_-_solicita_da_compesa_boletim_de_medicao_dos_manaciais.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1623/req_038_-_solicita_da_compesa_boletim_de_medicao_dos_manaciais.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a COMPESA que seja divulgado  oficialmente e de forma trimestral os boletins de medições dos mananciais que abastecem o município de Bezerros/PE, através de rádios, blogs, sites, panfletos, redes sociais, pronunciamentos e similares.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1624/req_039_-_demarcacao_do_marco_zero_em_bezerros.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1624/req_039_-_demarcacao_do_marco_zero_em_bezerros.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a demarcação oficial do Marco Zero municipal, de maneira centralizada e através de um monumento visível a todos.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1627/predio_iprebe_diogo_lemos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1627/predio_iprebe_diogo_lemos.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
  que seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO através da qual se apela a chefe do Executivo Municipal, que sejam adotadas as_x000D_
  providências legais e administrativas necessárias para a venda do antigo prédio de vísceras,_x000D_
  atualmente pertencente ao IPREBE e que se encontra em situação de abandono, destinando-se_x000D_
  integralmente os valores arrecadados com a venda à recomposição das contas do Instituto.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1628/coleta_de_animais_diogo_lemos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1628/coleta_de_animais_diogo_lemos.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO ●_x000D_
  através da qual se apela a chefe do Executivo Municipal, juntamente com a Secretaria de Saúde a_x000D_
  adoção de medidas imediatas para a coleta de animais de pequeno porte (cães e gatos) em situação_x000D_
  de rua e a destinação dos mesmos à lares temporários, até que possam ser devidamente adotados ou_x000D_
  encaminhados a abrigos adequados. Casos de agressões e mordidas por parte desses animais tem_x000D_
  sido registrados, colocando em risco a saúde pública, especialmente em crianças e idosos.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1629/30_neoenergia_diogo_lemos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1629/30_neoenergia_diogo_lemos.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
  que seja formulado apelo a Exm^. Sr®. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO através da qual se apela a chefe do Executivo Municipal, que envie a esta Casa_x000D_
  Legislativa projeto de lei dispondo sobre a retenção de 30% (trinta por cento) dos valores repassados_x000D_
  pela empresa Neoenergia ao Município, a fim de que esses recursos sejam destinados diretamente ao_x000D_
  Instituto de Previdência dos Servidores Públicos de Bezerros- IPREBE, como forma de ressarcimento_x000D_
  ou compensação previdenciária.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1630/quebra_molas_residencial_bezerros_ad.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1630/quebra_molas_residencial_bezerros_ad.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm®. Sr®. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que a mesma, juntamente com as Secretarias Competentes, reconstruam_x000D_
  redutores de velocidade (quebra molas) existentes e a construção de novos,nas Vias_x000D_
  principai do Residencial Bezerros. Atendendo a pedidos dos moradores daquela localidade,_x000D_
  que relatam excesso de velocidade por parte de veícuios, colocando em risco à segurança_x000D_
  dos pedestres e dificultando a travessia principalmente para crianças e idosos.</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1631/req_040_-_caixas_de_agua_nos_residenciais_em_bezerros.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1631/req_040_-_caixas_de_agua_nos_residenciais_em_bezerros.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita que sejam instaladas caixas de água comunitárias com pelo menos 10 mil litros de capacidade nos residenciais Bezerros, Jurema e Campestre em nossa cidade.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1632/req_042_-_acessos_secundarios_para_serra_negra.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1632/req_042_-_acessos_secundarios_para_serra_negra.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita que seja feito o levantamento e planejamento necessário para solicitar do Governo de Pernambuco a construção de acessos secundários para Serra Negra, zona rural de Bezerros/PE.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1633/req_041_-_limpeza_canal_do_salgado_28ze_antonio29.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1633/req_041_-_limpeza_canal_do_salgado_28ze_antonio29.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita que seja feita a limpeza e manutenção do popular Canal do Salgado, localizado no bairro Irmã Júlia em Bezerros/PE.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1637/36-requerimento_clinica_oftalmologica_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1637/36-requerimento_clinica_oftalmologica_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a construção de uma clínica pública de TRATAMENTO OFTALMOLÓGICO que detenha atendimento ambulatoriais e acompanhamento especializados com Oftalmologistas e realize atendimentos oftalmológicos em geral (adultos e pediátrico), diagnósticos e tratamento de glaucoma, e outros exames (refração, curva, fotolaser, mapeamento de retina, paquimetria) dentre outras especialidades.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1638/29_-_bicicletas_eletricas.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1638/29_-_bicicletas_eletricas.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino, bem como à Secretaria Municipal de Saúde e ao setor competente, para que seja providenciada a aquisição de bicicletas elétricas como equipamento de apoio às atividades dos Agentes Comunitários de Saúde (ACS) e Agentes de Combate às Endemias (ACE). A medida visa oferecer melhores condições de trabalho a esses profissionais, que percorrem diariamente longas distâncias no atendimento domiciliar e nas ações de vigilância em saúde. O uso de bicicletas elétricas contribuirá para o aumento da produtividade, a redução do desgaste físico e a ampliação da cobertura dos serviços prestados à população, além de representar uma alternativa sustentável e eficiente para os deslocamentos urbanos.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1639/30_-_cursos_profissionalizantes.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1639/30_-_cursos_profissionalizantes.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino, bem como à Secretaria de Desenvolvimento Social, Trabalho e Emprego e demais órgãos competentes, para que sejam implantados cursos profissionalizantes nos distritos de Bezerros. A presente solicitação tem como objetivo promover a qualificação profissional dos moradores dessas localidades, criando oportunidades de emprego e geração de renda, além de contribuir para o desenvolvimento econômico e social dos distritos. A descentralização dessas ações é essencial para garantir acesso igualitário à educação profissional e inclusão produtiva.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1641/requerientro_roberto_dinda_rua_carrvoeiro_manoel_elias_e_rua_da_palmeira.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1641/requerientro_roberto_dinda_rua_carrvoeiro_manoel_elias_e_rua_da_palmeira.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Excelentíssima Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que Vossa Excelência, juntamente com a Secretaria de Infra Estrutura, providencie o calçamento bem como a iluminação completa na Rua transversal, sem nome, que fica entre a Rua Carvoeiro Manoel Elias e Rua da Palmeira e que dá acesso ao bairro Asa Branca em nosso Município.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1642/37-requerimento_reforma_postinho_gameleira_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1642/37-requerimento_reforma_postinho_gameleira_assinado.pdf</t>
   </si>
   <si>
     <t>, a restruturação completa da Unidade básica de saúde (UBS) da _x000D_
 Gameleira com reforma do prédio e aquisição de móveis para o local. Também solicito a _x000D_
 contratação de mais profissionais para atuação no postinho de saúde aumentando a _x000D_
 diversidade de atendimentos para a população local da Gameleira e adjacências.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>Antônio Amorim</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1645/requerimento_secreataria_de_esporte_ze_antonio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1645/requerimento_secreataria_de_esporte_ze_antonio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Excelentíssima Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que Vossa Excelência, juntamente com a Secretaria Municipal de Esportes, possibilite que sejam desenvolvidas e oferecidas atividades recreativas e esportivas voltadas às crianças residentes no Residencial Jurema, utilizando, para isso, a estrutura da quadra de areia localizada na comunidade.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1646/requerimenro_secreataria_de_agricultura_ze_antonio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1646/requerimenro_secreataria_de_agricultura_ze_antonio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Excelentíssima Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que Vossa Excelência, juntamente com a Secretaria Municipal de Agricultura e à Sala do Empreendedor, solicitando que estas promovam, em caráter de urgência, um levantamento e cadastro das microempresas localizadas no município que estejam enfrentando dificuldades no acesso à água._x000D_
 A presente solicitação visa identificar os empreendedores impactados pela escassez ou dificuldade de fornecimento de água, de modo a viabilizar, em conjunto com as referidas secretarias e órgãos competentes, alternativas emergenciais e sustentáveis de apoio, assistência técnica e acesso a políticas públicas, contribuindo assim para a continuidade das atividades dessas empresas e, consequentemente, a preservação dos empregos gerados por elas.</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1648/requerimenro_secreataria_de_agricultura_ze_antonio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1648/requerimenro_secreataria_de_agricultura_ze_antonio.pdf</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1649/requerimento_secreataria_de_esporte_ze_antonio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1649/requerimento_secreataria_de_esporte_ze_antonio.pdf</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1651/requerimento_-_feirinha_do_bairro_sao_sebastiao_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1651/requerimento_-_feirinha_do_bairro_sao_sebastiao_assinado.pdf</t>
   </si>
   <si>
     <t>Ações para reativação e ampliação tradicional FEIRINHA DO BAIRRO SÃO SEBASTIÃO, que acontece nas segundas-feiras na Rua Deoclécio Leão e Av. Presidente Kennedy.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1652/requerimento_-_ampliacao_das_aulas_de_empreendedorismo_e_educacao_financeira_na_rede_municipal_de_ensino_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1652/requerimento_-_ampliacao_das_aulas_de_empreendedorismo_e_educacao_financeira_na_rede_municipal_de_ensino_assinado.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DAS AULAS/CURSOS DE EMPREENDEDORISMO E EDUCAÇÃO FINANCEIRA nas Escolas da Rede Municipal de Ensino, englobando crianças desde a Educação Infantil até o Fundamental II.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1653/requerimento_-_intervencao_na_av_capitao_eulino_de_mendonca_entre_outras_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1653/requerimento_-_intervencao_na_av_capitao_eulino_de_mendonca_entre_outras_assinado.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DAS RUAS DOS BAIRROS SÃO SEBASTIÃO, SÃO PEDRO, CRUZEIRO E CENTRO DANIFICADAS PELO “SERVIÇO” REALIZADO PELA EMPRESA SCAVE em parceria com o Governo do Estado de Pernambuco.</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1658/req_045_-_coberta_e_alambrados_no_jose_de_goes.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1658/req_045_-_coberta_e_alambrados_no_jose_de_goes.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita que seja providenciada a cobertura e instalação de alambrados na quadra poliesportiva da Escola Municipal José de Góes, cuja unidade de ensino já passou por reformas recentemente.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1659/requerimento_-_feira_livre_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1659/requerimento_-_feira_livre_assinado.pdf</t>
   </si>
   <si>
     <t>ORDENAMENTO, REGULARIZAÇÃO E PADRONIZAÇÃO DA FEIRA LIVRE em nosso município.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>Eduardo Lima, Reporter Rinaldo Luiz</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1660/requerimento_-_identificacao_funcinal_para_o_efeitvo_da_gcm_e_debetrans_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1660/requerimento_-_identificacao_funcinal_para_o_efeitvo_da_gcm_e_debetrans_assinado.pdf</t>
   </si>
   <si>
     <t>IDENTIFICAÇÃO FUNCIONAL PARA O EFETIVO DA GCM – GUARDA CIVIL MUNICIPAL E AGENTES MUNICIPAIS DE TRÂNSITO.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1664/estrada_de_varzinha_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1664/estrada_de_varzinha_ze_amaro.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria Requeiro à Mesa, atendendo reivindicações da população deste Município, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm®. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Excia., juntamente com a Secretaria de Infra Estrutura, viabilize a recuperação e nivelamento com a máquina PATROL da estrada do sítio Varzinha. A mesma se encontra em condições precárias, prejudicando a circulação de veículos e a segurança dos usuários.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1665/reparo_de_iluminacao_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1665/reparo_de_iluminacao_ze_amaro.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais_x000D_
  que seja formulado apelo a Exm^ Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que Vossa Excelência juntamente com a Secretaria de Infra Estrutura e_x000D_
  departamento de Iluminação Pública, que sejam tomadas as providências necessárias, com_x000D_
  a máxima urgência, para realização de reparos em um poste de iluminação pública localizado_x000D_
  na pracinha situada após a Igreja Imaculada Conceição.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1666/saneamento_rua_08_ade_motos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1666/saneamento_rua_08_ade_motos.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
  V,Ex^ juntamente com a Secretaria competente realize obras de saneamento básico e calçamento na_x000D_
  Rua Projetada no final da Rua 08, situada no bairro Nossa Senhora Aparecida, em nosso Município.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1667/requerimento_asfaltamento_da_rua_aquilio_bernardo_vieira2c_no_bairro_sao_jose2c_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1667/requerimento_asfaltamento_da_rua_aquilio_bernardo_vieira2c_no_bairro_sao_jose2c_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO: Solicitação de asfaltamento da Rua Aquilio Bernardo Vieira, no _x000D_
 Bairro São José, município de Bezerros-PE. _x000D_
 Excelentíssima Senhora Presidente da Câmara Municipal de Bezerros, _x000D_
 O Vereador Nathan de Demir, no uso de suas atribuições regimentais e com amparo _x000D_
 no Regimento Interno desta Casa Legislativa, vem, respeitosamente, requerer que, após _x000D_
 a devida aprovação pelo Plenário, seja encaminhado ofício à Excelentíssima Senhora _x000D_
 Prefeita Municipal e à Secretaria Municipal de Infraestrutura, solicitando a realização da _x000D_
 pavimentação asfáltica da Rua Aquilio Bernardo Vieira, localizada no Bairro São José, _x000D_
 município de Bezerros-PE.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1668/38-requerimento_casa_da_gestante_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1668/38-requerimento_casa_da_gestante_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprindo todas as formalidades regimentais, solicito a criação da Casa da Gestante. Que este ambiente seja um importante centro de apoio para as que as mães possam ter um acompanhamento intensivo para evitar problemas durante o período de gravidez e que este centro ofereça atendimento médico de obstetras, enfermeiras, técnicos de enfermagem, assistentes sociais, nutricionistas, terapeutas ocupacionais, psicólogos, psicopedagogos, dentre outras especialidades que contribuam com o bem estar da gestante. Que esta estrutura também possa ser um ambiente acolhedor com atividades como cursos, palestras, oficinas de arte e cultura, palestras sobre parto humanizado e outros assuntos que são tao importantes durante o período de gestação.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1669/32_-_instalacao_fraldario_sao_joao.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1669/32_-_instalacao_fraldario_sao_joao.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino, solicitando que, nas instalações destinadas às festividades do São João na Serra Negra, seja incluída a estrutura de um fraldário, para oferecer suporte adequado aos pais e responsáveis que estiverem acompanhados de crianças pequenas._x000D_
 Justificativa: As festividades juninas da Serra Negra são um dos principais eventos do calendário cultural do município, atraindo grande público, inclusive famílias com bebês e crianças de colo. No entanto, a ausência de um espaço apropriado para a troca de fraldas e cuidados com os pequenos representa um desafio para os pais, que muitas vezes precisam improvisar em condições inadequadas. A instalação de um fraldário trará mais conforto, dignidade e segurança às famílias, além de demonstrar sensibilidade e atenção da gestão pública com a inclusão e o bem-estar de todos os participantes do evento._x000D_
 Sugere-se que o espaço seja devidamente sinalizado, seguro, higienizado e equipado com trocador, pia com água corrente, lixeira e produtos básicos de higiene, se possível.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1670/31_-_mapa_turistico_na_serra_negra.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1670/31_-_mapa_turistico_na_serra_negra.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino, solicitando a instalação de um mapa turístico na região da Serra Negra, importante ponto ecológico, histórico e cultural do nosso município. A instalação de um mapa turístico contribuirá de forma significativa para: Melhorar a sinalização e a orientação dos visitantes; Valorizar os atrativos naturais, históricos e culturais da região; Promover o turismo sustentável e consciente; Reforçar a segurança dos frequentadores; Estimular o comércio e fortalecer a economia local. Sugere-se que o mapa contenha informações sobre trilhas, mirantes, pontos históricos, regras de visitação, contatos de emergência e orientações ambientais,Informações sobre restaurantes locais, incluindo nomes e telefones para contato, visando facilitar o acesso dos visitantes à gastronomia regional e incentivar o consumo nos estabelecimentos da área. Destaca-se ainda que, com a aproximação das festividades da Serra Negra, que atraem um grande fluxo de visitantes, a instalação do mapa se torna ainda mais urgente e necessária, garantindo melhor acolhimento, segurança e organização para todos os frequentadores do local.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1671/33_-_horta_nas_creches.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1671/33_-_horta_nas_creches.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino, solicitando a implantação de hortas de verduras nas creches da rede municipal._x000D_
 Justificativa: A criação de hortas de verduras nas creches contribui para a educação alimentar, o aprendizado prático e o desenvolvimento motor e sensorial das crianças, especialmente daquelas com Transtorno do Espectro Autista (TEA). O contato com a terra, as plantas e os alimentos ajuda na inclusão social, estimula o consumo saudável e reduz a seletividade alimentar, além de promover maior vínculo com o meio ambiente e os cuidados com a natureza desde a infância.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1672/39-requerimento_monde_de_junco_e_sapucarana_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1672/39-requerimento_monde_de_junco_e_sapucarana_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprindo as formalidades regimentais e atendendo a pedidos da população, requeiro a realização em caráter de urgência a terraplanagem nas estradas da Zona Rural de Mondé de Junco.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1673/26052025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1673/26052025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Excelentíssima (Exame Sr^, Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO juntamente com a Secretaria Municipal de Educação, , que Vossa Excelência, possibilite a possibilite realização de AULÕES GRATUITOS PREPARATÓRIOS PARA O ENEM Nacional do Ensino Médio), voltados aos alunos da rede pública de ensino do município.</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1674/26052025_camara_municipal_de_bezerros_002.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1674/26052025_camara_municipal_de_bezerros_002.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Excelentíssima Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que Vossa Excelência juntamente com a secretaria Municipal de Turismo, que seja_x000D_
  feita a colocação de bandeiras juninas nas principais ruas do centro comercial de Bezerros, bem como,_x000D_
  possível, a apresentação de um trio pé de serra nos dias que antecedem o Ciclo Junino, tendo em_x000D_
  vista que o município de Bezerros é amplamente reconhecido por sua cultura, tradições e,_x000D_
  especialmente, pelas festividades juninas que movimentam a cidade e atraem visitantes de diversas_x000D_
  regiões. A decoração típica e a presença de manifestações culturais como o forró pé de serra são_x000D_
  fundamentais para manter viva essa identidade e aquecer o comércio local.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1682/farmacia_do_estado_em_bezerros_ade.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1682/farmacia_do_estado_em_bezerros_ade.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Excelentíssima Senhora Governadora do Estado de Pernambuco, Sr^ RAQUEL_x000D_
  LYRA, bem como à Secretaria Estadual de Saúde, solicitando a implantação de um ponto da Farmácia_x000D_
  do Estado em nosso município, tendo em vista que, atualmente, os pacientes do nosso município que_x000D_
  necessitam de medicamentos disponibilizados pela Farmácia do Estado precisam se deslocar até a_x000D_
  cidade de Caruaru, o que gera inúmeros transtornos, principalmente para aqueles que enfrentam_x000D_
  condições de saúde delicadas, dificuldades financeiras e limitações de transporte.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>Reporter Rinaldo Luiz, Vando da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1683/req_048_-_locar_veiculo_para_o_cci_em_bezerros.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1683/req_048_-_locar_veiculo_para_o_cci_em_bezerros.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita que através da Secretaria de Cidadania, em caráter emergencial, seja locado um veículo coletivo apropriado para o transporte dos usuários do Centro de Convivência do Idoso (CCI) e Serviço de Convivência e Fortalecimento de Vínculos (SCFV) em Bezerros/PE.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1685/req_047_-_ampliacao_horario_banheiros_publicos_em_bezerros.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1685/req_047_-_ampliacao_horario_banheiros_publicos_em_bezerros.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita que seja ajustado e ampliado o horário de funcionamento dos banheiros públicos da cidade.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1686/requerimento_-_trilhas_ecologicas_na_serra_negra_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1686/requerimento_-_trilhas_ecologicas_na_serra_negra_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a sinalização das existentes e criação de novas TRILHAS ECOLÓGICAS E ÁREAS DE EDUCAÇÃO AMBIENTAL EM SERRA NEGRA, visando expandir o potencial turístico e ambiental da região de Serra Negra para promover educação ambiental nas escolas, turismo sustentável e geração de renda local.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1687/requerimento_-_centro_de_logistica_reversa_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1687/requerimento_-_centro_de_logistica_reversa_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a criação e instalação de um CENTRO DE LOGÍSTICA REVERSA MUNICIPAL, visando o descarte correto de resíduos que não podem ir para o lixo comum: pilhas, pneus, eletrônicos, vidro, baterias, óleos, entre outros.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1688/requerimento_-_programa_municipal_de_arborizacao_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1688/requerimento_-_programa_municipal_de_arborizacao_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a criação e instalação de um PROGRAMA MUNICIPAL DE ARBORIZAÇÃO URBANA, visando promover o plantio de árvores nativas nas vias públicas, praças, escolas e áreas degradadas, contribuindo para o microclima local, melhoria da qualidade do ar e embelezamento da cidade.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1690/40-requerimento_hemo_nucleo_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1690/40-requerimento_hemo_nucleo_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprindo todas as formalidades regimentais, Requeiro um estudo para viabilizar a construção de um HEMONUCLEO para banco de sangue.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>Natan do Projeto, Nathan de Demir</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1691/42-requerimento_vale_do_pajeu_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1691/42-requerimento_vale_do_pajeu_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a inclusão da avenida do loteamento que liga o santo Amaro 2 com a faculdade Vale do Pajeú no controle da Secretaria de infraestrutura, promovendo reparos na via e iluminação adequada visando a segurança dos estudantes. Ao mesmo tempo também solicito ao poder executivo, em consonância com a Secretaria de Educação Municipal, a disponibilidade de um ônibus aos estudantes para a faculdade Vale do Pajeú, tendo em _x000D_
 vista a aprovação do Programa Vai Longe no município.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1692/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1692/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
  que seja formulado apelo a Excelentíssima Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que Vossa Excelência, juntamente com à Secretária Municipal de Cidadania, viabilize_x000D_
  a concessão de um espaço físico adequado para acolher andarilhos e pessoas em situação de rua,_x000D_
  especialmente aqueles que são naturais do município e atualmente ocupam praças e locais públicos._x000D_
  A medida visa oferecer dignidade e cuidado humanizado, por meio de um trabalho_x000D_
  conjunto com a Secretaria de Saúde, envolvendo psicólogos, assistentes sociais e agentes de saúde</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1693/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1693/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a_x000D_
  Excelentíssima Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que Vossa Excelência, juntamente com à Secretária Municipal de Turismo, viabilize a_x000D_
  retomada das aulas de acordeon (sanfona) no município, especialmente nos projetos culturais_x000D_
  mantidos pela gestão pública. O instrumento, símbolo da cultura nordestina e de expressiva_x000D_
  importância para a música popular brasileira, conta com um grande número de músicos na região e a _x000D_
  continuidade desse conhecimento depende diretamente do incentivo à formação de novos sanfoneiros._x000D_
  Assim, solicitamos a sensibilidade da Prefeita e da Secretária de Turismo para que sejam retomadas,_x000D_
  com urgência, as oficinas e atividades formativas voltadas ao ensino do acordeon, especialmente no_x000D_
  contexto das ações culturais do município.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1694/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_002.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1694/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_002.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e cumpridas_x000D_
  todas as formalidades regimentais, que seja formulado apelo a Exm®. Sr^. Prefeita deste Município,_x000D_
  MARIA LUCIELLE SILVA LAURENTINO, que V,Ex®, juntamente com Secretária de Infraestrutura,_x000D_
  viabilize a execução de obras e serviços públicos em nosso município, visando melhorar a_x000D_
  infraestrutura e a qualidade de vida dos moradores. As solicitações são as seguintes:_x000D_
  1._x000D_
  Construção de passagem molhada que liga a Rua Taumaturgo Sobrinho à Rua_x000D_
  Romualdo Abade, Martins Abade e Rua São Lucas.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1695/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1695/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais, que_x000D_
  seja solicitado a Prefeita do Município, Exm^. Sr^. MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
  V.Ex^, juntamente com a Secretaria de Turismo viabilize a inclusão da contratação de grupos de_x000D_
  tecladistas locais nas programações dos eventos oficiais realizados pela Prefeitura Municipal de_x000D_
  Bezerros.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1696/02062025_camara_municipal_de_bezerros_casa_jose_francisco_d_oli.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1696/02062025_camara_municipal_de_bezerros_casa_jose_francisco_d_oli.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais seja solicitado a Prefeita do Município, Exm^ V Sr^ MARIA LUCIELLE SILVA LAURENTINO, .Ex^ juntamente com as Secretarias competentes viabilize a reforma da quadra poliesportiva DA Escola Municipal Desembargador Felismino localizada em nosso Município.</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1697/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1697/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, atendendo reivindicações da população deste Município, ouvido o_x000D_
  Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr^._x000D_
  Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Excia., juntamente com a_x000D_
  Secretaria competente viabilize a aquisição e distribuição de fardamento adequado aos funcionários_x000D_
  que atuam nos cemitérios públicos do nosso município. Esses servidores exercem um trabalho_x000D_
  essencial e muitas vezes invisível à população, lidando com atividades que exigem esforço físico,_x000D_
  exposição ao sol, à chuva, à poeira e demais fatores ambientais. A falta de uniforme padronizado e_x000D_
  apropriado compromete não apenas a segurança e o bem-estar desses profissionais, como também a_x000D_
  imagem e organização dos serviços públicos.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1698/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1698/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Excelentíssima Sr^. Prefeita deste Município_x000D_
 MARIA LUCIELLE SILVA LAURENTINO, que Vossa Excelência, juntamente com as Secretarias competentes, viabilize a_x000D_
  instalação de sinalização adequada com placas indicativas ao longo das principais vias de acesso ao_x000D_
  Distrito de Serra Negra. A presente solicitação tem como objetivo corrigir as dificuldades enfrentadas_x000D_
  por turistas e visitantes, que frequentemente são mal direcionados por aplicativos de GPS a locais_x000D_
  errados, causando transtornos, perda de tempo e insatisfação entre aqueles que se dirigem ao Polo_x000D_
  Cultural da Serra Negra, ponto turístico e histórico de grande relevância para o município._x000D_
  Diante disso, solicito especial atenção por parte da Administração Municipal para que sejam_x000D_
  providenciadas placas de sinalização em locais estratégicos, com informações claras e objetivas,_x000D_
  garantindo o correto direcionamento ao Distrito de Serra Negra.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1699/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_004.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1699/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_004.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Excelentíssima Sr®. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que Vossa Excelência, juntamente com a Secretaria competente tenha uma maior_x000D_
  atenção quanto à presença de animais soltos na estrada do Distrito de Serra Negra, com ações de_x000D_
  fiscalização intensificadas e apreensão, se necessário, conforme previsto na legislação vigente._x000D_
  Tal solicitação se justifica diante da grande quantidade de animais soltos nas vias daquela_x000D_
  localidade, o que tem representado um sério risco à segurança de motoristas, motociclistas e até_x000D_
  mesmo pedestres que trafegam pela região. Ressaltamos que, com a proximidade das festas juninas,_x000D_
  é esperado um aumento significativo na circulação de pessoas e veículos, o que torna ainda mais_x000D_
  urgente uma ação efetiva do poder público para evitar acidentes e preservar vidas.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1700/36_-_quadra_sitio_dos_remedios.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1700/36_-_quadra_sitio_dos_remedios.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva Laurentino, que V. Exª, juntamente com a Secretaria de Obras e Infraestrutura, seja solicitando a construção de uma quadra poliesportiva na comunidade do Sítio dos Remédios._x000D_
 JUSTIFICATIVA: A comunidade do Sítio dos Remédios carece de um espaço adequado para a prática esportiva e realização de atividades recreativas e culturais. A construção de uma quadra poliesportiva atenderá à demanda de crianças, adolescentes e adultos da localidade, promovendo saúde, lazer, socialização e inclusão. Além de incentivar a prática de esportes e melhorar a qualidade de vida dos moradores, a quadra poderá ser utilizada para eventos comunitários e ações educativas, contribuindo para o fortalecimento da convivência social e o desenvolvimento da juventude. Diante disso, solicito atenção especial a este pleito, que representa um investimento importante para o bem-estar e a valorização da população do Sítio dos Remédios.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1701/34_-_ouvidoria_camara.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1701/34_-_ouvidoria_camara.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo ao Excelentíssimo Senhor Presidente da Câmara Municipal de Bezerros, o Vereador que este subscreve, no uso de suas atribuições legais e regimentais, requer, após ouvido o Plenário, que seja encaminhado à Mesa Diretora a seguinte proposição: Criação de uma Ouvidoria na Câmara Municipal de Bezerros - PE._x000D_
 Justificativa: A criação de uma ouvidoria na Câmara Municipal visa ampliar a transparência e fortalecer a comunicação entre o Poder Legislativo e a população. A ouvidoria funcionará como um canal oficial para que os cidadãos possam registrar sugestões, solicitações, reclamações e demais manifestações relativas ao trabalho parlamentar, de forma organizada e acessível._x000D_
 Com isso, será possível facilitar o encaminhamento das demandas da população e garantir que sejam devidamente analisadas e respondidas. A proposta contribui significativamente para a modernização da comunicação institucional e para o fortalecimento da participação cidadã. Sugere-se ainda que, caso o vereador deseje, poderá autorizar o repasse do contato do cidadão à sua equipe, por meio da ouvidoria, a fim de viabilizar o atendimento direto da demanda.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1702/34_-_whatssap_na_ouvidoria.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1702/34_-_whatssap_na_ouvidoria.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo ao Excelentíssimo Senhor Presidente da Câmara Municipal de Bezerros, o Vereador que este subscreve, no uso de suas atribuições legais e regimentais, requer, após ouvido o Plenário, que seja encaminhado à Mesa Diretora a seguinte proposição: Solicita a criação de um número oficial de WhatsApp da Ouvidoria da Câmara Municipal, com o objetivo de facilitar a comunicação entre a população e o Poder Legislativo._x000D_
 JUSTIFICATIVA: A criação de um canal oficial de WhatsApp para a Ouvidoria da Câmara Municipal tem como finalidade promover maior transparência nas ações legislativas, facilitar o recebimento de demandas, sugestões, denúncias e reclamações dos cidadãos, e modernizar a comunicação entre a comunidade e o Poder Legislativo, utilizando uma ferramenta acessível e amplamente usada pela população._x000D_
 Dentre os benefícios, destacam-se:_x000D_
 A ampliação da transparência das atividades parlamentares;_x000D_
 O recebimento direto de feedback da população sobre os serviços e ações da Câmara;_x000D_
 A criação de um canal moderno, prático e acessível de comunicação;_x000D_
 O fortalecimento da participação cidadã na fiscalização e melhoria dos serviços legislativos._x000D_
 De forma prática e organizada, os cidadãos poderão enviar mensagens diretamente ao número oficial da Ouvidoria. O atendimento será feito por servidores da Câmara, com encaminhamento das demandas aos setores ou vereadores competentes, de forma respeitosa, eficiente e dentro das normas de funcionamento da instituição. Sugere-se que o canal siga regras claras de atendimento, com respeito entre os participantes, acolhimento adequado das mensagens recebidas e proibição de conteúdos ofensivos.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1704/req_050_-_operacao_limpeza_no_residencial_bezerros.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1704/req_050_-_operacao_limpeza_no_residencial_bezerros.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada uma força-tarefa para limpeza do Residencial Bezerros.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1705/req_051_-_producao_de_bandeiras_de_bezerros_para_orgaos_municipais.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1705/req_051_-_producao_de_bandeiras_de_bezerros_para_orgaos_municipais.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita que sejam produzidas bandeiras padronizadas do município de Bezerros e distribuídas nos órgãos municipais, instituições, associações, grupos esportivos, musicais e culturais, etc;</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>Reporter Rinaldo Luiz, Nathan de Demir</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1706/req_052_-_construcao_de_quebra-molas_na_estrada_de_serra_negra.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1706/req_052_-_construcao_de_quebra-molas_na_estrada_de_serra_negra.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita que seja providenciado a construção de quebra-molas na estrada que dá acesso a Serra Negra e adjacências.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1707/39_-_programa_municipal_anti-tabagismo.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1707/39_-_programa_municipal_anti-tabagismo.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva Laurentino, que V. Exª, juntamente com a Secretaria de Saúde , no sentido de que seja implantado um Programa Municipal Anti-Tabagismo, com ações voltadas à redução do número de fumantes na cidade. Objetivo Geral: Reduzir o índice de tabagismo no município, promovendo melhor qualidade de vida, prevenção de doenças e conscientização da população sobre os riscos do cigarro e de outros produtos derivados do tabaco. Sugestões de ações para o programa: Campanhas educativas em escolas, unidades de saúde e espaços públicos; Oferecimento de apoio psicológico e médico para quem deseja parar de fumar; Realização de palestras, rodas de conversa e distribuição de material informativo; Celebração anual do Dia Mundial Sem Tabaco, com ações de conscientização em todo o município.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1708/38_-_instalacoes_de_totens_nas_ubs.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1708/38_-_instalacoes_de_totens_nas_ubs.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva Laurentino, que V. Exª, juntamente com a Secretaria de Saúde , no sentido de que seja avaliada a instalação de totens de autoatendimento em todas as Unidades Básicas de Saúde (UBS) do município. JUSTIFICATIVA: A implantação de totens de autoatendimento nas UBS representa um avanço significativo para a saúde pública municipal, promovendo mais agilidade, autonomia e organização no atendimento à população.Com os totens, os próprios usuários poderão realizar ações simples como agendamento de consultas, verificação de exames, confirmação de horários, retirada de fichas, entre outras funcionalidades, sem necessidade de enfrentar filas ou depender exclusivamente do atendimento presencial. Além disso, propõe-se que, em cada unidade de saúde, um colaborador esteja disponível para orientar os usuários no uso do equipamento, garantindo acessibilidade para todos, inclusive idosos e pessoas com pouca familiaridade com tecnologia. A medida visa trazer celeridade, eficiência e modernização do serviço público, reduzindo o tempo de espera, melhorando o fluxo interno das unidades e elevando a qualidade do atendimento oferecido.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1709/37_-_semana_da_educacao_financeira.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1709/37_-_semana_da_educacao_financeira.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva Laurentino, que V. Exª, juntamente com a Secretaria de Educação ,  para que seja criada, no calendário escolar da rede municipal, a Semana de Educação Financeira, a ser realizada anualmente nas escolas do município. Promover, de forma contínua, o desenvolvimento da consciência financeira entre os alunos da rede municipal, por meio de palestras, oficinas e atividades educativas que incentivem o consumo responsável, o planejamento, a poupança e a boa gestão do dinheiro. Justificativa: A Educação Financeira é fundamental para a formação de cidadãos mais preparados, críticos e conscientes. Desde a infância, pode ajudar a prevenir o endividamento futuro, fortalecer a autonomia dos estudantes e aproximar a escola da realidade vivida pelas famílias. A proposta visa: Incentivar hábitos saudáveis de consumo desde cedo; Contribuir para a formação de consumidores mais conscientes; Prevenir problemas financeiros futuros; Promover a integração entre escola, família e comunidade; A Semana de Educação Financeira poderá contar com a colaboração de educadores, instituições financeiras e organizações sociais, garantindo ações práticas e acessíveis à realidade local.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1713/41-requerimento_melhorias_da_avenida_do_ete_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1713/41-requerimento_melhorias_da_avenida_do_ete_assinado.pdf</t>
   </si>
   <si>
     <t>Realização de melhorias efetivas na Avenida José Mendonça no bairro Santo Amaro, principal acesso a ETE José Maria de Vasconcelos, parque poliesportivo e local que será instalado o IFPE. Que esta melhoria seja realizada após a pavimentação do local e que a via possa ser contemplada _x000D_
 com construção de locais para convívio social, pontos de segurança e pontos para transporte de estudantes e familiares, bem como iluminação adequada. Também solicito que na via seja construída uma praça para práticas de exercícios físicos e instalação de quiosques para comércio e gastronomia visando a inclusão da comunidade local do bairro.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1715/requerimento_28_rogerio_pdf_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1715/requerimento_28_rogerio_pdf_assinado.pdf</t>
   </si>
   <si>
     <t>Atendendo a solicitações da população, requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Ex.ª. Sr.ª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO e juntamente com as Secretarias competentes, que seja instalada uma lombada na via local em frente a Creche Municipal Vovó Rufina de Menezes, localiza na Rua Plácido Correia Lima, S/N, no Bairro de Encruzilhada de São João, pois a via em questão possui intenso fluxo de veículos, inclusive em alta velocidade, o que representa risco à segurança das crianças, pais, professores e funcionários que circulam diariamente no local. _x000D_
 Diante do exposto, e considerando a necessidade de proteção à vida e à integridade física da comunidade escolar, requeremos a urgente instalação de uma lombada no local, bem como a possível sinalização vertical (placas de alerta) para maior eficácia.  _x000D_
 _x000D_
 _x000D_
 OUTRAS JUSTIFICATIVAS EM PLENÁRIO_x000D_
 _x000D_
 _x000D_
 Câmara Municipal dos Bezerros, 09 de junho de 2025.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1716/reiteracao_do_requerimento_rua_padre_cicero_lindineide_tatai.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1716/reiteracao_do_requerimento_rua_padre_cicero_lindineide_tatai.pdf</t>
   </si>
   <si>
     <t>Reiterando o V. requerimento anteriormente apresentado pelo Vereador Vando, Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm®. Sr®. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, juntamente com a Secretaria competente, que providencie, com a máxima urgência, a reposição do calçamento da Rua Padre Cícero, localizada no Bairro do Retiro, nas proximidades do retorno do ferro velho de Otoniel e da Casa do Plantio. Destaco a necessidade de antes da realização do calçamento definitivo, seja feito um serviço paliativo visando melhorar temporariamente as condições de tráfego e minimizar os com colocação de piçarro transtornos enfrentados pelos moradores da referida localidade</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1717/campo_do_retiro_vando_da_saude.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1717/campo_do_retiro_vando_da_saude.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e_x000D_
  cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm®. Sr®. Prefeita_x000D_
  deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade,_x000D_
  juntamente com a Secretaria competente, possibilite a construção e instalação de um Campo_x000D_
  de Futebol no bairro do Retiro em nosso Município, uma vez que aquela comunidade é carente_x000D_
  de espaços para a prática de atividades físicas. Destaco, ainda, que a realização de esportes_x000D_
  colabora para o bem-estar e saúde da população, e tem por objetivo ter jogos de campeonato_x000D_
  no próprio Bairro evitando o time do Bairro sair pra jogar em outras cidades. Além de ativar a_x000D_
  escolinha de futebol.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1718/exaames_novos_no_laboratorio_vando_da_saude.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1718/exaames_novos_no_laboratorio_vando_da_saude.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro à Mesa, ouvido o Plenário e_x000D_
  cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm®. Sr^. Prefeita_x000D_
  deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente_x000D_
  com a Secretária de Saúde de nosso Município, viabilize para que o laboratório Municipal faça_x000D_
  todos os seguintes exames: TSH, T3,T4, ionograma, Na, K, toxoplasmose, rubéola,_x000D_
  citomegalovírus, coobs direito e indireto, tendo em vista que é de grande importância para a_x000D_
  população, e especialmente necessários para mulheres gestantes, solicito ainda que seja_x000D_
  estudada a possibilidade de aquisição das maquinas laboratoriais, uma vez que, adquiridas,_x000D_
  vão trazer economia para o município, e não será preciso alugar de terceiros, e que inclua nos_x000D_
  exames realizados em nosso Município o exame de eletroencefalograma e contratação de_x000D_
  médico gastro.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1720/sementeira_municipal_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1720/sementeira_municipal_vando.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro á Mesa, ouvido o Plenário e cumpridas_x000D_
  todas as formalidades regimentais, que seja formulado apelo a Exm®. Sr®. Prefeita deste Município,_x000D_
  MARIA LUCIELLE SILVA LAURENTINO, que V,Ex^, juntamente com Secretária de Agricultura,_x000D_
  viabilize a implantação de uma sementeira municipal com o objetivo de produzir mudas de árvores_x000D_
  nativas, ornamentais e espécies de flores, como jasmim, rosas e demais variedades adequadas ao_x000D_
  clima e solo do nosso município. A implantação da sementeira representa um investimento sustentável_x000D_
  e educativo, com benefícios diretos à qualidade de vida da população e ao meio ambiente.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1722/requeirimento_escoamento_do_centro_roberto_dinda.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1722/requeirimento_escoamento_do_centro_roberto_dinda.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Excelentíssima Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que Vossa Excelência, determine, com urgência, a realização de manutenção nas_x000D_
  grades de ferro (calhas) localizadas no bueiro de escoamento de água da Praça Duque de Caxias.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1723/multirao_de_limpeza_diogo_lemos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1723/multirao_de_limpeza_diogo_lemos.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
  que seja formulado apelo a Exm^ Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO através da qual se apela a chefe do Executivo Municipal, que sejam adotadas_x000D_
  providências urgentes da municipalidade no combate à proliferação do mosquito Aedes aegypti,_x000D_
  transmissor da Dengue, Zika e Chikungunya, especialmente nos bairros sem a infraestrutura adequada_x000D_
  de saneamento, onde têm sido relatados diversos casos suspeitos e confirmados da doença. É notório_x000D_
  0 aumento expressivo de focos do mosquito na região, agravado pela presença de terrenos baldios,_x000D_
  acúmulo de lixo, recipientes com água parada e ausência de ações regulares de vigilância e_x000D_
  conscientização por parte do poder público.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1725/adicionais_noturno_e_insalubridades_guarda_municipal_emanuel.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1725/adicionais_noturno_e_insalubridades_guarda_municipal_emanuel.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais QUE_x000D_
  seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO_x000D_
  para que V.Ex^ estude a possibilidade de pagamento do adicional de salubridade e do adicional noturno_x000D_
  aos integrantes da Guarda Municipal de nosso Município, tendo em vista as condições específicas de_x000D_
  trabalho às quais esses profissionais estão submetidos. É de conhecimento público que a Guarda_x000D_
  Municipal atua diariamente na segurança do patrimônio público e na proteção da população, inclusive_x000D_
  em turnos noturnos. Muitos servidores exercem suas funções durante a madrugada, enfrentando_x000D_
  riscos, intempéries e, em alguns casos, conduzindo viaturas em rondas noturnas, o que aumenta a_x000D_
  complexidade e a responsabilidade do serviço.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1726/43-requerimento_trafego_seguro_br_232_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1726/43-requerimento_trafego_seguro_br_232_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprindo todas as formalidades regimentais, Requeiro o desenvolvimento de um plano de engenharia de tráfego para às vias locais da BR-232 em Bezerros e seus respectivos acessos aos bairros, garantido melhorias na mobilidade e segurança no trânsito.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1727/req_051_-_banheiros_serra_negra.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1727/req_051_-_banheiros_serra_negra.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita que sejam demolidos e reconstruídos, em lugar melhor planejado, os banheiros públicos do Polo Cultural da Serra Negra, zona rural de Bezerros/PE.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1731/req_053_-_sinalizacao_e_redutores_de_velocidade_na_via_local_em_bezerros.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1731/req_053_-_sinalizacao_e_redutores_de_velocidade_na_via_local_em_bezerros.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado o serviço completo de sinalização e a implementação de redutores de velocidade nas vias locais que estão em processo de recapeamento na cidade de Bezerros/PE.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1732/40_-_reforco_escolar.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1732/40_-_reforco_escolar.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Exmª. Srª. Prefeita deste Município, Maria Lucielle Silva Laurentino, que V. Exª, juntamente com a Secretaria de Educação ,  no sentido de que seja implantado um programa de reforço escolar no contraturno para os alunos da rede municipal de ensino.A proposta tem como objetivo fortalecer a aprendizagem dos estudantes que apresentam dificuldades em sala de aula, oferecendo aulas de reforço no turno oposto ao regular. A iniciativa contribuirá para melhorar o desempenho escolar, reduzir a evasão e garantir mais apoio pedagógico nas áreas de maior defasagem, como leitura, escrita e matemática. Essa medida visa proporcionar igualdade de oportunidades, garantindo que todos os alunos possam acompanhar o conteúdo e se desenvolver plenamente no ambiente escolar.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1733/41_-_levantamento_das_numeracoes_dos_postes.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1733/41_-_levantamento_das_numeracoes_dos_postes.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, em conjunto com a Secretaria de Obras e Infraestrutura, seja realizado um levantamento dos postes de iluminação pública que se encontram sem identificação numérica ou com a numeração apagada em toda a cidade, com atenção especial ao Loteamento Santana.Ressalte-se que moradores têm enfrentado dificuldades para solicitar reparos na iluminação pública, especialmente no referido loteamento, onde diversos postes estão sem numeração visível. Essa ausência de identificação inviabiliza a solicitação de manutenção junto à Secretaria competente, uma vez que a numeração do poste é exigida para o atendimento. Diante do exposto, solicita-se a imediata pintura e/ou substituição da numeração nos postes sem identificação, a fim de garantir maior agilidade e eficiência no atendimento às demandas da população.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1734/42_-_lavanderia_publica.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1734/42_-_lavanderia_publica.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, juntamente com à Secretaria de Assistência Social, no sentido de que seja implantada uma lavanderia pública comunitária no município. A implantação de uma lavanderia pública tem como objetivo atender famílias em situação de vulnerabilidade social, especialmente aquelas que não possuem acesso a água tratada, máquina de lavar ou espaço adequado para higienização de roupas. O equipamento pode funcionar em parceria com programas sociais já existentes e oferecer estrutura com tanques, máquinas, sabão, área de secagem e apoio de servidores, promovendo higiene, dignidade e economia para os usuários. Além de beneficiar diretamente moradores de comunidades carentes, a medida pode ser um importante apoio para pessoas em situação de rua, idosos sozinhos ou famílias com grande número de crianças.Trata-se de uma ação de impacto social direto, que promove cidadania e qualidade de vida.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1735/peixe_gratis_semana_santa_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1735/peixe_gratis_semana_santa_vando.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
  que seja formulado apelo a Exm^ Sr“. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que sejam adotadas as providências necessárias para que a Lei Municipal que institui_x000D_
  a distribuição gratuita de peixe na Semana Santa seja devidamente executada, beneficiando assim as_x000D_
  famílias em situação de vulnerabilidade social em nosso município.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1736/requerimento_placa_av_airton_wellington_de_andrade_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1736/requerimento_placa_av_airton_wellington_de_andrade_assinado.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicita à Prefeitura Municipal de Bezerros, por meio da Secretaria _x000D_
 competente, a instalação de placa de identificação com o nome Av. Airton Wellington de _x000D_
 Andrade, no Parque Industrial. _x000D_
 _x000D_
 Requeiro, nos termos regimentais, após ouvido o plenário, que seja oficiado à _x000D_
 Prefeitura Municipal de Bezerros, por meio da Secretaria de Infraestrutura e Urbanismo, _x000D_
 para que providencie, com urgência, a instalação de uma placa de sinalização com o _x000D_
 nome “Av. Airton Wellington de Andrade”, no trecho que compreende a entrada do _x000D_
 Parque Industrial, onde estão localizados a EREM, a EBAVES Indústria, e o Matadouro _x000D_
 Público._x000D_
 _x000D_
 A solicitação tem como base a inexistência de qualquer tipo de sinalização com o _x000D_
 nome da referida via, o que vem gerando transtornos a moradores, empresas, _x000D_
 entregadores e visitantes que transitam pelo local. Cabe destacar que o nome Av. Airton _x000D_
 Wellington de Andrade já consta nos registros oficiais da Prefeitura, sendo, inclusive, _x000D_
 reconhecido formalmente como endereço por diversas empresas e órgãos públicos. _x000D_
 Essa medida visa promover a correta identificação da via, contribuir com a _x000D_
 organização urbana e facilitar a localização dos estabelecimentos presentes na região</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1737/limpeza_do_parque_esportivo_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1737/limpeza_do_parque_esportivo_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Excelentíssima Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que Vossa Excelência, viabilize a realização de manutenção e melhorias no Parque_x000D_
  de Lazer e Esportes, localizado em nosso município, considerando sua grande importância para os_x000D_
  desportistas e para a realização de eventos com a comunidade, ressaltamos ainda, que tanto a quadra_x000D_
  quanto o mini campo são utilizados ativamente por atletas, jovens e pela comunidade em geral, sendo_x000D_
  locais de promoção do esporte, lazer e convivência social.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1738/escoamento_galdino_gedeao_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1738/escoamento_galdino_gedeao_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Excelentíssima Sr®. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que Vossa Excelência, juntamente com a secretaria de infraestrutura tome as_x000D_
  providências urgentes quanto à situação de escoamento e esgoto na Rua Galdino Gedeão, via que_x000D_
  dá acesso à Rua Santa Cruz.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1739/lista_de_espera_mercado_barra_branca_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1739/lista_de_espera_mercado_barra_branca_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro á Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apeio a Excelentíssima Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que Vossa Excelência, juntamente com a Sala do Empreendedor realize uma ampla_x000D_
  divulgação por parte de informações de contato — como telefone ou e-mail — para que interessados_x000D_
  possam se cadastrarem uma lista de espera para ocupação de boxes no Mercado Barra Branca  caso_x000D_
  ocorra desistência por parte de algum permissionário.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1740/45-requerimento_circuito_de_corridas_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1740/45-requerimento_circuito_de_corridas_assinado.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DE UM CIRCUITO DE CORRIDAS ANUAL DAS ESTAÇÕES considerando as estações do ano, datas institucionais importantes como também os grandes eventos culturais, fomentando os atletas bezerrenses que tem se destacado por todo o Brasil na modalidade. Que este circuito de corridas também possa viabilizar premiações para devida valorização e motivação à prática esportiva.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1741/dedetizacao_acougue_publico_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1741/dedetizacao_acougue_publico_ze_amaro.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa. atendendo reivindicações da população deste Município, ouvido o_x000D_
  Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm®. Sr^._x000D_
  Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Excia., juntamente com a_x000D_
  Secretaria competente, viabilize a imediata dedetização do Açougue Público Municipal, tendo em vista_x000D_
  denúncias e constatações de presença de baratas oriundas dos esgotos ao redor do local, as quais_x000D_
  estão invadindo as tarimbas e demais dependências destinadas à manipulação e comercialização de_x000D_
  carnes.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1742/46-requerimento_reforma_cemaic_reiterando_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1742/46-requerimento_reforma_cemaic_reiterando_assinado.pdf</t>
   </si>
   <si>
     <t>Reiterando o requerimento de numero 30/2025, requeiro a manutenção do Prédio da Escola do CEMAIC, atendendo as salas de aulas e climatização, melhoria e reforma de janelas, portas, banheiros, iluminação, ventiladores, qualificação de espaços ociosos para adequação a práticas esportivas e limpeza de zeladoria no pátio interno, uma vez que é uma das maiores escolas municipais da cidade e que mais recebe alunos em seus departamentos.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1743/44-requerimento_zona_de_treinamento_assinado_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1743/44-requerimento_zona_de_treinamento_assinado_1.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ZONA DE TREINAMENTO PARA CORREDORES nas intermediações do lado do campo do parque poliesportivo,_x000D_
 oferecendo um ambiente seguro e controlado com uma pista de corrida para treinamento, com superfícies projetadas entre aterro, asfalto, grama e trilha.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1744/requerimento_-_grupo_trabalho_para_atualizacao_do_regimento_interno_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1744/requerimento_-_grupo_trabalho_para_atualizacao_do_regimento_interno_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a criação de um GRUPO DE TRABALHO INTERNO com a finalidade de promover a ATUALIZAÇÃO, REVISÃO E CONSOLIDAÇÃO DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1745/requerimento_-_grupo_trabalho_para_atualizacao_da_lei_organica_do_municipio_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1745/requerimento_-_grupo_trabalho_para_atualizacao_da_lei_organica_do_municipio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a criação de um GRUPO DE TRABALHO INTERINSTITUCIONAL, composto por representantes dos Poderes Executivo e Legislativo, com a finalidade de REALIZAR A ATUALIZAÇÃO DA LEI ORGÂNICA DO MUNICÍPIO DE BEZERROS.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1747/requerimento_29_rogerio_pdf_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1747/requerimento_29_rogerio_pdf_assinado.pdf</t>
   </si>
   <si>
     <t>Atendendo a solicitações da população, requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Ex.ª. Sr.ª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO e juntamente com as Secretarias competentes, que seja feito a reinstalação de uma base policial no bairro de Encruzilhada de São João, em virtude do aumento significativo da violência na região._x000D_
 Nos últimos meses, temos enfrentado *roubos, assaltos, tráfico de drogas e outros crimes*, colocando em risco a segurança de famílias, idosos e crianças. A presença de uma base policial fixa seria essencial para:_x000D_
 - *Inibir a ação de criminosos*;_x000D_
 - *Garantir maior sensação de segurança* para os moradores;_x000D_
 - *Agilizar o atendimento* em ocorrências locais;_x000D_
 - *Fortalecer o policiamento preventivo*._x000D_
 Diante disso, pedimos urgentemente a *avaliação e providências* para a instalação de um posto policial em nossa comunidade, de preferência em local estratégico que atenda às principais áreas de risco._x000D_
 _x000D_
 OUTRAS JUSTIFICATIVAS EM PLENÁRIO_x000D_
 _x000D_
 Câmara Municipal dos Bezerros, 18 de junho de 2025.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1748/20062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1748/20062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, atendendo reivindicações da população deste Município, ouvido o_x000D_
  Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm®. Sr^._x000D_
  Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Excia., juntamente com a_x000D_
  Secretaria competente viabilize um estudo técnico para a concessão do adicional de insalubrídade_x000D_
  aos servidores públicos municipais lotados no Matadouro Público Municipal, tendo em vista as_x000D_
  condições insalubres ás quais esses trabalhadores estão diariamente expostos, conforme preceituado_x000D_
  pela Consolidação das Leis do Trabalho (CLT) e demais normas regulamentadoras do Ministério do_x000D_
  Trabalho, tendo em vista que os servidores do matadouro público desempenham atividades de alto_x000D_
  risco à saúde, expostos a agentes biológicos, químicos e físicos nocivos. Tais condições justificam o_x000D_
  reconhecimento legal do direito ao adicional de insalubridade, que visa compensar, ainda que_x000D_
  parcialmente, os danos e riscos decorrentes do exercício de tais funções.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1749/48-requerimento_isencao_artistas_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1749/48-requerimento_isencao_artistas_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades_x000D_
 regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município,_x000D_
 Maria Lucielle Silva Laurentino, para que, juntamente com a Secretaria Municipal de_x000D_
 Administração e Secretaria Municipal da Fazenda, viabilize a isenção de inscrição para_x000D_
 comercio para artesãos no carnaval de bezerros e demais eventos culturais realizados no_x000D_
 município.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1750/47-requerimento_reiterando_canal_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1750/47-requerimento_reiterando_canal_assinado.pdf</t>
   </si>
   <si>
     <t>Reiterando os requerimentos de número 86 e 88/2025, reforço apelo e requeiro à Mesa,_x000D_
 ouvido o Plenário e cumpridas todas as formalidades regimentais, para que seja_x000D_
 formulado à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva_x000D_
 Laurentino, para que, juntamente com a Secretaria de Infraestrutura, em virtude da_x000D_
 necessidade popular de saneamento, realize a construção do canal do bairro São Vicente,_x000D_
 assim como também providencie ações de limpeza e de mobilidade entre as ruas do_x000D_
 bairro, visando a melhoria da qualidade de vida das famílias da localidade.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1752/20062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1752/20062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário, cumpridas_x000D_
  todas as formalidades regimentais que seja formulado apelo a Exm^. Sr^. Prefeita deste Município_x000D_
  MARIA LUCIELLE SILVA LAURENTINO, para que juntamente com as Secretarias competentes_x000D_
  estude a possibilidade de serem construídas PRAÇAS com área de lazer para adultos e crianças,_x000D_
  nos loteamentos: Parque das Acácias, Bela Vista, Nossa Senhora da Luz e Cidade Alta, localizados_x000D_
  no bairro do Retiro em nosso Município.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1753/20062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_004.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1753/20062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_004.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e cumpridas_x000D_
  formalidades regimentais, que seja formulado apelo ao Exm°. Sr. Deputado Federal  MENDONÇA FILHO que,_x000D_
  através de Emenda Parlamentar envie recursos para aquisição de 1_x000D_
  máquina retroescavadeira, 1 veículo tipo caçamba, 1 máquina patrol e 1 caminhão compactador_x000D_
  para serem usados na Secretaria de Infra Estrutura de nosso Município.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1754/20062025_camara_municipal_de_bezerros.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1754/20062025_camara_municipal_de_bezerros.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro à Mesa, ouvido o Plenário e_x000D_
  cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita_x000D_
  deste Município, MARIA LUCiELLE SILVA LAURENTINO, que aquela autoridade, juntamente_x000D_
 com a  Secretaria de Infraestrutura, providencie o saneamento e calçamentos das Ruas dos_x000D_
  Loteamentos Parque das acácias, Nossa senhora da Luz, Bela Vista, Cidade Alta e demais_x000D_
  do bairro do Retiro, solicito ainda, que, antes que seja feito o calçamento das referidas_x000D_
 que seja colocado piçarro, para fazer um paliativo, tendo em vista que existe muitos buracos.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1755/req_056_-_pontos_de_onibus_nos_residenciais_campestre_e_jurema.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1755/req_056_-_pontos_de_onibus_nos_residenciais_campestre_e_jurema.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita através da Secretaria de Infraestrutura, que sejam construídos pontos de ônibus nos Residenciais Campestre e Jurema.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1761/req_057_-_reinstalacao_de_semafaro_do_atacarejo.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1761/req_057_-_reinstalacao_de_semafaro_do_atacarejo.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita que seja providenciada a reinstalação do semáforo localizado em frente ao Novo Atacarejo em Bezerros/PE.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1762/req_059_-_monitoramento_municipal.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1762/req_059_-_monitoramento_municipal.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita que seja criado o Centro Integrado de Monitoramento de Bezerros (CIMB).</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1763/req_058_-_revitalizacao_do_largo_da_estacao_da_cultura.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1763/req_058_-_revitalizacao_do_largo_da_estacao_da_cultura.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a revitalização de todo o entorno da Estação da Cultura, no centro de Bezerros/PE.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1764/req_059_-_lavantamento_tecnico_de_postes_no_santo_amaro_1.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1764/req_059_-_lavantamento_tecnico_de_postes_no_santo_amaro_1.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado um levantamento técnico dos postes localizados na Avenida Monsenhor Florentino, no bairro Santo Amaro 1 em Bezerros.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1765/requerimento_30_lombada_eletronicarogerio_pdf_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1765/requerimento_30_lombada_eletronicarogerio_pdf_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO 30/2025_x000D_
 _x000D_
 À_x000D_
 A Excelentíssima Prefeita de Bezerros Lucielle Laurentino_x000D_
 Ao Departamento de Estradas e Rodagens de Pernambuco – DER_x000D_
 Ao Excelentíssimo Deputado Federal Mendonça Filho_x000D_
 Ao Excelentíssimo Deputado Estadual Joãozinho Tenório_x000D_
 _x000D_
 Atendendo a solicitações da população, requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, venho, por meio deste, solicitar a reimplantação da lombada eletrônica que existia anteriormente no Bairro de Encruzilhada de São João, na BR-232, Km 113,4, em frente à Padaria de Biu zumba._x000D_
 _x000D_
 A referida lombada foi removida há algumas semanas, o que tem gerado grande preocupação entre os moradores, comerciantes e transeuntes, tendo em vista o aumento considerável da velocidade dos veículos que trafegam pela via, colocando em risco a vida de pedestres e motoristas, sobretudo em horários de maior movimento._x000D_
 _x000D_
 A presença da lombada eletrônica naquela localidade se mostrava extremamente eficaz na redução da velocidade e prevenção de acidentes. Sua retirada trouxe impactos negativos diretos à segurança da população._x000D_
 _x000D_
 Dessa forma, solicitamos a atenção dos órgãos competentes, da Prefeitura de Bezerros, do DER, bem como o apoio dos parlamentares supracitados, para que sejam tomadas as devidas providências para a reimplantação da lombada eletrônica no local mencionado com a máxima urgência._x000D_
 _x000D_
 Certo de contar com a atenção e sensibilidade de Vossas Senhorias, reiteramos nossos votos de estima e consideração._x000D_
 _x000D_
 OUTRAS JUSTIFICATIVAS EM PLENÁRIO_x000D_
 _x000D_
 Câmara Municipal dos Bezerros, 28 de julho de 2025._x000D_
 _x000D_
 _x000D_
 _x000D_
 JOSÉ ROGÉRIO CORREIA_x000D_
 Vereador</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1766/requerimento_31_iluminacao_rogerio_pdf_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1766/requerimento_31_iluminacao_rogerio_pdf_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO 31/2025_x000D_
 _x000D_
 À_x000D_
 A Excelentíssima Prefeita de Bezerros Lucielle Laurentino_x000D_
 Ao Departamento de Estradas e Rodagens de Pernambuco – DER_x000D_
 Ao Excelentíssimo Deputado Federal Mendonça Filho_x000D_
 Ao Excelentíssimo Deputado Estadual Joãozinho Tenório_x000D_
 _x000D_
 Atendendo a solicitações da população, requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, venho, por meio deste, respeitosamente solicitar a Vossas Excelências que sejam adotadas as providências necessárias para a reinstalação e reparo do sistema de iluminação pública no trecho da BR-232, a partir do KM 113, as margens do Bairro de Encruzilhada de São João, município de Bezerros/PE._x000D_
 _x000D_
 Há meses, a iluminação desse trecho encontra-se completamente apagada, o que vem gerando graves riscos à segurança de pedestres e motoristas, devido à baixa visibilidade, especialmente durante o período noturno. Trata-se de uma via de grande fluxo, e a ausência de iluminação adequada aumenta consideravelmente o risco de acidentes e a vulnerabilidade de quem por ali trafega._x000D_
 _x000D_
 Assim, solicitamos com urgência que a Prefeitura de Bezerros, em conjunto com o DER/PE e com o apoio dos representantes parlamentares mencionados, tome as devidas providências para a reinstalação e manutenção da iluminação pública naquele trecho da rodovia._x000D_
 _x000D_
 Certo da atenção e sensibilidade das autoridades envolvidas, desde já agradecemos a colaboração em prol da segurança e bem-estar da população._x000D_
 _x000D_
 _x000D_
 _x000D_
 OUTRAS JUSTIFICATIVAS EM PLENÁRIO_x000D_
 _x000D_
 _x000D_
 Câmara Municipal dos Bezerros, 29 de julho de 2025._x000D_
 _x000D_
 _x000D_
 _x000D_
 JOSÉ ROGÉRIO CORREIA_x000D_
 Vereador</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1767/43_-_olimpiada_municipal_de_reciclagem.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1767/43_-_olimpiada_municipal_de_reciclagem.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, em parceria com a Secretaria de Educação, seja criada a Olimpíada Municipal de Reciclagem nas escolas da rede pública municipal.A proposta tem como objetivo incentivar a conscientização ambiental entre os alunos, por meio de atividades práticas de separação e coleta de materiais recicláveis. Além de promover a educação ambiental, a iniciativa estimula o trabalho em equipe, o senso de responsabilidade e o protagonismo juvenil.Sugere-se que cada escola realize sua própria competição interna, premiando os alunos que alcançarem os 1º, 2º e 3º lugares, como forma de reconhecimento e estímulo à participação. Essa ação contribui de forma significativa para a formação de uma geração mais consciente e comprometida com a preservação do meio ambiente, além de fortalecer o vínculo entre a escola e a comunidade local.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1768/44_-_biblioteca_itinerante_nos_bairros.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1768/44_-_biblioteca_itinerante_nos_bairros.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, em parceria com a Secretaria de Educação e Cultura, estude a viabilidade da criação de uma Biblioteca Itinerante nos bairros do município.A proposta visa levar livros e atividades de incentivo à leitura às comunidades, especialmente àquelas mais distantes do centro urbano ou que não dispõem de acesso a bibliotecas fixas. A biblioteca itinerante poderá ser organizada por meio de um veículo adaptado, contendo acervo variado de livros infantis, juvenis e adultos, bem como espaços para leitura, contação de histórias e oficinas culturais.Tal iniciativa tem como objetivo promover o acesso democrático à leitura, estimular o hábito de ler, ampliar o vocabulário, desenvolver a criatividade e contribuir com a formação educacional e cidadã dos moradores, em especial das crianças e jovens.Diante disso, solicito atenção especial a esta proposta, que poderá transformar positivamente a realidade educacional de diversas comunidades do nosso município.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1769/45_-_implantacao_de_cuidadores_de_idosos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1769/45_-_implantacao_de_cuidadores_de_idosos.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, em conjunto com a Secretaria Municipal de Saúde, seja estudada a viabilidade de implantação do Programa Municipal de Cuidadoras(es) na Unidade de Pronto Atendimento – UPA de Bezerros. O objetivo do programa é garantir um apoio humanizado aos pacientes em situação de vulnerabilidade, como idosos, pessoas com deficiência, acamados ou sem acompanhantes, durante o período de permanência na unidade. A presença de cuidadoras(es) contribuirá para a melhoria no acolhimento, no conforto e na atenção básica aos pacientes, além de auxiliar a equipe de saúde em tarefas não técnicas, mas essenciais ao bem-estar dos usuários. Trata-se de uma iniciativa que promove o cuidado humanizado, fortalece a rede de atendimento e valoriza o respeito e a dignidade dos cidadãos em momentos de fragilidade.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1771/requerimento_primeira_travessa_laurindo_felix_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1771/requerimento_primeira_travessa_laurindo_felix_assinado.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal a realização do calçamento da _x000D_
 Primeira Travessa Laurindo Félix, no bairro São Pedro, neste município</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1772/requerimento_segunda_travessa_vereador_antonio_valmir_de_lima_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1772/requerimento_segunda_travessa_vereador_antonio_valmir_de_lima_assinado.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal a realização do calçamento da _x000D_
 Segunda Travessa Vereador Antônio Valmir de Lima, no bairro São José, neste município</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1775/requerimento_-_escutas_publicas_presenciais_para_elaboracao_da_pecas_orcamentarias_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1775/requerimento_-_escutas_publicas_presenciais_para_elaboracao_da_pecas_orcamentarias_assinado.pdf</t>
   </si>
   <si>
     <t>Realização de Escutas Públicas presenciais nas Zonas Urbana e Rural visando a participação popular na elaboração das peças orçamentárias do município de Bezerros - PE.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1776/capinacao_da_rua_antonio_cordeiro_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1776/capinacao_da_rua_antonio_cordeiro_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido 0 Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Excelentíssima Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que Vossa Excelência, juntamente com à Secretaria Municipal de Infra Estrutura,_x000D_
  solicitando os seguintes serviços no Bairro Irmã Júlia:_x000D_
  1._x000D_
  Capinaçâo e retirada de lixo acumulado no bueiro do canal da Rua Antônio Cordeiro,_x000D_
  tendo em vista 0 acúmulo de resíduos que compromete 0 escoamento da água e favorece a_x000D_
  proliferação de insetos e doenças;_x000D_
  2._x000D_
  Capinaçâo na 3® Travessa Nossa Senhora da Salete, também localizada no referido_x000D_
  bairro, onde 0 mato alto tem causado transtornos aos moradores, prejudicando a visibilidade e 0 tráfego_x000D_
  de pedestres.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1777/limpeza_do_campo_do_parque_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1777/limpeza_do_campo_do_parque_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Excelentíssima Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que Vossa Excelência, juntamente com à Secretaria Municipal de Agricultura,_x000D_
  solicitando a realização de manutenção com máquina patrol no campo de futebol localizado no Parque_x000D_
  Poliesportivo Municipal.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1779/guarma_minucipal_nos_distritos_tatai.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1779/guarma_minucipal_nos_distritos_tatai.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa, ouvido o plenário e cumprida todas as formalidades regimentais que seja,_x000D_
   formulado apelo a Exm^ Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  juntamente com a Secretaria de Segurança e Ordem Pública, o retorno das atividades da Guarda_x000D_
  Municipal nos distritos do município, prestando apoio à população, além de reforçar a atuação da_x000D_
  segurança pública em conjunto com os demais órgãos competentes, bem como a implantação da_x000D_
  Patrulha Maria da Penha, visando reforçar a segurança nas áreas mais afastadas e proteger as_x000D_
  mulheres vítimas de violência, tendo em vista que muitos distritos de Bezerros estão localizados a_x000D_
  grande distância da zona urbana, o que acaba dificultando o acesso rápido da Polícia Militar quando_x000D_
  solicitada. Moradores dessas comunidades relatam demora no atendimento, o que pode comprometer_x000D_
  a integridade física e emocional das vítimas, principalmente em casos de urgência, como violência_x000D_
  doméstica.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1780/sala_da_mulher_no_nucleo_tatai.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1780/sala_da_mulher_no_nucleo_tatai.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm®. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  juntamente com a Exm^ governadora do Estado de Pernambuco a Sr^ RAQUEL LYRA e com à_x000D_
  Secretaria de Defesa Social do Estado de Pernambuco, solicitando a implantação de uma Sala Lilás_x000D_
  e uma sala de abrigo provisório para mulheres vítimas de violência doméstica e/ou sexual, dentro das_x000D_
  instalações do novo Batalhão da Polícia Militar que será em breve instalado no município de Bezerros-PE.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>Roberto Dinda, Natan do Projeto</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1783/insalobridade_efetivos_roberto.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1783/insalobridade_efetivos_roberto.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Excelentíssima Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que Vossa Excelência, adote as providências necessárias para assegurar_x000D_
  pagamento do adicional de insalubridade aos servidores públicos municipais efetivos que exercem a_x000D_
  função de serviços gerais nas escolas da rede municipal de ensino, conforme previsto na legislação_x000D_
  0_x000D_
  vigente.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1786/47_-_festa_do_padroeiro_da_serra_negra.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1786/47_-_festa_do_padroeiro_da_serra_negra.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, em parceria com a Secretaria Municipal de Turismo e Cultura, seja providenciada a retomada das festividades em homenagem ao padroeiro São Francisco Xavier, tradicionalmente realizadas na comunidade de Serra Negra, no primeiro final de semana do mês de dezembro.A festividade de São Francisco Xavier é parte importante da tradição religiosa e cultural da localidade, reunindo moradores, visitantes e fiéis em um momento de fé, confraternização e valorização das raízes históricas da região.Sua retomada representa não apenas o fortalecimento da identidade cultural do povo da Serra Negra, mas também o incentivo ao turismo religioso, à economia local e à preservação das manifestações populares. Diante disso, solicito especial atenção do Poder Executivo para que essa importante celebração volte a integrar oficialmente o calendário de eventos do município.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1787/46_-_implantacao_de_sala_de_apoio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1787/46_-_implantacao_de_sala_de_apoio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, em parceria com a Secretaria Municipal de Saúde, seja implantada uma Sala de Apoio para Acompanhantes de Pacientes Internados na Unidade de Pronto Atendimento – UPA de Bezerros. A proposta tem como finalidade oferecer um espaço adequado, confortável e humanizado para os acompanhantes de pacientes que permanecem internados na unidade. Muitas vezes, esses acompanhantes enfrentam longos períodos de espera em ambientes improvisados ou sem estrutura mínima para repouso e cuidados pessoais.Sugere-se que essa sala de apoio seja equipada com assentos confortáveis, acesso à água potável, banheiros, tomadas para recarga de celulares, ventilação ou climatização e, também, armários com cadeado para que os acompanhantes possam guardar seus pertences e objetos de uso pessoal com segurança. Essa medida garantirá mais dignidade aos familiares, contribuindo para um atendimento mais humanizado, acolhedor e organizado dentro da rede municipal de saúde.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1790/48_-_semana_da_distribuicao_de_fraldas.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1790/48_-_semana_da_distribuicao_de_fraldas.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, em parceria com a Secretaria Municipal de Saúde, seja implantado a  Semana de Entrega de Fraldas geriátricas, destinada a idosos e pacientes acamados de baixa renda, devidamente cadastrados no sistema de saúde municipal ou no CadÚnico. A iniciativa visa garantir dignidade, conforto e melhores condições de cuidado às pessoas que se encontram em situação de vulnerabilidade, principalmente aquelas que, por motivos de saúde, dependem do uso contínuo de fraldas geriátricas e não possuem condições financeiras para adquiri-las. Além de ser um gesto de cuidado social, a ação contribui diretamente para a saúde e a higiene dos beneficiados, reduzindo riscos de infecções e internações. Diante disso, solicita-se atenção especial à proposta, que poderá ser executada de forma mensal ou em semanas específicas, com organização, cadastro e distribuição coordenada pelas equipes de saúde e assistência social do município.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1792/cameras_de_seguranca_nas_escolas_e_creches_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1792/cameras_de_seguranca_nas_escolas_e_creches_.pdf</t>
   </si>
   <si>
     <t>Visando a segurança e a proteção de alunos e funcionários, requeiro a implantação de câmeras de segurança (sistemas de monitoramento por vídeo) em todas as creches e escolas do município, objetivando uma medida para coibir vários atos de violência, bullying e outros incidentes, além de auxiliar na investigação de ocorrências no ambiente escolar interno e externo.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1793/assistencia_primeira_infancia_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1793/assistencia_primeira_infancia_.pdf</t>
   </si>
   <si>
     <t>Cumprindo todas as formalidades regimentais, solicito a ampliação dos serviços de assistência social para a primeira infância e mulheres grávidas nos cuidados de saúde, acompanhamento social e suporte financeiro para gestantes, visando garantir os bens de consumo essenciais para os primeiros dias de vida do recém-nascido, como fraldas descartáveis, kit enxoval, kit higiene e doação de berço de bebê. Assim como, garantir a segurança do bebê no quarto, higiene adequada para sua idade, saúde e conforto para o início da primeira infância.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1794/secretaria_da_mulher_tatai.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1794/secretaria_da_mulher_tatai.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  juntamente com a Excelentíssima Senhora Governadora do Estado de Pernambuco, Raquel Lyra,_x000D_
  solicitando o apoio institucional e técnico do Governo do Estado para a criação da Secretaria Municipal_x000D_
  da Mulher em nosso Município. Vale salientar que nosso município já conta com uma Coordenadoria_x000D_
  da Mulher, que vem realizando importantes ações no enfrentamento à violência de gênero e na_x000D_
  promoção de políticas voltadas às mulheres. No entanto, a crescente demanda por serviços, apoio e_x000D_
  políticas públicas mais amplas e estruturadas revela que a atual coordenadoria já não é suficiente para_x000D_
  atender à complexidade e à urgência dos desafios enfrentados pelas mulheres em nossa cidade.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1795/lei_maria_da_penha_nas_escolas_tatai.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1795/lei_maria_da_penha_nas_escolas_tatai.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  juntamente Secretária Municipal de Educação para que avalie a viabilidade de incluir, no calendário_x000D_
  escolar da rede municipal de ensino, palestras educativas e informativas sobre a Lei Maria da Penha_x000D_
  (Lei n° 11.340/2006). com o objetivo de promover a conscientização dos alunos sobre a importância_x000D_
  do respeito às mulheres e o combate à violência doméstica e familiar.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1796/47_-_festa_do_padroeiro_da_serra_negra.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1796/47_-_festa_do_padroeiro_da_serra_negra.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, para que, em parceria com a Secretaria Municipal de Turismo e Cultura, sejam adotadas providências para a retomada e inclusão oficial da Festa Cultural em Homenagem ao Padroeiro São Francisco Xavier, na comunidade de Serra Negra, tradicionalmente realizada no segundo final de semana de dezembro, nos dias 12 a 14 de dezembro. A presente solicitação parte da moradora Geórgia Izabel dos Santos, juntamente com outros moradores da comunidade, que solicitam a esta Casa Legislativa a elaboração e apresentação de um projeto para a realização do referido evento, reconhecido como tradição de grande importância para a identidade, memória e valorização da cultura local. A Festa de São Francisco Xavier, por muitos anos organizada pelo ex-vereador Dedé de Zuzú, representa um marco histórico e social para o povoado, reunindo moradores, visitantes e artistas em celebração às raízes culturais da comunidade. Além de promover o turismo e movimentar a economia local, o evento fortalece os laços comunitários e preserva manifestações culturais que são patrimônio imaterial do nosso povo.Diante disso, solicita-se: A inclusão da Festa Cultural de Serra Negra no calendário oficial de eventos do município; A destinação de recursos públicos, por meio de emendas parlamentares ou parcerias, para a realização da festa; O apoio logístico e institucional da Prefeitura e da Câmara Municipal, garantindo estrutura adequada ao evento; A valorização dos artistas locais e das tradições populares que compõem a programação.</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1798/req_060_-_novos_sentidos_transito_-_contramao_centenaria.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1798/req_060_-_novos_sentidos_transito_-_contramao_centenaria.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita o estudo de tráfego urbano para mudança de sentido de via e via única em ruas e avenidas do bairro São Sebastião.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1799/req_062_-_criacao_do_cimb_-_monitoramento_municipal.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1799/req_062_-_criacao_do_cimb_-_monitoramento_municipal.docx_assinado.pdf</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1800/lei_maria_da_penha_guarda_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1800/lei_maria_da_penha_guarda_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
  que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva_x000D_
  Laurentino, no sentido de que, em conjunto com a Secretaria de Segurança e Ordem Pública, na_x000D_
  PESSOA do Sr. Edson Bezerra de Barros Júnior, seja promovida a capacitação específica da Guarda_x000D_
  Municipal para o enfrentamento da violência contra a mulher, com ênfase na Lei Maria da Penha.</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1802/req_061_-_criacao_de_polo_do_viver_bem_no_residencial_jurema.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1802/req_061_-_criacao_de_polo_do_viver_bem_no_residencial_jurema.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a criação de um polo do ‘Programa Viver Bem’ no Residencial Jurema</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1803/caminhao_figrorifico_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1803/caminhao_figrorifico_ze_amaro.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimentos de minha autoria, requeiro à Mesa, ouvido o Plenário e_x000D_
  cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita deste_x000D_
  Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Exa., através das Secretarias e Órgãos_x000D_
  Competentes, viabilize a aquisição de carro tipo frigorífico para ser usado no transporte das carnes do_x000D_
  açougue público de nosso Município.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1804/passagem_molhada_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1804/passagem_molhada_ze_amaro.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimentos de minha autoria, requeiro à Mesa, ouvido o Plenário e_x000D_
  cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita deste_x000D_
  Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Exa., através das Secretarias e Órgãos_x000D_
  Competentes, tome as providências necessárias para a reconstrução da passagem molhada sobre_x000D_
  o Rio Ipojuca, que dá acesso à Rua Frei Caneca, neste município.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1807/camscanner_04-08-2025_10.51.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1807/camscanner_04-08-2025_10.51.pdf</t>
   </si>
   <si>
     <t>Em reforço aos requerimentos sobre tratativas de abastecimento N: 285, 275, 268 e 161, requeiro à Mesa, de forma regimental e atendendo as reinvindicações da população que, seja formulado a Exma. Sra. Governadora do Estado de Pernambuco, RAQUEL TEIXERA LYRA LUCENA, para que, em caráter de URGÊNCIA em conjunto com a COMPESA realize a instalação das bombas de água da transposição do rio Sirinhaém e conclusão das adutoras do Agreste e Serro Azul. Assim como também, O poder público municipal executivo disponibilize e garanta acesso democrático para cadastros de solicitação de caminhões pipa e calendário de abastecimento dos bairros atualizado. Em reforço a estas solicitações, busco contribuir para que o Governo do Estado e poder executivo municipal trabalhem em consonância garantindo o devido abastecimento da cidade de Bezerros.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1808/requerimento_roberto_dinda.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1808/requerimento_roberto_dinda.pdf</t>
   </si>
   <si>
     <t>Melhoramentos nas estradas do sitio pintada e sitio coadjuntor, com nivelamento, maquina patrol e colocação de piçarro.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1812/requerimento_vando_da_saude.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1812/requerimento_vando_da_saude.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
  qu0 seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, para que a mesma efetive a implementação do projeto de instalação do teleférico no_x000D_
  distrito de Serra Negra. A proposta visa promover o desenvolvimento turístico, cultural e econômico da_x000D_
  região, valorizando o potencial natural e paisagístico de Serra Negra. A instalação do teleférico_x000D_
  representará um importante avanço na infraestrutura turística do município, atraindo visitantes,_x000D_
  gerando empregos e fomentando a economia local.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>Reporter Rinaldo Luiz, Zé Antônio da Rádio</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1813/req_064_-_pavimentacao_perto_de_chicota.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1813/req_064_-_pavimentacao_perto_de_chicota.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a pavimentação de trechos de ruas e travessas localizadas no bairro Santo Amaro 1</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1814/req_065_-_fiscalizacao_residuos_solidos_novo_atacarejo_.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1814/req_065_-_fiscalizacao_residuos_solidos_novo_atacarejo_.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita fiscalização municipal em relação ao Novo Atacarejo, que tem despejado resíduos contaminantes em via pública.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1816/51_-_semaforo_rosario.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1816/51_-_semaforo_rosario.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, a solicitação no sentido de que seja implantado um novo semáforo no cruzamento da Rua do Cemitério Nossa Senhora do Rosário, no bairro do Rosário.Tal solicitação se justifica devido ao fato de que o equipamento atualmente instalado no local encontra-se com defeitos há bastante tempo, prejudicando a organização do trânsito e aumentando o risco de acidentes, principalmente nos horários de maior fluxo de veículos e pedestres. A substituição ou instalação de um novo semáforo garantirá mais segurança viária para motoristas, pedestres e moradores da região, além de contribuir para a fluidez do tráfego e o ordenamento urbano no entorno do cemitério.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1817/50_-_semana_da_empregabilidade.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1817/50_-_semana_da_empregabilidade.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, junto com à Sala do Empreendedor, solicito a criação da “Semana Municipal da Empregabilidade”, a ser realizada semestralmente no município de Bezerros. A proposta tem como objetivo promover, quatro vezes ao ano, ações voltadas à inserção da população no mercado de trabalho, com atenção especial aos jovens em busca do primeiro emprego e às pessoas desempregadas._x000D_
 A programação da Semana da Empregabilidade poderá contar com:_x000D_
 Triagem inicial para identificar o perfil dos participantes, com encaminhamento às vagas disponíveis, conforme experiências e áreas de interesse;_x000D_
 Palestras e oficinas sobre elaboração de currículos, comportamento em entrevistas e orientações profissionais;_x000D_
 Entrevistas de emprego no local, em parceria com comerciantes e empresários do município;_x000D_
 Encaminhamento direto para oportunidades de trabalho e programas como o Jovem Aprendiz._x000D_
 A iniciativa será executada em parceria entre a Prefeitura Municipal, por meio da Sala do Empreendedor, e os setores comerciais e industriais locais, promovendo uma ponte direta entre empregadores e quem está em busca de uma colocação no mercado de trabalho._x000D_
 Trata-se de uma ação social e estratégica, que visa fomentar a geração de renda, a autonomia profissional e o fortalecimento da economia local.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1818/49_-_parque_esportivo_cais_proximo_ao_cnsd.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1818/49_-_parque_esportivo_cais_proximo_ao_cnsd.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, que seja implantado um Parque Municipal, com estrutura semelhante à Academia da Cidade, na área localizada do lado de baixo do CAES, em frente ao Colégio Nossa Senhora das Dores, no bairro do Rosário.A proposta visa oferecer à população um espaço público adequado para o lazer, a prática de atividades físicas ao ar livre e a convivência comunitária. O parque deverá contar com equipamentos voltados ao esporte, pista de caminhada, área verde, bancos e estrutura para recreação familiar, beneficiando diretamente crianças, jovens, adultos e idosos da localidade e bairros vizinhos.Sugere-se que o projeto seja viabilizado através de parceria entre o Governo Municipal, por meio da Prefeita Luciele Silva Laurentino, e o Governo do Estado de Pernambuco, sob a liderança da Governadora Raquel Lyra, com o objetivo de garantir os recursos necessários à execução da obra e fortalecimento das políticas públicas voltadas à qualidade de vida da população.Tal iniciativa representa um importante passo na promoção da saúde, do bem-estar e da integração social, contribuindo para a melhoria da qualidade de vida dos munícipes e o fortalecimento dos laços comunitários.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1819/melhoramento_sitios_e_regioes_perto_de_boas_novas_manuel.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1819/melhoramento_sitios_e_regioes_perto_de_boas_novas_manuel.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimentos de minha autoria, requeiro à Mesa, ouvido o Plenário, cumpridas_x000D_
  todas as formalidades regimentais que seja formulado apelo a Exm®. Sr^. Prefeita deste Município,_x000D_
  MARIA LUCIELLE SILVA LAURENTINO, que V.Excia., juntamente com a Secretaria de_x000D_
  Agricultura viabilize a recuperação das estradas que dão acesso aos Sítios: Assentamento_x000D_
  Canavieira, Pedra Preta, Guaribas de Cima, Guaribas de Baixo, Sítio Quilombos e Gruta do Mel,_x000D_
  todas localizadas no Distrito de Boas Novas em nosso Município, solicito ainda, que seja feita a_x000D_
  conclusão da estrada principal de Boas Novas, bem como da estrada do Sítio São Domingos, Sítio_x000D_
  Alecrim e Sítio Várzea Dantas.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1820/melhoramento_estradas_camaratuba_monde_do_junco_junco_mocos_onca.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1820/melhoramento_estradas_camaratuba_monde_do_junco_junco_mocos_onca.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro à Mesa, ouvido o Plenário e cumpridas_x000D_
  todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita deste Município,_x000D_
  MARIA LUCIELLE SILVA LAURENTINO através da qual se apela ao chefe do Executivo_x000D_
  Municipal, no sentido de serem, através do órgão competente, efetuados melhoramentos nas_x000D_
  estradas vicinais dos Sítios. Camaratuba I e II, Mondé do Junco, Junco, Mocós, Sapucaia Grande_x000D_
  Onça e Serra de Aires, todas localizadas no Distrito de Sapucarana, em nosso Município.</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1821/animais_na_pe_097_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1821/animais_na_pe_097_ze_amaro.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^ Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, bem_x000D_
  como à Exma. Sra. Raquel Lyra, Governadora do Estado de Pernambuco, solicitando ações imediatas_x000D_
  e eficazes para a apreensão de animais soltos na rodovia PE-97, especialmente no trecho próximo ao_x000D_
  Residencial Bezerros.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1822/fardamento_mariquinha_borba_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1822/fardamento_mariquinha_borba_ze_amaro.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr®. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
  V.Exa., através da Secretaria Municipal de Educação, viabilize a distribuição de fardamentos escolares_x000D_
  novos aos alunos da Creche Mariquinha Borba.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1823/calcamento_da_rua_x_roberto_dinda.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1823/calcamento_da_rua_x_roberto_dinda.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr®. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, bem_x000D_
  como à Secretaria de Infraestrutura, solicitando a inclusão da Rua X, conhecida como Rua da Cerca,_x000D_
  localizada no Bairro Asa Branca, no cronograma de obras de calçamento.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1824/53-requerimento_terraplanagem_sitios_pos_chuvas_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1824/53-requerimento_terraplanagem_sitios_pos_chuvas_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprindo todas as formalidades regimentais, requeiro a Secretaria de Infraestrutura e Secretaria de Agricultura e Desenvolvimento Sustentável realizem em caráter de urgência a terraplanagem nas estradas que ligam os sítios Lagoa do Milho, Sítio dos Remédios, Sitio dos Cocos, Serra do Saguim, Sítio Juá e Sitio Barreiros, dado que após o período chuvoso na região algumas estradas já encontram-se esburacadas novamente e com alta dificuldade de mobilidade.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1825/54-requerimento_avaliacao_oftalmologica_e_fono_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1825/54-requerimento_avaliacao_oftalmologica_e_fono_assinado.pdf</t>
   </si>
   <si>
     <t>Através da Secretaria de Educação e Saúde, Requeiro a obrigatoriedade de avaliação oftalmológica e de fonoaudiologia aos estudantes matriculados na rede municipal e estadual. Os maiores instrumentos dos estudantes para além do conhecimento são a visão, escuta e a comunicação. Com a implantação desta avaliação, impactos positivos serão visíveis na aprendizagem e saúde dos estudantes. Ao mesmo tempo, também reitero a necessidade de iniciar o acompanhamento da saúde mental nas escolas com terapias aos estudantes e comunidade escolar contra ansiedade, depressão e outras situações.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1827/limpeza_do_residencial_bezerros.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1827/limpeza_do_residencial_bezerros.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimentos de minha autoria, requeiro à Mesa, ouvido o Plenário e cumpridas_x000D_
  todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita deste Município,_x000D_
  MARIA LUCIELLE SILVA LAURENTINO, que V.Exa., juntamente com a Secretaria de Infraestrutura_x000D_
  e Serviços Urbanos, viabilize a realização de reparos urgentes no calçamento e serviços de capinação_x000D_
  nas ruas do Residencial Bezerros,</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1828/requerimento_-_calcamento_de_ruas_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1828/requerimento_-_calcamento_de_ruas_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a realização do saneamento básico e o calçamento das seguintes ruas: Trav. Inácio Belarmino Dutra, Cruzeiro; Rua Paulo Fernando da Silva, Nossa Senhora Aparecida e 1ª Trav. Capitão Pedro Pereira, Rosário em nosso município</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1829/requerimento_-_escuta_com_empresarios_e_comerciantes_bezerrenses_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1829/requerimento_-_escuta_com_empresarios_e_comerciantes_bezerrenses_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a realização um Encontro com empreendedores, empresários e comerciantes bezerrenses, com o intuito de ouvir as demandas dos geradores de emprego e renda no município para criação da programas e políticas públicas para o PPA 2026 - 2029.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1830/requerimento_-_parceria_com_associacao_dos_artesaos_e_artesaos_para_cursos_o_ano_inteiro_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1830/requerimento_-_parceria_com_associacao_dos_artesaos_e_artesaos_para_cursos_o_ano_inteiro_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que se estude a possibilidade de realização da parcerias com a Associação dos Artesãos de Bezerros, bem como com artesãos não vinculados a associação para realização da cursos e oficinas de forma continua em nosso município com o objetivo de ampliar o número de artesãos em nossa cidade, contribuindo assim com a nossa cultura e com o legado temporal da nossa história e da nossa arte, nas suas mais diversas manifestações.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>Tatai, Vando da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1833/tatai.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1833/tatai.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^ Sr^. Prefeita que deste Município. MARIA LUCIELLE SILVA LAURENTINO, que V.Ex^ juntamente com a Secretaria de Agricultura, providencie melhorias na estrada que dá acesso ao Sitio Moreira localizada atrás do restaurante Rancho da Pamonha. A referida via encontra-se em condições precárias com muitos buracos e difícil trafegabilidade, o que tem gerado transtornos aos moradores da região e demais usuários. Solicito que sejam realizadas intervenções com a utilização de máquina patrol e que os buracos sejam devidamente tampados, garantindo assim melhores condições de acesso e segurança e para suas atividades cotidianas.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1834/53_-_upa_solidaria_-_kit_higiene.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1834/53_-_upa_solidaria_-_kit_higiene.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, junto à Secretaria Municipal de Saúde, no sentido de que seja implementado o programa “UPA Solidária”, com a disponibilização de kits de higiene para acompanhantes de pacientes em situação de vulnerabilidade social.O objetivo é oferecer apoio humanitário às pessoas que permanecem longos períodos acompanhando familiares ou amigos em atendimento na Unidade de Pronto Atendimento – UPA, mas que não possuem condições de adquirir itens básicos de higiene pessoal, como sabonete, creme dental, escova de dentes, entre outros.Tal medida garantirá melhores condições de permanência no local, preservando a dignidade e a saúde dos acompanhantes, além de contribuir para o bem-estar geral no ambiente hospitalar.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1835/54_-_camera_de_seguranca_nos_cemiterios.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1835/54_-_camera_de_seguranca_nos_cemiterios.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, no sentido de que seja instalada câmera(s) de monitoramento nos cemitérios do município, com o objetivo de reforçar a segurança e evitar furtos e depredações. Com a instalação de câmeras, será para o controle, auxiliar no trabalho das autoridades e proteger o patrimônio público e privado, preservando o respeito e a memória dos entes queridos ali sepultados.</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1836/52_-_revitalizacao_pracinha_do_cruzeiro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1836/52_-_revitalizacao_pracinha_do_cruzeiro.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, junto à Secretaria de Infraestrutura, no sentido de que seja realizada a revitalização da pracinha localizada próximo ao sinal do Cruzeiro, na Avenida Agamenon Magalhães. Solicito que a referida revitalização seja acompanhada da colocação da placa com o nome oficial da praça: “Joana Maria do Espírito Santo”, mais conhecida como Joaninha Aleixo, mãe de seu Antonio Aleixo, proprietário da mercearia próxima, em justa homenagem a esta cidadã que viveu, trabalhou e contribuiu com a comunidade local por mais de 50 anos. Dona Joaninha foi uma pessoa de coração grandioso, bondosa e acolhedora, ajudando inúmeras pessoas e deixando um legado de afeto e respeito que marcou a história do bairro.Além da colocação da placa, que perpetuará sua memória, sugere-se que a revitalização inclua:_x000D_
 Melhoria da iluminação;_x000D_
 Possibilidade de implantação de estrutura adequada para melhor organização dos comércios locais;_x000D_
 Criação de espaço de lazer para a comunidade;_x000D_
 Ações que previnam alagamentos no período chuvoso.</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1837/55-requerimento_posto_de_saude_ao_feirante_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1837/55-requerimento_posto_de_saude_ao_feirante_assinado.pdf</t>
   </si>
   <si>
     <t>Solicito a viabilização de um Posto de  Saúde do feirante, localizado no pátio da feira municipal, visando o atendimento a todos os feirantes da cidade. _x000D_
  _x000D_
 Os feirantes passam o dia inteiro expostos a condições climáticas dificultosas, condições físicas e mentais exaustivas que muitas vezes afetam a saúde e devido a falta e distancia de assistência para atendimento médico ficam sem assistência. Com o posto de saúde próximo ao seu local de trabalho poderão ter mais acessibilidade a saúde e cuidados médicos.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1838/56-requerimento_posto_de_saude_sao_vicente_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1838/56-requerimento_posto_de_saude_sao_vicente_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de uma Unidade Básica de Saúde no Bairro São Vicente.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1839/57-requerimento_audiencia_publica_esportes_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1839/57-requerimento_audiencia_publica_esportes_assinado.pdf</t>
   </si>
   <si>
     <t>Cumprindo todas as formalidades regimentais, solicito a realização de uma audiência pública referente ao sistema municipal de esportes de Bezerros.</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1841/req_068_-_redutores_de_velocidade_na_centenaria.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1841/req_068_-_redutores_de_velocidade_na_centenaria.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita o estudo técnico necessário para instalação de redutores de velocidade próximo a praça Centenária, em Bezerros/PE</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1842/req_067_-_producao_de_bandeiras_de_bezerros_para_orgaos_municipais.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1842/req_067_-_producao_de_bandeiras_de_bezerros_para_orgaos_municipais.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita que sejam produzidas bandeiras do município de Bezerros e distribuídas nos órgãos municipais, instituições, associações, grupos esportivos, musicais e culturais, etc;</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1843/frota_de_taxi_com_carroceria_roberto_dinda.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1843/frota_de_taxi_com_carroceria_roberto_dinda.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa. ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Excelentíssima Senhora Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, bem como à Secretaria da Fazenda, solicitando que seja enviado para ser votado_x000D_
  por esta Casa Legislativa um Projeto de Lei, no sentido de viabilizar aos taxistas a aquisição e utilização_x000D_
  de veículos utilitários (carroceria) na frota de táxi de nosso Município.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1844/bezerros_vet_fim_de_semana_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1844/bezerros_vet_fim_de_semana_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e cumpridas_x000D_
  todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita deste Municipio,_x000D_
  MARIA LUCIELLE SILVA LAURENTINO através da qual se apela a chefe do Executivo Municipal,_x000D_
  juntamente com a Secretaria de Agricultura, que seja criada uma unidade de pronto atendimento_x000D_
  veterinário, para o BEZERROS VET, durante finais de semana e feriados. Tendo em vista ser um_x000D_
  pedido de toda população que possui animais de estimação e sofrem quando necessitam buscar_x000D_
  tratamento para estes.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1845/recuperacao_de_placas_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1845/recuperacao_de_placas_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
  que seja formulado apelo a Exm®. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que V.Exa. juntamente com a Secretaria de Turismo viabilize a recuperação e_x000D_
  manutenção das placas de sinalização que indicam os pontos turísticos da cidade de Bezerros.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1846/refletores_quadra_irma_julia_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1846/refletores_quadra_irma_julia_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
  V.Exa., juntamente com as Secretarias competentes viabilize a imediata recuperação dos refletores da_x000D_
  quadra Irmã Júlia, localizada no bairro de mesmo nome, tendo em vista que há meses os refletores se_x000D_
  encontram danificados, prejudicando diretamente os desportistas que utilizam o espaço no período_x000D_
  noturno.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1847/programa_do_governo_cisternas_emanuel.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1847/programa_do_governo_cisternas_emanuel.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr®. Governadora do Estado de Pernambuco, Sr® RAQUEL LYRA, bem como_x000D_
  à Secretaria Estadual de agricultura, solicitando que o município de Bezerros-PE seja contemplado_x000D_
  com o Programa Estadual de Construção de Cisternas, considerando que, infelizmente, o nosso_x000D_
  município ficou de fora da lista de cidades inicialmente beneficiadas.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1848/lixeiras_sitio__moreira_tatai.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1848/lixeiras_sitio__moreira_tatai.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm". Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, V.Ex^, juntamente com a Secretaria de Infra Estrutura, solicitando a instalação de tambores de lixo no a Sítio Moreira, nas proximidades do bar de Leandro. A presente solicitação se dá em razão de devido à ausência de recipientes adequados reclamações dos moradores da região, que relatam que lixo vem sendo depositado diretamente no chão, o que tem ocasionado acúmulo de lixo e mau cheiro, comprometendo a saúde pública e o bem-estar da para descarte, o resíduos, proliferação de insetos comunidade local.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1850/audiometria_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1850/audiometria_vando.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que V.Ex^, juntamente com a Secretaria de Saúde, solicitando, com a máxima_x000D_
  urgência, a implantação do serviço de AUDIOMETRIA no município.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1851/estradas_dos_sitios_vando_da_saude.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1851/estradas_dos_sitios_vando_da_saude.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro à Mesa, ouvido o Plenário e cumpridas_x000D_
  todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita deste_x000D_
  Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a_x000D_
  Secretaria de Infraestrutura, viabilize o melhoramento das Estradas, com máquina Patrol e_x000D_
  do Sítio Riacho Verde, Sítio Boqueirão, Sítio Côco e Sítio Gamela, localizados em nosso_x000D_
  Município.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1852/calcamento_rua_maria_jo_se_de_arruda_tatai.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1852/calcamento_rua_maria_jo_se_de_arruda_tatai.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e_x000D_
  cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita_x000D_
  deste Município, WIARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade,_x000D_
  juntamente com a Secretaria Competente, providencie o complemento (aproximadamente 70_x000D_
  metros) do calçamento da Rua Maria José de Arruda, localizada no bairro Santana em nosso_x000D_
  município.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1855/requerimento_solicita_apoio_da_prefeitura_municipal_para_melhorias_em_frente_a_escola_cemaic2c_incluindo_instalacao_de_iluminacao2c_bancos_e_estacionamento_para_bicicletas._assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1855/requerimento_solicita_apoio_da_prefeitura_municipal_para_melhorias_em_frente_a_escola_cemaic2c_incluindo_instalacao_de_iluminacao2c_bancos_e_estacionamento_para_bicicletas._assinado.pdf</t>
   </si>
   <si>
     <t>EMENTA: Solicita apoio da Prefeitura Municipal para melhorias em frente à Escola _x000D_
 CEMAIC, incluindo instalação de iluminação, bancos e estacionamento para bicicletas. _x000D_
 _x000D_
 Solicito, por meio deste Requerimento, que seja encaminhado ofício à Prefeita do _x000D_
 Município de Bezerros, à Secretaria de Infraestrutura e à Secretaria de Educação, _x000D_
 solicitando apoio para a execução das melhorias em frente à Escola CEMAIC, atendendo _x000D_
 às solicitações dos moradores e promovendo maior segurança e conforto para a _x000D_
 comunidade escolar.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1856/requerimento_apoio_projeto_de_jaimisson_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1856/requerimento_apoio_projeto_de_jaimisson_assinado.pdf</t>
   </si>
   <si>
     <t>EMENTA: Solicita apoio da Prefeitura Municipal para a implementação do projeto Be _x000D_
 a Coder, com disponibilização de 10 computadores. _x000D_
 _x000D_
 Solicito, por meio deste Requerimento, que seja encaminhado ofício à Prefeita do _x000D_
 Município de Bezerros, à Secretaria de Administração e Inovação e Secretaria de _x000D_
 Educação, solicitando apoio para a execução do projeto Be a Coder, iniciativa voltada à _x000D_
 capacitação tecnológica de jovens em situação de vulnerabilidade social.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1857/requerimento_solicita_incentivo_e_criacao_de_melhores_condicoes_para_a_pratica_esportiva_de_pessoas_com_deficiencia_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1857/requerimento_solicita_incentivo_e_criacao_de_melhores_condicoes_para_a_pratica_esportiva_de_pessoas_com_deficiencia_assinado.pdf</t>
   </si>
   <si>
     <t>EMENTA: Solicita incentivo e criação de melhores condições para a prática esportiva _x000D_
 de pessoas com deficiência em escolas e espaços públicos do município. _x000D_
 _x000D_
 Indico ao Poder Executivo Municipal, através da Secretaria de Esportes, a _x000D_
 implementação e ampliação de políticas públicas voltadas ao incentivo e à criação de _x000D_
 melhores condições para a prática esportiva de pessoas com deficiência, tanto no _x000D_
 ambiente escolar quanto em espaços públicos. _x000D_
 A presente solicitação tem como objetivo promover a inclusão social, a saúde e o _x000D_
 desenvolvimento físico e psicológico das pessoas com deficiência, garantindo igualdade _x000D_
 de direitos e oportunidades, além de fortalecer a acessibilidade e a participação ativa na _x000D_
 vida comunitária..</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1858/requerimento_32_rogerio_pdf_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1858/requerimento_32_rogerio_pdf_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO 32/2025_x000D_
 _x000D_
 A excelentíssima Senhora Governadora do Estado de Pernambuco Raquel Lira;_x000D_
 Ao excelentíssimo Senhor Secretário de Estado de Defesa Social (SDS) Alessandro Carvalho._x000D_
 _x000D_
 Assunto: Solicitação de Destacamento de Patrulhas para o Bairro Encruzilhada de São João._x000D_
 _x000D_
 Atendendo a solicitações da população, requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, eu, José Rogerio Correia, vereador deste município e representante da comunidade do bairro Encruzilhada de São João, localizado a 14 km da sede do município de Bezerros, venho, respeitosamente, por meio deste, solicitar o destacamento de 02 (duas) patrulhas para atuar nesta localidade, com o intuito de aumentar a segurança pública e a sensação de proteção dos cidadãos._x000D_
 _x000D_
 As patrulhas solicitadas são:_x000D_
 _x000D_
 1. Patrulha Rural: Fundamental para coibir delitos como furtos de animais, invasões de propriedades e danos ao patrimônio, comuns em áreas afastadas do centro urbano. Sua presença garantirá a integridade das famílias que dependem de atividades agropecuárias para seu sustento._x000D_
 _x000D_
 2. Patrulha Maria da Penha: De extrema importância para a proteção das mulheres vítimas de violência doméstica e familiar, assegurando o cumprimento das medidas protetivas e oferecendo um suporte essencial e especializado._x000D_
 _x000D_
 Ressaltamos que a instalação desses destacamentos no bairro de Encruzilhada de São João terá um efeito multiplicador, beneficiando não apenas nosso bairro, mas também as comunidades vizinhas do distrito de Sapucarana e de Boa Novas, ampliando significativamente a cobertura e a eficácia da segurança pública na região._x000D_
 _x000D_
 Diante do exposto, confiantes no compromisso de Vossas Excelências com a segurança de todos os cidadãos do estado, independentemente de sua localização geográfica, solicitamos o acolhimento deste pleito e a adopção das providências necessárias para a concretização deste destacamento._x000D_
 _x000D_
 Atenciosamente,_x000D_
 _x000D_
 OUTRAS JUSTIFICATIVAS EM PLENÁRIO_x000D_
 _x000D_
 Câmara Municipal dos Bezerros, 22 de agosto de 2025.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1859/req_071_-_solicita_que_seja_realizada_a_melhoria_da_iluminacao_no_terminal_de_vans_e_na_comunidade_do_sitio_cambao2c_onde_o_equipamento_esta_localizado..docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1859/req_071_-_solicita_que_seja_realizada_a_melhoria_da_iluminacao_no_terminal_de_vans_e_na_comunidade_do_sitio_cambao2c_onde_o_equipamento_esta_localizado..docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a melhoria da iluminação no Terminal de Vans e na comunidade do Sítio Cambão, onde o equipamento está localizado.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1860/req_070_-_solicita_a_requalificacao_das_torres_de_iluminacao_do_estadio_municipal_tenente_luiz_gonzaga_em_bezerros_pe..docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1860/req_070_-_solicita_a_requalificacao_das_torres_de_iluminacao_do_estadio_municipal_tenente_luiz_gonzaga_em_bezerros_pe..docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a requalificação das torres de iluminação do Estádio Municipal Tenente Luiz Gonzaga em Bezerros/PE. _x000D_
 _x000D_
 Observação: Requerimento apresentado em coautoria com o vereador Vando da Saúde (UB).</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1862/55_-_exames_bezerros_vet.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1862/55_-_exames_bezerros_vet.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, no sentido de que sejam implantados no Bezerros VET exames laboratoriais e complementares de grande importância para a saúde animal, tais como hemograma,bioquímicos, urinálise, parasitologia e exames dermatológicos, entre outros que se fizerem necessários.Tais exames são fundamentais para o diagnóstico precoce de doenças, garantindo melhor acompanhamento clínico, prevenção e contribuindo para a melhoria da qualidade de vida dos animais e a segurança da saúde coletiva.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1863/56_-_requalificacao_praca_santander.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1863/56_-_requalificacao_praca_santander.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, no sentido de que seja realizada a requalificação da Praça Santander, contemplando a instalação de novos equipamentos urbanos, arborização adequada, bancos, acessibilidade, iluminação em LED, quiosques e área destinada ao desembarque de ônibus. Tal intervenção é de grande importância para oferecer mais conforto e segurança à população, promover a inclusão social por meio da acessibilidade, valorizar o espaço público e estimular a convivência comunitária em um ambiente moderno, sustentável e acolhedor.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1864/mamografo_para_bezerros_ade.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1864/mamografo_para_bezerros_ade.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo ao, Excelentíssimo Senhor Deputado Estadual Joãozinho Tenório, solicitando do_x000D_
  mesmo a destinação de emenda parlamentar para a aquisição de um mamógrafo, a ser instalado na_x000D_
  rede municipal de saúde de Bezerros- PE. Tendo em vista que o mamógrafo proporcionará mais_x000D_
  dignidade, conforto e agilidade no atendimento à saúde da mulher bezerrense, sendo um investimento_x000D_
  essencial na luta contra o câncer de mama</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1865/galeria_lilas_tatai.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1865/galeria_lilas_tatai.pdf</t>
   </si>
   <si>
     <t>RGQueiro à fVlGsa, ouvido o PlGnário g cumpridas todas as formalidades regimentais, pue seja_x000D_
  formulado apelo ao Exm^. Presidente desta Casa Legislativa, Sr. Edvaldo Correia de Lima, para que seja_x000D_
  criada e instalada, no âmbito da Câmara Municipal de Bezerros, a GALERIA LILÁS, com o objetivo de_x000D_
  homenagear mulheres que contribuíram de forma relevante para a história política, social, cultural e_x000D_
  comunitária desta Casa Legislativa e de nosso município. A proposta visa reconhecer e valorizar o_x000D_
  protagonismo feminino, registrando em espaço físico por meio de fotografias, nomes e breves_x000D_
  histórias, a trajetória de mulheres que passaram por esta Casa como vereadoras, servidoras, lideranças_x000D_
  comunitárias ou colaboradoras, deixando seu legado para a sociedade local.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1866/emendas_para_o_bezerros_vet_tatai.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1866/emendas_para_o_bezerros_vet_tatai.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo ao, Excelentíssimo Senhor Deputado Federal MENDONÇA FILHO, solicitando que_x000D_
  Vossa Excelência leve a pauta da causa animal ao Congresso Nacional, defendendo a destinação de_x000D_
  recursos próprios da União para ações voltadas à causa animal, beneficiando iniciativas como o_x000D_
  Bezerros Vet. Solicito ainda que, no exercício de sua atuação parlamentar, sejam destinadas emendas_x000D_
  ao município de Bezerros, com o objetivo de ampliar e qualificar os serviços do Bezerros Vet, bem como_x000D_
  a aquisição de equipamentos garantindo melhores condições para atendimentos clínicos, castraçoes,_x000D_
  resgates e demais demandas relacionadas ao bem-estar animal.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1867/festa_de_15_anos_tatai.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1867/festa_de_15_anos_tatai.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo à Excelentíssima Senhora Prefeita Municipal, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
  V.Ex^. juntamente com as secretarias competentes viabilize a retomada do projeto de festa de_x000D_
  15 anos para adolescentes de famílias em situação de vulnerabilidade social. Considerando que em_x000D_
  anteriores nosso município já promoveu, com grande sucesso, o projeto de festas coletivas de_x000D_
  debutantes, proporcionando a realização do sonho de diversas adolescentes que, por falta de_x000D_
  condições financeiras, não teriam como celebrar esse momento tão especial, e tendo em vista que o_x000D_
  investimento em políticas públicas voltadas à juventude é fundamental para a construção de uma_x000D_
  sociedade mais justa e inclusiva</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1868/limpeza_do_cas_e_linha_do_trem_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1868/limpeza_do_cas_e_linha_do_trem_ze_amaro.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Ex^_x000D_
  juntamente com a Secretaria de Infra Estrutura, viabilize a realização de serviço de capinação e limpeza_x000D_
  urbana nos arredores da linha férrea que margeia o cais, estendendo-se até a Rua Frei Caneca.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1869/requerimento_-_app_saude_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1869/requerimento_-_app_saude_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que avalie a viabilidade de desenvolvimento e implantação de um aplicativo de saúde voltado inicialmente ao monitoramento infantil, com as seguintes finalidades: Acompanhar calendário vacinal das crianças; Monitorar consultas, exames e atendimentos realizados na rede de saúde municipal; Disponibilizar lembretes de consultas e vacinas pendentes; Permitir acompanhamento nutricional, de crescimento e de desenvolvimento;  Facilitar a comunicação entre pais, responsáveis e profissionais de saúde.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1870/requerimento_-_museu_municipal_assinado_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1870/requerimento_-_museu_municipal_assinado_1.pdf</t>
   </si>
   <si>
     <t>Requer que avalie a viabilidade de criação de um MUSEU MUNICIPAL com foco na história de Bezerros. A criação de um Museu Municipal em Bezerros se justifica como espaço essencial para preservar e valorizar a memória coletiva da cidade, reunindo equipamentos, utensílios, fotografias e um rico acervo que retrata a história local. Além de disponibilizar aos bezerrenses e turistas o acesso a esse patrimônio, o museu será um importante instrumento de educação cultural e identidade, fortalecendo o orgulho do nosso povo e tornando-se um marco de valorização da cultura e da tradição bezerrense para as futuras gerações.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1872/coleta_de_medicamentos_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1872/coleta_de_medicamentos_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO através_x000D_
  da qual se apela a chefe do Executivo Municipal, que juntamente com a Secretaria de Saúde,_x000D_
  disponibilize um servidor ou agente de saúde para realizar a coleta de medicamentos que estejam_x000D_
  armazenados nas residências de usuários que não tenham mais interesse ou necessidade de utilizá-los,_x000D_
  desde que estejam dentro do prazo de validade e em bom estado de conservação. Além disso, é_x000D_
  fundamental que haja uma campanha de divulgação institucional, através de rádios locais, redes_x000D_
  sociais, unidades de saúde e demais meios de comunicação do município, incentivando os moradores_x000D_
  a contribuírem com essa ação solidária e sustentável, evitando o desperdício de medicamentos e_x000D_
  promovendo o acesso ao tratamento para quem mais precisa.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1873/58-requerimento_terminal_integrado_central_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1873/58-requerimento_terminal_integrado_central_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a viabilização de construção do Terminal Integral Central de Bezerros que contemple Ônibus e transportes alternativos. Ao mesmo tempo, que este ambiente também possa conter espaços para comércios, banheiros adequados e guichês para atendimento ao público.</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1874/60-requerimento_calcamento_acesso_do_wacai_arretado_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1874/60-requerimento_calcamento_acesso_do_wacai_arretado_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a realização da ampliação, adequação e pavimentação do acesso para rua Dom Pedro II (Centro) na intermediação frente ao Waçai Arretado, ao lado da clinica José Givaldo. Atualmente o acesso não tem infraestrutura adequada, e sua adequação contribuiria diretamente para melhoria da mobilidade do trânsito do centro da cidade.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1875/requerimento_-_treinamento_acs_para_combate_a_violencia_contra_mulher_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1875/requerimento_-_treinamento_acs_para_combate_a_violencia_contra_mulher_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a Secretaria Municipal de Saúde que promova a capacitação de Agentes Comunitários de Saúde para identificar sinais de violência doméstica durante visitas domiciliares.</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1876/61-requerimento_limpeza_esgoto_rua_franscisco_patriota_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1876/61-requerimento_limpeza_esgoto_rua_franscisco_patriota_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a limpeza e adequação de saneamento da Rua Francisco torres, bairro Asa Branca. Atualmente o local esta com retorno do esgoto. O pedido reforça a necessidade de melhoria do saneamento no local, contribuindo e melhorando a saúde da população que _x000D_
 está sendo afetada pelo retorno do esgoto a céu aberto.</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1877/quebra_molas_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1877/quebra_molas_vando.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que V.Ex^, juntamente com a Secretaria Serviços Urbanos, providencie um_x000D_
  quebra-molas em frente à Escola Mundo da Criança, localizada na Av. Felix Rocha Wanderlei,_x000D_
  bairro Santo Amaro I, em nosso Município.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1878/exame_de_esteira_ergometrico_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1878/exame_de_esteira_ergometrico_vando.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr-. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
  y.Ex^, juntamente à Secretaria Municipal de Saúde, viabilize a implantação do exame de esteira (teste_x000D_
  ergométrico) no sistema público de saúde do nosso município.</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1879/calcamento_vando_da_saude.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1879/calcamento_vando_da_saude.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
  que seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  que V.Ex^, Juntamente com a Secretaria de infraestrutura, viabilize a realização de obras de calçamento_x000D_
  e implantação de saneamento básico nas seguintes vias públicas, localizadas no centro de_x000D_
  Município:</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1881/25082025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1881/25082025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm-. Sr^. Prefeita do Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Ex^_x000D_
  juntamente com a Secretaria de Agricultura viabilize a instalação de um dessalinizador na comunidade_x000D_
  quilombola de Guaribas de Baixo, tendo em vista que a referida comunidade enfrenta há anos sérias_x000D_
  dificuldades relacionadas ao acesso à água potável, especialmente em períodos de estiagem_x000D_
  prolongada, o que compromete diretamente a saúde, o bem-estar e a dignidade de seus moradores._x000D_
  Sabemos que a região conta com fontes de água salobra, que poderiam ser aproveitadas de forma_x000D_
  segura com a Instalação de um sistema de dessallnização. A implantação de um dessalinizador_x000D_
  beneficiaria diretamente as famílias da comunidade, garantindo água potável para o consumo diário,_x000D_
  promovendo a saúde pública e assegurando melhores condições de vida.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1882/25082025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1882/25082025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentaiS; que seja_x000D_
  formulado apelo a solicitando que seja encaminhado ofício ao Departamento de Estradas de Rodagem_x000D_
  de Pernambuco (DER-PE), solicitando a conclusão das obras da PE-90, no trecho entre o Distrito de_x000D_
  Sapucarana e a cidade de Camocim de São Félix.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1883/25082025_camara_municipal_de_bezerros.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1883/25082025_camara_municipal_de_bezerros.pdf</t>
   </si>
   <si>
     <t>Requeiro a IVlesa^ ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr^. Prefeita do Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Ex^_x000D_
  Secretaria competente, viabilize a pavimentação da estrada que dá acesso ao Distrito de Boas Nova_x000D_
  Novas encontra-se em_x000D_
  juntamente com a_x000D_
  sTendo em vista que a estrada que liga a sede do município _x000D_
  condições precárias, especialmente nos períodos chuvosos, dificultando o_x000D_
  tráfego de veículos, o transporte escolar, o escoamento da produção agrícola e o acesso da populaçao_x000D_
  aos serviços básicos de saúde e educação</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1887/20082025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1887/20082025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, no uso de suas atribuições regimentais e legais, vêm,_x000D_
  respeitosamente, após ouvido o Plenário, requerer o envio de ofício ao Departamento de Estradas de_x000D_
  Rodagem do Estado de Pernambuco- DER-PE, solicitando o recapeamento asfáltico da Rodovia PE_x000D_
 97,110 trecho compreendido entre o viaduto da Cohab até a Ponte Nova, neste município, tendo em vista_x000D_
  ser uma importante via de acesso, com grande fluxo diário de veículos, incluindo o transporte de_x000D_
  trabalhadores, estudantes, comerciantes e serviços de emergência. O referido trecho da PE-97 encontra_x000D_
 se visivelmente desgastado, com buracos, desníveis e falhas na pavimentação, oferecendo riscos_x000D_
  constantes de acidentes e prejuízos à população</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1890/58_-_semana_municipal_do_artesanato.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1890/58_-_semana_municipal_do_artesanato.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, no sentido de que seja estudada a viabilidade de criação da “Semana Municipal do Artesanato”, com programação especial voltada à valorização da cultura local._x000D_
 Justificativa_x000D_
 O artesanato é uma das maiores expressões culturais do nosso povo, sendo também fonte de geração de renda e de fortalecimento da identidade local. Em Bezerros, cidade rica em manifestações artísticas e reconhecida pela criatividade de seus artesãos, torna-se fundamental instituir uma programação anual dedicada a essa importante atividade.A criação da Semana Municipal do Artesanato permitirá maior visibilidade ao trabalho dos artesãos, incentivará a economia criativa, fortalecerá o turismo cultural e promoverá o reconhecimento daqueles que preservam e renovam as tradições manuais e artísticas do município.Durante a programação poderão ser realizadas feiras, exposições, oficinas, palestras e apresentações culturais, tornando o evento um marco no calendário oficial da cidade e uma oportunidade de valorização da arte bezerrense.</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1891/57_-_predio_da_secretaria_de_turismo.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1891/57_-_predio_da_secretaria_de_turismo.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, no sentido de que seja realizado estudo para a viabilidade de disponibilizar um novo espaço para a Secretaria Municipal de Turismo e Cultura, que seja adequado, moderno e confortável para o desenvolvimento de suas atividades._x000D_
 Justificativa_x000D_
 O município de Bezerros é reconhecido em todo o estado e no país como um polo cultural, principalmente pela grandiosidade de seu Carnaval, pelo São João e por outros eventos que movimentam a economia criativa e o turismo local. Diante dessa importância, torna-se essencial que a Secretaria de Turismo e Cultura disponha de um espaço apropriado, com salas climatizadas, auditório, salas de reuniões, áreas de convivência e infraestrutura acessível, garantindo mais conforto e eficiência no atendimento aos artistas, produtores culturais, turistas e à população em geral. Além disso, é fundamental que este novo espaço reflita a identidade cultural de Bezerros, incorporando elementos visuais e artísticos da cidade, como pinturas de artistas locais, representações dos tradicionais Papangus e das Xilogravuras, reforçando o orgulho cultural do nosso povo e tornando o ambiente não apenas administrativo, mas também um verdadeiro cartão-postal de valorização da arte bezerrense. A viabilização desse espaço trará mais dignidade ao trabalho desenvolvido pela pasta, fortalecerá as políticas públicas de turismo e cultura e será também um ponto de referência cultural para visitantes e moradores.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1892/requerimento_projeto_de_arborizacao_na_cidade_de_bezerros_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1892/requerimento_projeto_de_arborizacao_na_cidade_de_bezerros_assinado.pdf</t>
   </si>
   <si>
     <t>EMENTA: Solicita apoio da Prefeitura Municipal e da Secretaria de Agricultura para _x000D_
 implantação de projeto de arborização na cidade de Bezerros e no entorno das escolas _x000D_
 municipais</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1893/requerimento_solicita_a_prefeitura_municipal_de_bezerros_a_realizacao_de_melhorias_nas_estradas_da_zona_rural_da_comunidade_de_serra_dos_bois._assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1893/requerimento_solicita_a_prefeitura_municipal_de_bezerros_a_realizacao_de_melhorias_nas_estradas_da_zona_rural_da_comunidade_de_serra_dos_bois._assinado.pdf</t>
   </si>
   <si>
     <t>EMENTA: Solicita à Prefeitura Municipal de Bezerros e Secretaria de Agricultura a realização de melhorias nas _x000D_
 estradas da zona rural da comunidade de Serra dos Bois.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1894/requerimento_parceria_entre_prefeitura_e_corpo_de_bombeiros_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1894/requerimento_parceria_entre_prefeitura_e_corpo_de_bombeiros_assinado.pdf</t>
   </si>
   <si>
     <t>EMENTA: Solicita parceria entre a Prefeitura Municipal de Bezerros e o Corpo de _x000D_
 Bombeiros Militar de Pernambuco para realização de capacitações voltadas a _x000D_
 colaboradores de empresas e instituições, com ênfase nas que utilizam matérias-primas _x000D_
 inflamáveis, mas não se limitando a essas.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1895/req_074_-_kits_esportivos_nas_escolas_municipais.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1895/req_074_-_kits_esportivos_nas_escolas_municipais.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a disponibilização de kits esportivos para as escolas municipais de Bezerros/PE</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1896/req_073_-_regionalizacao_das_licitacoes_municipais.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1896/req_073_-_regionalizacao_das_licitacoes_municipais.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita o estudo e planejamento necessário para que, dentro dos parâmetros legais, as licitações municipais sejam realizadas com limitação regional.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1897/requerimento_33_rogerio_pdf_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1897/requerimento_33_rogerio_pdf_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO 33/2025_x000D_
 _x000D_
 À_x000D_
 Prefeitura Municipal de Bezerros_x000D_
 Secretaria de Agricultura_x000D_
 Secretaria de Infraestrutura_x000D_
 _x000D_
 Atendendo a solicitações da população, requeiro à Mesa, ouvido o Plenário e cumpridas todas as_x000D_
 formalidades regimentais, venho, por meio deste, respeitosamente requerer a recuperação das_x000D_
 estradas rurais de Bento Velho e Jurubeba, situadas na Zona Rural do município de Bezerros/PE._x000D_
 _x000D_
 As referidas estradas, por se tratarem de vias de terra, encontram-se em más condições de tráfego,_x000D_
 o que vem causando transtornos para os moradores, produtores rurais, agricultores e demais_x000D_
 usuários que dependem diariamente deste acesso para o transporte de pessoas, mercadorias e da_x000D_
 produção agrícola local._x000D_
 _x000D_
 Diante disso, solicitamos que seja realizada, com a máxima brevidade possível, a devida_x000D_
 recuperação das estradas com utilização de máquina Patrol e PSARRO, de forma a garantir_x000D_
 melhores condições de mobilidade, segurança e escoamento da produção rural._x000D_
 _x000D_
 Cientes da atenção de Vossas Senhorias, agradecemos antecipadamente e renovamos votos de_x000D_
 estima e consideração._x000D_
 _x000D_
 OUTRAS JUSTIFICATIVAS EM PLENÁRIO_x000D_
 _x000D_
 Câmara Municipal dos Bezerros, 01 de setembro de 2025._x000D_
 _x000D_
 JOSÉ ROGÉRIO CORREIA_x000D_
 Vereador</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1898/req_072_-_mobilia_para_o_scfv_antigo_ceeb.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1898/req_072_-_mobilia_para_o_scfv_antigo_ceeb.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita que seja providenciada a aquisição de geladeira, fogão, colchonetes e principalmente cadeiras de rodas para o SCFV, antigo CEEB, em Bezerros/PE.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1901/62-requerimento_concurso_a_guarda_civil_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1901/62-requerimento_concurso_a_guarda_civil_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a realização do concurso público para guarda civil municipal.</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1902/63-requerimento_protecao_a_vida_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1902/63-requerimento_protecao_a_vida_assinado.pdf</t>
   </si>
   <si>
     <t>implantação do espaço Rede Amarela. Que este espaço possa ser uma rede municipal de proteção a vida contemplada com contato público, espaço físico, atendimentos psicológicos e com demais profissionais, em prevenção ao suicídio, acompanhamentos e atenção da saúde mental.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1904/carro_mudanca_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1904/carro_mudanca_ze_amaro.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado_x000D_
  apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Ex^ juntamente com_x000D_
  a Secretaria Municipal de Ação Social, que sejam disponibilizados veículos apropriados para o transporte de_x000D_
  mudanças de famílias em situação de vulnerabilidade social. É de conhecimento público que muitas_x000D_
  famílias em situação de extrema pobreza ou vulnerabilidade não dispõem de recursos financeiros_x000D_
  para custear o transporte de suas mudanças, especialmente em casos de remoção urgente, como_x000D_
  reintegração de posse, risco iminente de desabamento ou transferência para moradias mais dignas.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1905/lixeiras_nos_sitios_roberto_dinda.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1905/lixeiras_nos_sitios_roberto_dinda.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Excelentíssima Senhora Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, em conjunto com a Secretaria Municipal de Infraestrutura, que seja providenciada a_x000D_
  construção de bases de cimento em pontos estratégicos do Sítio Olho d^Água, para que sobre essas_x000D_
  estruturas sejam colocados tonéis de lixo. Essa medida visa proporcionar melhor organização na coleta_x000D_
  de resíduos sólidos, evitar o descarte inadequado do lixo e contribuir com a limpeza, higiene e saúde_x000D_
  pública da comunidade local. A presença de tonéis sobre bases de cimento facilita a manutenção, evita_x000D_
  0 contato direto com o solo e reduz a proliferação de insetos, além de promover uma melhor estética_x000D_
  e conservação ambiental.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1906/calcamento_rua_araripina_ade.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1906/calcamento_rua_araripina_ade.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, atendendo solicitação de moradores e cumpridas todas as_x000D_
  formalidades regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA_x000D_
  LUCIELLE SILVA LAURENTIIMO, que V.Ex-, Juntamente com a Secretaria de Infraestrutura, viabilize a_x000D_
  construção do calçamento da Rua Araripina, localizada no bairro Nossa Senhora Aparecida, em nosso_x000D_
  Município. Vale salientar que esta rua já tem saneamento básico.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1907/calcamamento_avenida_e_rua_25_cohab_ade.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1907/calcamamento_avenida_e_rua_25_cohab_ade.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, atendendo solicitação de moradores e cumpridas todas as_x000D_
  formalidades regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA_x000D_
  LUCIELLE SILVA LAURENTINO, que V.Ex^, juntamente com a Secretaria de Infraestrutura, viabilize a_x000D_
  realização de melhorias na infraestrutura do Bairro São Rafael, precisamente na Avenida Severina do_x000D_
  Carmo Neves e complemento do calçamento da Rua 25 da COHAB, perfazendo uma média de 800_x000D_
  metros de comprimento._x000D_
  Tais melhorias incluem:_x000D_
  ● Capinação de mato alto nas ruas e calçadas;_x000D_
  ● Desobstrução de esgotos e bocas de lobo, nas vicinais que escoam para esta avenida;_x000D_
  ● Recuperação e manutenção de via pública, visando melhorar o fluxo de pedestres e veículos_x000D_
  automotores;_x000D_
  ● Calçamento de aproximadamente 800 metros._x000D_
 _x000D_
  Diante das constantes reclamações dos moradores da localidade, que enfrentam dificuldades de_x000D_
  mobilidade devido à falta de manutenção urbana, além dos riscos à saúde públicos causados pela_x000D_
  presença de esgotos entupidos e mato acumulado.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1908/reforma_da_praca_do_sao_pedro_ade_motos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1908/reforma_da_praca_do_sao_pedro_ade_motos.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, atendendo solicitação de moradores e cumpridas todas as_x000D_
  formalidades regimentais, que seja formulado apelo a Exm§. Sr^. Prefeita deste Município, MARIA_x000D_
  LUCIELLE SILVA LAURENTINO, que V.Ex^, juntamente com a Secretaria de Infraestrutura, viabilize a_x000D_
  reforma da Praça Maria do Carmo Saies de Azevedo Melo, localizada no bairro São Pedro, ao lado da_x000D_
  DBS São Pedro 1 e nas proximidades da Igreja do São Pedro._x000D_
  A referida praça é utilizada diariamente por moradores do bairro, incluindo idosos, famílias e_x000D_
  frequentadores das igrejas próximas. Todavia, encontra-se em condições que necessitam de melhorias_x000D_
  para oferecer mais segurança, conforto e bem-estar à população._x000D_
  Diante disso, solicita-se:- Troca do piso da praça, garantindo maior acessibilidade e segurança;- Instalação de bancos para descanso e convivência social;- Reforma dos canteiros das árvores, promovendo a preservação ambiental e melhor estética do_x000D_
  local;- Readaptação da iluminação pública, com instalação de luminárias abaixo da copa das árvores,_x000D_
  assegurando visibilidade adequada no período noturno._x000D_
  Tais melhorias proporcionarão melhores condições de lazer, convivência e segurança para todos_x000D_
  que utilizam deste espaço.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1909/recursos_bezerros_vet_tatai.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1909/recursos_bezerros_vet_tatai.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo ao. Excelentíssimo Senhor Deputado Estadual Joãozinho Tenório, solicitando que_x000D_
  Vossa Excelência leve a pauta da causa animal à Assembléia Legislativa do Estado de Pernambuco,_x000D_
  buscando articular e viabilizar recursos próprios para serem aplicados diretamente nas ações voltadas_x000D_
  ao bem-estar animal em nosso município. Solicito ainda, que sejam destinadas emendas parlamentares_x000D_
  para aquisição de equipamentos e ampliação dos serviços ofertados pelo Bezerros Vet, possibilitando_x000D_
  melhorias no atendimento, na infraestrutura e na capacidade de resgate, tratamento e cuidado com_x000D_
  os animais</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1910/lixo_mororo_diogo_lemos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1910/lixo_mororo_diogo_lemos.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, atendendo solicitação de moradores e cumpridas todas as_x000D_
  formalidades regimentais, que seja formulado apelo a Ex^. Sr^. Prefeita deste Município, MARIA_x000D_
  LUCIELLE SILVA LAURENTINO, que V.Exa., juntamente com o setor de controle urbano, viabilize_x000D_
  a coleta de lixo em todas as ruas do Mororó, tendo em vista que o carro do lixo está_x000D_
  deixando os resíduos nas vias paralelas, solicito ainda que, fiscalizem os materiais de_x000D_
  construção e entulhos no referido bairro, uma vez que, alguns destes vem obstruindo as_x000D_
  vias e causando transtornos</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1911/01092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1911/01092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO que Vossa_x000D_
  Excelência, por meio da Secretaria Municipal de Educação, providencie a aquisição de uma cadeira de_x000D_
  rodas para ser disponibilizada nas unidades escolares da rede municipal de ensino. Tal solicitação tem_x000D_
  como objetivo atender eventuais emergências e auxiliar funcionários e alunos que, por alguma_x000D_
  necessidade temporária ou permanente, necessitem de locomoção assistida dentro do ambiente_x000D_
  escolar.</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1912/01092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1912/01092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
  que seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTIIMO_x000D_
  que V.Ex§ juntamente com a Secretaria Municipal de Infraestrutura, envie uma equipe de fiscalização_x000D_
  técnica ao bairro Residencial Bezerros, com o objetivo de realizar o mapeamento das vias que_x000D_
  apresentam calçamentos danificados ou comprometidos. A presente solicitação visa atender às_x000D_
  constantes reivindicações dos moradores da localidade, que vêm enfrentando dificuldades de_x000D_
  mobilidade e riscos à segurança devido às más condições de algumas ruas. 0 levantamento técnico é_x000D_
  fundamental para que seja possível planejar ações de recuperação e manutenção das vias públicas de_x000D_
  forma eficaz e responsável.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1915/60_-_programa_municipal_de_inclusao_digital_para_idosos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1915/60_-_programa_municipal_de_inclusao_digital_para_idosos.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, no sentido de que seja estudada a viabilidade de criação do Programa Municipal de Inclusão Digital para Idosos. Justificativa: A tecnologia faz parte do cotidiano de todas as pessoas, mas muitos idosos ainda enfrentam dificuldades no uso de celulares, computadores e aplicativos básicos, o que gera barreiras no acesso a serviços públicos, bancários, de saúde e de comunicação com familiares.A criação de um Programa Municipal de Inclusão Digital para Idosos possibilitará a realização de cursos gratuitos de informática e de uso de dispositivos móveis, oficinas práticas e atividades de capacitação em linguagem acessível, promovendo maior autonomia, inclusão social e qualidade de vida. Essa iniciativa contribuirá para reduzir a exclusão digital, fortalecer vínculos familiares, ampliar o acesso à informação e valorizar a experiência dos idosos em nossa sociedade.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1916/59_-_farmacia_de_manipulacao_municipal.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1916/59_-_farmacia_de_manipulacao_municipal.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino, no sentido de que seja estudada a viabilidade de implantação de uma Farmácia de Manipulação Municipal, com foco especial no atendimento à população de baixa renda. Justificativa: A saúde é um direito fundamental de todos e dever do poder público. Muitas famílias de baixa renda enfrentam dificuldades para adquirir medicamentos de uso contínuo ou fórmulas específicas, muitas vezes de alto custo. A implantação de uma Farmácia de Manipulação Municipal representaria um grande avanço na política pública de saúde, possibilitando a produção de medicamentos manipulados de acordo com a necessidade médica de cada paciente, a preços acessíveis ou de forma gratuita, de acordo com critérios sociais.Além de reduzir custos para os usuários, a farmácia possibilitará maior autonomia ao município, ampliando a oferta de tratamentos personalizados, especialmente em áreas como pediatria, geriatria e doenças crônicas, contribuindo diretamente para a melhoria da qualidade de vida da população.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1917/req_077_-_scave_em_bezerros.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1917/req_077_-_scave_em_bezerros.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita da prefeitura de Bezerros, medidas judiciais contra a COMPESA e SCAVE em relação às obras de implantação da rede de captação do esgoto sanitário realizada no município</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1918/req_076_-_melhorias_no_cemiterios.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1918/req_076_-_melhorias_no_cemiterios.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de melhorias estruturais no Cemitério Municipal Parque dos Eucaliptos, localizado no Santo Amaro em Bezerros.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1920/reforma_da_creche_vovo_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1920/reforma_da_creche_vovo_vando.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que sejam_x000D_
  adotadas providências, por meio das Secretarias Municipais competentes, no sentido de viabilizar a_x000D_
  reforma da Creche Vovó Maria Bezerra, localizada no bairro do Retiro. Justifica-se o presente_x000D_
  requerimento tendo em vista as condições estruturais precárias em que se encontra a referida unidade de_x000D_
  ensino, comprometendo a segurança e o bem-estar das crianças, dos profissionais da educação e das_x000D_
  famílias atendidas. Ressalta-se ainda que, embora já exista projeto para construção de uma nova creche,_x000D_
  a obra ainda não foi iniciada, sendo imprescindível que, até a efetivação da nova unidade, a atual seja_x000D_
  reformada para garantir um ambiente minimamente adequado e seguro.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1921/reforma_da_escola_numeriano_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1921/reforma_da_escola_numeriano_vando.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm-. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
  V.Ex^, juntamente com a Secretaria de Educação, solicitando a reforma da Escola Municipal Nomeriano_x000D_
  Pereira da Silva, localizada no bairro do Retiro em nosso município. A referida unidade escolar encontra_x000D_
 necessitando de melhorias estruturais urgentes, tais intervenções são fundamentais para garantir um_x000D_
  ambiente digno, seguro e adequado para o processo de ensino-aprendizagem de alunos, professores e_x000D_
  demais profissionais da educação.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1922/padroes_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1922/padroes_vando.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa^ ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
  que seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  que V.Ex^, juntamente com a Secretaria competente, viabilize a disponibilização de material esportivo para os_x000D_
  clubes de futebol filiados à Liga Desportiva de Bezerros, bem como para os clubes que  participam_x000D_
  do Campeonato de Bairro. Tal requerimento justifica-se pela importância de incenTIvar a_x000D_
  prática esportiva em nosso município, especialmente no_x000D_
  futebol amador, que é uma forte tradição em_x000D_
  Bezerros. 0 fornecimento de materiais adequados irá garantir melhores condiçoes para os atletas e_x000D_
  clubes locais, promovendo inclusão social, ocupação saudável do tempo livre e fortalecendo o esporte_x000D_
  como instrumento de cidadania.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1923/ubs_siqueira_campo_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1923/ubs_siqueira_campo_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Ex^_x000D_
  juntamente com a  secretária Municipal de Saúde elabore um projeto para implantação de uma_x000D_
  Unidade Básica de Saúde (UBS) no prédio onde funcionava a Escola Siqueira Campos. A presente_x000D_
  solicitação se fundamenta na necessidade da população local, que atualmente precisa se deslocar para_x000D_
  postos de saúde situados em bairros mais distantes, enfrentando dificuldades para o acesso a serviços_x000D_
  básicos de saúde. Considerando que o prédio da antiga Escola Siqueira Campos encontra-se_x000D_
  atualmente sem uso, e que sua estrutura pode ser adaptada para este fim, a implantação de uma UBS_x000D_
  neste local trará inúmeros benefícios para a comunidade, otimizando recursos públicos e melhorando_x000D_
  0 atendimento à saúde da população.</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1924/sala_do_emprendedor_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1924/sala_do_emprendedor_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO_x000D_
  solicitando que, por meio da Sala do Empreendedor, seja realizada capacitação com os comerciantes_x000D_
  e microempreendedores locais, com o objetivo de prepará-los para participarem de forma eficiente e_x000D_
  competitiva dos processos de licitação promovidos pela Prefeitura Municipal de Bezerros. A presente_x000D_
  solicitação visa fortalecer a economia local, promovendo a inclusão dos pequenos negócios_x000D_
  compras públicas, gerando renda, empregos e desenvolvimento para o município</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1928/jeton_servidores.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1928/jeton_servidores.pdf</t>
   </si>
   <si>
     <t>Solicita a criação de um JETON (verba indenizatória por reunião aos integrantes do comitê de investimentos, Conselhos fiscais e deliberativos que compõe e fiscalizam os trabalhos do IPREBE). Solicito a viabilidade desse pagamento devido a alta responsabilidade que estes conselheiros exercem e também como forma de incentivar a participação e capacitação dos membros.</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1929/iprebe_diogo_lemos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1929/iprebe_diogo_lemos.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
  que seja formulado apelo a llm" Sr\ ANDRIELLY CRISTINA SILVA ALMEIDA Presidente do IPREBE,_x000D_
  que sejam adotadas as providências legais e administrativas necessárias para a venda do antigo_x000D_
  prédio de vísceras, atualmente pertencente ao IPREBE e que se encontra em situação de abandono,_x000D_
  destinando-se integralmente os valores arrecadados com a venda á recomposição das contas do_x000D_
  Instituto.</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1931/motoristas_de_app_ade_motos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1931/motoristas_de_app_ade_motos.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, atendendo solicitação do Presidente da associação dos_x000D_
  Mototaxistas de Bezerros e cumpridas todas as formalidades regimentais._x000D_
  Considerando o crescente aumento do transporte clandestino cm nosso município, com diversos_x000D_
  trabalhadores atuando à margem da Ici. sem as devidas autorizações e em prejuízo da segurança dos_x000D_
  usuários:_x000D_
  Considerando ainda que muitos desses condutores exercem suas atividades sem possuir alvará,_x000D_
  utilizando coletes e outros instrumentos de identificação de forma irregular, confundindo a população e_x000D_
  prejudicando aqueles que cumprem a legislação vigente;_x000D_
  Considerando, por fim, a necessidade de maior fiscalização sobre os motoristas que atuam por_x000D_
  meio de aplicativos, a fim de garantir que as corridas estejam sendo efetivamente realizadas dentro das_x000D_
  plataformas credenciadas, assegurando transparência, legalidade e segurança aos passageiros:_x000D_
  Que seja formulado apelo a Exm-. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAUREIMTINO, que V.Ex^, juntamente com a Secretaria de Segurança e Ordem Pública:_x000D_
  1. Intensifique a llscalização sobre o transporte clandestino, com operações regulares em pontos_x000D_
  estratégicos da cidade:_x000D_
  2. Adote medidas para coibir o uso de coletes e outros sinais de identificação por parte de quem_x000D_
  não possui alvará de funcionamento;_x000D_
  3. Reforce a exigência e verificação do pagamento do alvará para o exercício regular da atividade;_x000D_
  4. Fiscalize os motoristas que atuam por aplicativos, garantindo que estejam devidamente_x000D_
  cadastrados e realizando corridas somente através das plataformas autorizadas.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1932/62_-_revitalizacao_santa_imaculada.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1932/62_-_revitalizacao_santa_imaculada.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino, no sentido de que seja realizado estudo para a viabilidade da revitalização da Santa Imaculada Coração de Maria, localizada no Bairro São Pedro, próximo ao novo Atacarejo. O local possui grande importância religiosa e comunitária para os moradores, mas encontra-se sem a estrutura adequada. A revitalização garantirá um espaço digno, com condições para a realização de missas, celebrações e encontros da comunidade, além de melhorias na iluminação, acessibilidade e paisagismo, fortalecendo a fé e a união do bairro.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1933/61_-_revitalizacao_dao_borba.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1933/61_-_revitalizacao_dao_borba.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino, no sentido de que seja realizado estudo para a viabilidade da revitalização do Curral Dão Borba. O Curral Dão Borba é um espaço tradicional de nossa cidade, onde acontece semanalmente, aos sábados, a feira de gados, reunindo criadores, comerciantes e compradores de toda a região. Este evento é de grande relevância não apenas para a economia local, mas também para a preservação da tradição e da cultura do nosso povo. Contudo, o espaço encontra-se em condições que necessitam de melhorias, a fim de oferecer mais segurança, organização, conforto e acessibilidade tanto para os trabalhadores quanto para os frequentadores. A revitalização poderá contemplar a reestruturação da área física, melhorias na iluminação, pavimentação, áreas de higienização, sinalização e espaços de convivência, tornando a feira mais funcional e atrativa, além de valorizar a atividade agropecuária que movimenta a economia do município. Dessa forma, a intervenção não apenas beneficiará os produtores e comerciantes, mas também contribuirá para fortalecer a identidade cultural e econômica da cidade.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1934/numero_da_abordagem_social.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1934/numero_da_abordagem_social.pdf</t>
   </si>
   <si>
     <t>Criação de um número exclusivo para abordagem social e desenvolvimento de canal oficial e público para comunicação com este serviço público que realiza o trabalho de busca ativa sobre pessoas em situação de risco pessoal e social.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1935/aumento_da_patronal.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1935/aumento_da_patronal.pdf</t>
   </si>
   <si>
     <t>Solicita o aumento da taxa patronal de 19% para 28%, buscando aumentar a contribuição para o Instituto de Previdência de Bezerros.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1936/req_520_-_revitalizacao_do_parque_recreativo_do_residencial_bezerros.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1936/req_520_-_revitalizacao_do_parque_recreativo_do_residencial_bezerros.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a revitalização do parque recreativo, localizado no Residencial_x000D_
 Bezerros.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1937/req_521_-_risperidona_e_outros_medicamentos_controlados.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1937/req_521_-_risperidona_e_outros_medicamentos_controlados.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a disponibilização regular e gratuita do medicamento Risperidona,_x000D_
 bem como outros medicamentos controlados, conforme a demanda apresentada pela_x000D_
 população.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1938/wifi_na_upa_bezerros_ade.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1938/wifi_na_upa_bezerros_ade.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  V.Ex^, proceda estudos necessários para implantação de acesso livre de rede wifi, para usuários da_x000D_
  Unidade de Pronto Atendimento UPA, de nosso Município, tal solicitação é para atender diversos_x000D_
  pedidos de usuários da UPA que utilizam o local para atendimento médico. O acesso a rede wifi é item_x000D_
  indispensável de comunicação atualmente, humaniza o atendimento e facilita principalmente contatos_x000D_
  com familiares.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>Zé Antônio da Rádio, Reporter Rinaldo Luiz</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1941/tea_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1941/tea_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAUREIMTINO, que V.Ex^_x000D_
  juntamente com a secretária Municipal de Saúde, viabilize a inclusão e disponibilização do_x000D_
  medicamento Risperidona na rede pública de saúde do município, especialmente para atendimento às_x000D_
  crianças diagnosticadas com Transtorno do Espectro Autista (TEA).</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1942/terrenos_para_empresas_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1942/terrenos_para_empresas_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm-. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTIIMO, em_x000D_
  conjunto com a Sala do Empreendedor, a realização de um levantamento detalhado dos terrenos_x000D_
  públicos e/ou disponíveis para cessão, concessão ou venda, com o objetivo de disponibilizar, para_x000D_
  empresas já existente em nosso Município e que necessitem de melhor estrutura física e logística,_x000D_
  contribuindo assim para a ampliação da oferta de empregos em nosso município.</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1943/15092025_camara_municipal_de_bezerros.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1943/15092025_camara_municipal_de_bezerros.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja_x000D_
  formulado apelo a Exm^. Sr-. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Ex^_x000D_
  juntamente com a Secretaria de Agricultura, providencie a podação das árvores da rua Júlio Cesar,_x000D_
  localizada no bairro Mororó, em nosso Município.</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1944/15092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1944/15092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm®. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que V.Ex^. juntamente com a Secretaria competente, providencie, com a máxima_x000D_
  urgência possível, a retirada de metralhas e entulhos na Rua Travessa Redentor, em frente à_x000D_
  casa n° 299, localizada no bairro São Pedro, em nosso Município.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1946/req_081_-_homenagem_para_j_borges_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1946/req_081_-_homenagem_para_j_borges_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Sr. Deputado Estadual Renato Antunes,_x000D_
 concessão/indicação de honraria por meio da MEDALHA DE MÉRITO DOS_x000D_
 GUARARAPES à obra e o saber do Mestre J. Borges, artista reconhecido como_x000D_
 Patrimônio Vivo de Pernambuco pela sua arte.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1950/requerimento_-_pintura_de_quebra-molas_na_estrada_da_serra_negra_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1950/requerimento_-_pintura_de_quebra-molas_na_estrada_da_serra_negra_assinado.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal a SINALIZAÇÃO ADEQUADA E PINTURA DOS QUEBRA-MOLAS, localizados na estrada que dá acesso a SERRA NEGRA, bem como nas ruas do povoado.</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1951/requerimento_-_acoes_de_combate_a_proliferacao_de_pombos_na_area_urbana_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1951/requerimento_-_acoes_de_combate_a_proliferacao_de_pombos_na_area_urbana_assinado.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal a RETOMADA DAS AÇÕES E MEDIDAS VOLTADAS À REDUÇÃO DA POPULAÇÃO DE POMBOS EM NOSSO MUNICÍPIO. Experiências anteriores, como o uso de falcões e redes para captura, mostraram resultados satisfatórios e precisam ser retomadas, bem como implementadas novas iniciativas com base na Lei Municipal nº 1.451, de 14 de junho de 2022,  cuja o projeto de lei é de autoria deste mandato, que proíbe a alimentação e a manutenção de abrigos para pombos na área urbana e classifica a espécie como praga urbana.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1952/requerimento_-_sinalizacao_das_vagas_de_estacionamento_especial_com_simbolo_do_autismo_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1952/requerimento_-_sinalizacao_das_vagas_de_estacionamento_especial_com_simbolo_do_autismo_assinado.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal a SINALIZAÇÃO ADEQUADA DAS VAGAS DE ESTACIONAMENTO ESPECIAL COM O SÍMBOLO PARA PESSOAS COM TRANSTORNO NO ESPECTRO AUTISTA (TEA).</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1954/requerimento_casa_da_infancia_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1954/requerimento_casa_da_infancia_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a criação da casa da infância voltada para saúde e bem estar. Que este local possa oferecer atendimentos com pediatras de forma integral e equipe médica multiprofissional, oferecendo atendimento humanizado as crianças do município.</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1959/relatorio_iprebe_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1959/relatorio_iprebe_vando.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido 0 Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a llmª Srª. ANDRIELLY CRISTINA SILVA ALMEIDA Presidente do IPREBE, solicitando que seja encaminhado mensalmente a esta Casa de Leis um relatório detalhado da situação financeira do instituto de Previdência dos Servidores Públicos do Município de Bezerros</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1960/altino_ventura_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1960/altino_ventura_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, em_x000D_
  conjunto com a Secretaria de Saúde que seja viabilizada uma parceria com a Fundação Altino Ventura,_x000D_
  instituição de reconhecida excelência na área oftalmológica, com o objetivo de realizar mutirões de_x000D_
  cirurgias eletivas para atender à população carente do município. A realização desses mutirões, por_x000D_
  meio de parceria com a mencionada Fundação, poderá contribuir significativamente para a redução_x000D_
  das filas de espera por procedimentos como cirurgias de catarata, entre outras enfermidades_x000D_
  oftalmológicas que afetam diretamente a qualidade de vida dos munícipes.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1961/limpeza_bairro_irma_julia_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1961/limpeza_bairro_irma_julia_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm-, Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Ex^_x000D_
  Juntamente com a Secretaria de Infra Estrutura, viabilize a realização de serviço de capinação e limpeza_x000D_
  urbana no bairro Irmã Julia em nosso Município.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1962/pe_95_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1962/pe_95_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo ao Departamento de Estradas de Rodagem de Pernambuco- DER/PE, solicitando_x000D_
  manutenção urgente na rodovia PE-95, que se encontra em péssimo estado de conservação, com_x000D_
  diversos buracos ao longo de sua extensão, prejudicando o tráfego de veículos e colocando em risco a_x000D_
  segurança dos condutores e passageiros.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1963/calcamento_nossa_senhora_aparacida_junior.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1963/calcamento_nossa_senhora_aparacida_junior.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MIARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que V.Ex^, juntamente com a Secretaria de Infraestrutura, providencie o_x000D_
  calçamento das Ruas: Edite Josefa da Silva (antiga rua 26) e na rua 27, ambas localizadas no_x000D_
  bairro Nossa Senhora Aparecida em nosso Município.</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1964/22092025_camara_municipal_de_bezerros_003.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1964/22092025_camara_municipal_de_bezerros_003.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria e também anteriormente apresentado pelo Vereador Vando, Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. sª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO juntamente coma Secretaria competente, que providencie, ,  com a máxima urgência, a reposição do calçamento da Rua Padre Cícero, localizada no bairro do Retiro, nas proximidades do retorno do ferro velho de Otoniel e da Casa do Plantio. Destaco a necessidade de, antes da realização do calçamento definitivo, seja feito um serviço paliativo com colocação de piçarro, visando melhorar temporariamente as condições de trafego e minimizar os transtornos enfrentados pelos moradores da referida localidade</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1965/22092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1965/22092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
  que seja formulado apelo a Exm^. Sr-. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  que V.Ex§, juntamente com a Secretaria de lnfraestrutura,'viabilize a realização de obras de calçamento_x000D_
  na Rua Severino Cristiano da Silva, localizada no bairro Mororó, em nosso Município.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1966/25082025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1966/25082025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita Municipal, MARIA LUCIELLE SILVA LAURENTINO, que V.Ex^. juntamente com a secretaria de Infra Estrutura, que sejam providenciadas melhorias nas  seguintes trechos: _x000D_
 A via de acesso que desce pela escola e segue em direção às residências;_x000D_
 A outra entrada do referido loteamento, nas proximidades do posto.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1967/22092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1967/22092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades_x000D_
  regimentais, que seja formulado apelo a Excelentíssima Senhora Prefeita deste Município,_x000D_
  MARIA LUCIELLE SILVA LAURENTINO, em conjunto com a Secretaria Municipal de Agricultura_x000D_
  providências urgentes quanto à manutenção e conservação do Parque Ecológico da Serra_x000D_
  Negra. Tal solicitação se faz necessária em razão das diversas reclamações de visitantes e_x000D_
  frequentadores do parque, que relataram vários problemas.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1968/22092025_camara_municipal_de_bezerros.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1968/22092025_camara_municipal_de_bezerros.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo ao. Excelentíssimo Senhor Deputado Estadual Joãozinho Tenório, solicitando do_x000D_
  mesmo a destinação de emenda parlamentar para a aquisição de um veículo, tipo carro pipa, para ser_x000D_
  usado especialmente para o abastecimento de agua do bairro Santana, tendo em vista a crescente_x000D_
  demanda por abastecimento de água na referida localidade.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1969/22092025_camara_municipal_de_bezerros_001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1969/22092025_camara_municipal_de_bezerros_001.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^ Sr^ Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO através da qual se apela a chefe do Executivo Municipal, juntamente com o órgão_x000D_
  competente, que sejam tomadas as providencias necessárias para implantação de rampas de_x000D_
  acesso para pessoas com deficiência ou com mobilidades reduzidas na Rua Sigismundo_x000D_
  Gonçalves na calçada da loja MDM CALÇADOS, no centro de nosso Município.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1970/req_081_-_capinacao_do_residencial_jurema.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1970/req_081_-_capinacao_do_residencial_jurema.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a capinação da área de convivência do Residencial Jurema.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1972/requerimento_forca_tarefa_animal_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1972/requerimento_forca_tarefa_animal_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a criação de um programa de força tarefa animal para saúde dos animais de rua com equipes de gestão e voluntários</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1973/66-requerimento_recursos_para_igreja_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1973/66-requerimento_recursos_para_igreja_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a aplicação de recursos para o patrimônio histórico, Igreja de São José dos Bezerros em que corre sério risco de desabamento e atualmente se encontra de portas fechadas.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1974/requerimento_-_sinalizacao_das_rotatorias_do_viaduto_da_cohab_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1974/requerimento_-_sinalizacao_das_rotatorias_do_viaduto_da_cohab_assinado.pdf</t>
   </si>
   <si>
     <t>Requer ao Secretário Estadual de Mobilidade e Infraestrutura - SEMOBI, ANDRÉ TEIXEIRA; ao Senhor Presidente do Departamento Estatual de Estradas e Rodagens – DER, ANDRÉ FONSECA; e a Excelentíssima Senhora Prefeita do Município de Bezerros, LUCIELLE LAURENTINO que com a maior brevidade possível sejam REINSTALADAS/SINALIZADAS AS ROTATÓRIAS, localizadas NA VIA LOCAL DA BR 232, NO TRECHO CONHECIDO COMO VIADUTO DA COHAB, ONDE INICIA A PE-97.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1975/requerimento_mutirao_pra_retirar_metrlhas_e_capinacao_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1975/requerimento_mutirao_pra_retirar_metrlhas_e_capinacao_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita à Prefeitura Municipal de Bezerros e à Secretaria de Infraestrutura a realização de mutirão para retirada de entulhos e serviço de capinação no bairro São Pedro.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1976/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1976/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Ex^_x000D_
  juntamente com as Secretarias competentes viabilize a construção de uma Unidade Básica de Saúde_x000D_
  (UBS) no terreno situado na Rua Severino Lira, no Bairro Irmã Júlia._x000D_
    O referido terreno encontra-se atualmente abandonado, após ter sido desocupado pela_x000D_
  Prefeitura em fevereiro de 2018, em virtude dos danos causados pelas fortes chuvas que atingiram a_x000D_
  localidade naquele período. Desde então, a área permanece ociosa e sem destinação pública definida._x000D_
     Considerando a necessidade urgente de ampliação dos serviços de saúde na região, e a carência_x000D_
  da população local por atendimentos médicos mais acessíveis e próximos, a construção de uma UBS_x000D_
  neste terreno representaria um avanço significativo na qualidade de vida dos moradores do Bairro Irmã_x000D_
  Júlia e adjacências.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1977/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1977/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo ao Exm^, Sr. Deputado Estadual Joãozinho Tenório, solicitando-lhe que interceda,_x000D_
  junto à Fundação do Patrimônio Histórico e Artístico de Pernambuco- FUNDARPE, no sentido de_x000D_
  viabilizar recursos financeiros destinados à reforma emergencial da estrutura do telhado da Igreja_x000D_
  Matriz de São José, localizada no município de Bezerros.</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1978/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1978/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades_x000D_
  regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, juntamente com a Secretaria Municipal de Segurança Pública, disponibilize um_x000D_
  guarda municipal no Centro de Atenção Psicossocíal (CAPS) todos os dias, de segunda a sexta-feira,_x000D_
  durante o horário de funcionamento, das7h às 16h, a fim de garantir a segurança dos usuários,_x000D_
  funcionários e do patrimônio público.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1979/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1979/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades_x000D_
  regimentais e atendendo apelo dos moradores, que seja formulado apelo a Exm-. Sr^. Prefeita deste_x000D_
  Município, MARIA LUCIELLE SILVA LAURENTINO, juntamente com a Secretaria Municipal de_x000D_
  infraestrutura, que sejam substituídos os tonéis de lixo instalados no Loteamento Riacho_x000D_
  Verdejante, bairro Santo Amaro, ao lado do espaço de treinamento da Auto Escola._x000D_
      A demanda partiu de moradores da localidade, que relataram que os atuais_x000D_
  recipientes encontram-se deteriorados e danificados, dificultando o armazenamento adequado dos_x000D_
  resíduos e provocando o derramamento do lixo durante a coleta, o que contribui para a sujeira das_x000D_
  vias públicas e risco à saúde pública._x000D_
     Diante disso, solicito que seja realizada, com a maior brevidade possível, a_x000D_
  substituição dos tonéis em mau estado por novos recipientes adequados ao uso diário e compatíveis_x000D_
  com a demanda local.</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1980/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_002.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1980/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_002.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
  V.ExãJuntamente com a Secretaria Municipal de Agricultura e Meio Ambiente, solicitando a realização_x000D_
  de mutirões mensais de castração de cães e gatos machos, com o objetivo de contribuir para o controle_x000D_
  populacional de animais de rua e domésticos no município.</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1982/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1982/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e cumpridas_x000D_
  todas as formalidades regimentais, que seja formulado apelo a Exm®. Sr^. Prefeita deste Município,_x000D_
  MARIA LUCIELLE SILVA LAURENTINO, para que V.Ex®, juntamente com a Secretaria de Obras_x000D_
  e Serviços Urbanos, tome as providências necessárias em relação ao complemento do_x000D_
  calçamento do final da Rua Frei Caneca até a entrada do Sítio Mulungú em nosso Município.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1983/64_-_interprete_de_libras_upa.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1983/64_-_interprete_de_libras_upa.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino, juntamente com a Secretaria Municipal de Saúde, solicitando a disponibilização de intérprete de Libras para  unidade de pronto atendimento UPA de Bezerros. A acessibilidade no atendimento à saúde é um direito fundamental garantido por lei. Pessoas com deficiência auditiva encontram grandes dificuldades de comunicação ao buscar consultas, exames e outros serviços médicos, o que compromete a qualidade do atendimento e pode gerar erros no diagnóstico ou tratamento. A presença de intérprete de Libras assegura o direito à comunicação, promove a inclusão social e garante atendimento digno e humanizado. Assim, a disponibilização desse profissional nas unidades de saúde municipais, especialmente nas de maior demanda como a UPA e as UBS, representa um avanço significativo para a população surda de Bezerros.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1984/63_-_sistema_eletronico_de_chamada.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1984/63_-_sistema_eletronico_de_chamada.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino,juntamente com a Secretaria Municipal de Saúde, solicitando a instalação de um sistema eletrônico de chamada por senhas na Unidade de Pronto Atendimento – UPA de Bezerros. Atualmente, os pacientes, ao chegarem à UPA, realizam o cadastro na recepção e aguardam serem chamados por um servidor, que, de uma sala distante, anuncia os nomes em voz alta. Esse procedimento é pouco eficiente, pois em virtude do grande número de pessoas e do barulho no local, muitas vezes os pacientes não conseguem ouvir adequadamente a chamada. Em cidades como Caruaru, já é adotado o sistema eletrônico de senhas com painel de visualização, que organiza a chamada por ordem e classificação de risco (verde, amarelo e vermelho). Esse método garante mais eficiência, organização, privacidade e humanização no atendimento.</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1985/req_085_-_solicita_a_requalificacao_do_predio_publico_em_areias2c_onde_funcionava_o_programa_do_leite.d_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1985/req_085_-_solicita_a_requalificacao_do_predio_publico_em_areias2c_onde_funcionava_o_programa_do_leite.d_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a requalificação do prédio público na comunidade de Areias, onde funcionava o Programa do Leite.</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1986/req_084_-_solicita_a_pavimentacao_de_calcamento_de_trecho_da_5c2aa_travessa_da_rua_taumaturgo_sobrinho2c_n_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1986/req_084_-_solicita_a_pavimentacao_de_calcamento_de_trecho_da_5c2aa_travessa_da_rua_taumaturgo_sobrinho2c_n_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a pavimentação de calçamento de trecho da 5ª Travessa da Rua Taumaturgo Sobrinho, no bairro do Retiro.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1988/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_004.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1988/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_004.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
  V.Ex^, juntamente com Secretaria Municipal de Obras e/ou Departamento de Trânsito, viabilize a_x000D_
  instalação de um redutor de velocidade (quebra-molas) na Rua Siqueira Campos, em frente à casa_x000D_
  número 171, no Bairro Santo Antônio, lado esquerdo da via, logo após a Estação da Cultura</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1991/requerimentoincentivoiptu001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1991/requerimentoincentivoiptu001.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal que se estude a possibilidade de encaminhar a esta Casa Legislativa projeto de lei alterando a legislação municipal que trata sobre a cobrança do IPTU, de modo a conceder incentivo fiscal, ou até mesmo isenção do referido imposto, aos proprietários de imóveis de arquitetura antiga que mantenham preservadas as características originais de suas edificações.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1996/06102025_camara_municipal_de_bezerros__-..pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1996/06102025_camara_municipal_de_bezerros__-..pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  encaminhado apelo à Excelentíssima Senhora Prefeita Municipal, MARIA LUCIELLE SILVA LAURENTINO_x000D_
  para que Vossa Excelência juntamente com a Secretaria.de Cidadania viabilize à disponibilização de_x000D_
  mais um kit de atendimento para emissão da Carteira de Identidade (RG) em nosso município.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1997/06102025_camara_municipal_de_bezerros.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1997/06102025_camara_municipal_de_bezerros.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e cumpridas_x000D_
  todas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita deste_x000D_
  Município, MARIA LUCIELLE SILVA LAURENTINO, para que, em conjunto com os órgãos competentes da_x000D_
  administração municipal, viabilize a disponibilização de sinal de internet Wi-Fi aberta e gratuita nos_x000D_
  prédios públicos e nos principais espaços de uso coletivo do município._x000D_
 _x000D_
 solicita-se, especialmente, que a medida contemple as seguintes unidades e locais;_x000D_
  ● Unidade de Pronto Atendimento (UPA);_x000D_
  ● Secretaria Municipal de Saúde e demais unidades básicas de saúde;_x000D_
  ● Secretaria Municipal de Educação, incluindo escolas e creches municipais;_x000D_
  ● Secretaria Municipal de Assistência Social e seus equipamentos, como CRAS e CREAS;_x000D_
  ● Secretaria Municipal de Administração e demais órgãos da sede da Prefeitura;_x000D_
  Secretaria Municipal de Esportes, Cultura e Lazer e espaços esportivos e culturais;_x000D_
  ● Praças públicas, mercados municipais e demais espaços de grande circulação de pessoas.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1998/06102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1998/06102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e cumpridas_x000D_
  todas as formalidades regimentais, que seja formulado apelo a Exm^. Si^. Prefeita deste_x000D_
 municipio MARIA LUCIELLE SILVA LAURENTINO através da qual se apela a chefe do_x000D_
  Executivo Municipal, juntamente com a Secretaria competente, tomem providências no sentido_x000D_
  de proceder com a reparação do alambrado já existente na quadra da principal Praça do bairro_x000D_
  Nossa Senhora Aparecida, pois constantemente, as bolas atingem residências e carros. Solicito_x000D_
  restauração das traves, com soldas, bem como, a manutenção dos portões, tendo em_x000D_
  vista que os mesmos estão prestes a cair, colocando em risco a vida dos atletas que frequentam_x000D_
  a referida quadra.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1999/06102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1999/06102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
   </si>
   <si>
     <t>Requeiro á Mesa, ouvido o Plenáiio e cumpridas todas as formalidades regimentais, que seja_x000D_
  encaminhado apelo à Excelentíssima Senliora Prefeita do Município de Bezerros, MARIA LUCIELLE_x000D_
  SILVA LAURENTINO, para que, por meio da Secretaria Municipal de Cultura e Turismo, em_x000D_
  parceria com os demais órgãos competentes, sejam realizadas ações de manutenção, pintura e_x000D_
  recuperação das obras de arte talhadas por artistas bezerrenses, que se encontram instaladas em diversos_x000D_
  pontos da nossa cidade.</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2000/06102025_camara_municipal_de_bezerros_001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2000/06102025_camara_municipal_de_bezerros_001.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  encaminhado apelo à Excelentíssima Senhora Prefeita do Município de Bezerros, MARIA LUCIELLE_x000D_
  SILVA LAURENTINO, juntamente com à Secretaria Municipal de Agricultura e Meio Ambiente,_x000D_
  solicitando que seja realizado um estudo técnico com urgência para a retirada de raízes que estão_x000D_
  provocando o levantamento da calçada da Igreja do Rosário, localizada neste município.</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2001/66_-_programa_de_prevencao_de_quedas_e_acidentes_domesticos_no_centro_de_convivencia_dos_idosos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2001/66_-_programa_de_prevencao_de_quedas_e_acidentes_domesticos_no_centro_de_convivencia_dos_idosos.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino, juntamente com a Secretaria Municipal de Saúde e a Secretaria de Desenvolvimento Social, solicitando a implantação de um programa de prevenção de quedas e acidentes domésticos no Centro de Convivência dos Idosos. A implantação de um programa específico no Centro de Convivência dos Idosos, com atividades educativas, exercícios de fortalecimento e equilíbrio, além de orientações práticas sobre segurança em casa, trará benefícios diretos à saúde e à qualidade de vida dos idosos de Bezerros, reduzindo riscos e promovendo maior autonomia.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2002/65_-_nucleo_de_combate_a_violencia_domestica_na_casa_da_mulher.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2002/65_-_nucleo_de_combate_a_violencia_domestica_na_casa_da_mulher.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino, juntamente com a Secretaria Municipal de Saúde, solicitando a criação de um Núcleo de Combate à Violência Doméstica na Casa da Mulher de Bezerros. Permitirá que vítimas recebam acolhimento, orientação jurídica, acompanhamento psicológico e encaminhamentos adequados. Além de fortalecer a rede de proteção às mulheres, essa ação reafirma o compromisso do município com a dignidade, a segurança e a cidadania feminina.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2003/06102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_002.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2003/06102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_002.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
  que seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  para que V.Ex^, juntamente com à Secretaria Municipal de Obras E Serviços Públicos, solicitando a_x000D_
  realização de serviços de esgotamento sanitário e capiriação no Loteamento Portal da Serra, neste_x000D_
  município. A referida localidade encontra-se em situação crítica, com ausência de rede de esgoto_x000D_
  adequada, o que tem causado problemas sanitários e desconforto para os moradores. Além disso, a_x000D_
  vegetação alta e o mato acumulado tem favorecido o aparecimento de animais peçonhentos e_x000D_
  comprometendo a segurança e o bem-estar da comunidade, (fotos em anexo)</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2004/06102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2004/06102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
  que seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINo'_x000D_
  para que V.Ex^ juntamente com à Secretaria Municipal de Obras E Serviços Públicos, solicitando_x000D_
  providencias urgentes quanto ao sistema de esgotamento sanitário na Rua 22, Bairro Nossa Senhora_x000D_
  Aparecida. 0 referido locai vem enfrentando sérios problemas devido ao transbordamento do esgoto,_x000D_
  o que tem ocasionado a invasão de resíduos nas residências, colocando em risco a saúde dos_x000D_
  moradores e comprometendo a salubridade do bairro.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2006/requerimento_terraplanagem_sitios_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2006/requerimento_terraplanagem_sitios_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a terraplanagem nos sítios Jua, barreiros, serra no saguim, alegre e adjacências.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2007/requerimento_plano_de_acao_gameleira_2_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2007/requerimento_plano_de_acao_gameleira_2_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de um PLANO DE AÇÃO de melhorias em infraestrutura no bairro da gameleira. Que este plano de ação possa identificar locais que necessitam de melhorias e que sejam realizadas intervenções nas áreas de: Saneamento, limpeza urbana, restauração de iluminação, pavimentação, pavimentação do Privê São Damião e demais melhorias necessarias.</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2008/requerimento_plano_de_acao_santana_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2008/requerimento_plano_de_acao_santana_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de um PLANO DE AÇÃO de melhorias em infraestrutura no bairro Santana. Que este plano de ação possa identificar as ruas que necessitam de melhorias e que, após identificação, sejam realizadas intervenções nas áreas de terraplanagem e iluminação.</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2009/req_087_-_aquisicao_da_escola_da_irma_julia_28casnsd29.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2009/req_087_-_aquisicao_da_escola_da_irma_julia_28casnsd29.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a aquisição em definitivo do prédio onde funciona o Clube de Assistência Social Nossa Senhora das Dores (Escola da Irmã Júlia), localizado no Bairro Irmã Júlia.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2010/req_088_-_pavimentacao_ruas_do_retiro_.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2010/req_088_-_pavimentacao_ruas_do_retiro_.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a pavimentação das ruas Pedro Luis da Silva, Rua Adalto José de Oliveira e a Avenida Luis Valentim da Silva, todas localizadas no Bairro Alto do Retiro, visando a mobilidade urbana municipal.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2011/req_089_-_ligacao_energia_bairro_santana.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2011/req_089_-_ligacao_energia_bairro_santana.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita que a Neoenergia realize estudo técnico para a ligação de energia elétrica no Bairro Santana.</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2012/camscanner_06-10-2025_10.59.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2012/camscanner_06-10-2025_10.59.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
 formulado apelo a Exm2. Sre. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, bem_x000D_
 como à Secretaria Municipal de Segurança ou órgão competente, solicitando a designação de_x000D_
 Bombeiros Civis para atuarem durante os dias de funcionamento do Mercado Barra Branca, localizado_x000D_
 neste município._x000D_
 JUSTIFICATIVA_x000D_
 A solicitação se dá em razão da grande circulação de pessoas no local durante os dias de feira e_x000D_
 funcionamento do mercado, o que demanda a presença de profissionais capacitados para atuar em_x000D_
 situações de emergência, primeiros socorros, prevenção e combate a princípios de incêndio,_x000D_
 garantindo assim maior segurança à população,comerciantes e frequentadores</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2015/req_090_-_pavimentacao_do_entorno_da_igreja_da_mae_rainha.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2015/req_090_-_pavimentacao_do_entorno_da_igreja_da_mae_rainha.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a pavimentação do entorno da Igreja da Mãe Rainha, no bairro do Retiro, em Bezerros/PE.</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2016/req_091_-_redutores_de_velocidade_proximo_ao_cci.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2016/req_091_-_redutores_de_velocidade_proximo_ao_cci.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a implantação de redutores de velocidades próximo ao Serviço de Convivência do Idoso (CCI).</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2017/10102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2017/10102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, atendendo solicitação de moradores e cumpridas todas as_x000D_
  formalidades regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA_x000D_
  LUCIELLE SILVA LAURENTINO, que V.Ex^, juntamente com a Secretaria de Infraestrutura, viabilize a_x000D_
  construção do calçamento da Rua Marcos Gomes, localizada no bairro Irmã Julia, em nosso Município.</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2018/10102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2018/10102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  encaminhado apelo à Excelentíssima Senhora Prefeita Municipal, MARIA LUCIELLE SILVA LAUREINJTINO_x000D_
  para que Vossa Excelência juntamente com a Secretaria de Ação Social e Cidadania, que seja instituído_x000D_
  o fornecimento mensal de uma cesta básica aos catadores e catadoras de materiais recicláveis do_x000D_
  município. A entrega mensal de uma cesta básica representará um importante gesto de_x000D_
  reconhecimento e valorização desse trabalho, além de garantir segurança alimentar às famílias desses_x000D_
  trabalhadores.</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2019/requerimento_calendario_de_pagamento_dos_aposentados_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2019/requerimento_calendario_de_pagamento_dos_aposentados_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a criação do calendário anual de pagamento aos servidores aposentados de Bezerros.</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2020/requerimento_terapia_ocupacional_nas_escolas_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2020/requerimento_terapia_ocupacional_nas_escolas_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a contratação e inclusão de terapeutas ocupacionais nas escolas municipais para contribuição e desenvolvimento de crianças atípicas.</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2023/13102025_camara_municipal_de_bezerros___casa_jose_francisco_de_o.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2023/13102025_camara_municipal_de_bezerros___casa_jose_francisco_de_o.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  encaminhado apelo à Excelentíssima_x000D_
  Senhora Prefeita do Município de Bezerros, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, juntamente com à Secretaria Municipal de Infraestrutura de Bezerros, solicitando que_x000D_
  seja feito o reforço e/ou a reconstrução do barramento dos postes de iluminação pública que se_x000D_
  encontram apagados em diversos pontos da cidade. A solicitação se faz necessária diante de diversas_x000D_
  reclamações da população que, ao solicitar a troca de'lâmpadas queimadas, são informadas de que_x000D_
  determinados postes não possuem mais o barramento, impossibilitando a reposição da iluminaçao._x000D_
  Essa situação tem deixado várias áreas às escuras, comprometendo a segurança e o bem-estar dos_x000D_
  moradores. É fundamental que a Secretaria realize um levantamento e promova as intervenções necessárias para restaurar a_x000D_
  funcionalidade da rede de iluminação pública, garantindo dignidade e_x000D_
  segurança à população bezerrense.</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2024/13102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2024/13102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades_x000D_
  regimentais, que seja formulado apelo ao Departamento de Estradas de Rodagem de Pernambuco- DER/PE, solicitando urgente operação de tapa-buracos na Rodovia PE-108, no trecho que liga a_x000D_
  BR-232 ao distrito de Sapucarana, no município de Bezerros.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2025/13102025_camara_municipal_de_bezerros_g_casa_jose_francisco_de_o.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2025/13102025_camara_municipal_de_bezerros_g_casa_jose_francisco_de_o.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja_x000D_
  formulado apelo a Exm^.Sr-. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Ex^_x000D_
  juntamente com a Secretaria de Agricultura, providencie a podação de duas árvores localizadas na Rua_x000D_
  da Matriz sentido Colégio Nossa Senhora das Dores/Centro da cidade, em nosso Município.</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2026/04082025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2026/04082025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
  V.Ex^, juntamente com Secretaria Municipal competente, providencie a colocação da placa_x000D_
  da Rua Maria do Carmo de Lima e Silva, localizada no loteamento Parque das Acácias, bairro do Retiro,_x000D_
  como consta na Lei n° 1568 de 04 de agosto de 2025.</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2030/requerimentos_nathan_projeto_de_lei_incentivo_fiscal_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2030/requerimentos_nathan_projeto_de_lei_incentivo_fiscal_assinado.pdf</t>
   </si>
   <si>
     <t>EMENTA: Solicita ao Poder Executivo Municipal o envio de Projeto de Lei que _x000D_
 institua um Programa de Incentivo Fiscal às Empresas que promovam o Primeiro _x000D_
 Emprego e a Capacitação de Jovens no Município de Bezerros. _x000D_
 _x000D_
 Senhor Presidente, _x000D_
 O Vereador que este subscreve, no uso das atribuições que lhe confere o _x000D_
 Regimento Interno desta Casa, requer à Mesa, ouvido o Plenário e cumpridas as _x000D_
 formalidades regimentais, que seja encaminhado expediente à Excelentíssima _x000D_
 Senhora Prefeita do Município de Bezerros, Lucielle Laurentino, solicitando que _x000D_
 o Poder Executivo elabore e envie a esta Câmara Municipal Projeto de Lei que _x000D_
 crie um Programa Municipal de Incentivo Fiscal voltado às empresas que _x000D_
 promovam políticas de inserção e capacitação de jovens, especialmente na _x000D_
 modalidade de primeiro emprego.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2031/20102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2031/20102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais e_x000D_
  atendendo apelo dos moradores, que seja formulado a,pelo a Exm^. Sr^. Prefeita deste Município,_x000D_
  MARIA LUCIELLE SILVA LAURENTINO, juntamente com a Secretaria Municipal Segurança e Ordem_x000D_
  Pública solicitando a devida sinalização de trânsito {placas indicativas de mão única e/ou outras_x000D_
  necessárias) na Travessa Cardeal Arcoverde, em frente à Creche Tia Isaura, localizada no bairro Santo_x000D_
  Amaro 1.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2032/20102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2032/20102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais e_x000D_
  atendendo apelo dos moradores, que seja formulado apelo a Exm^. Sr^. Prefeita deste Município,_x000D_
  LUCIELLE SILVA LAURENTINO, juntamentfe com a Secretaria Municipal Segurança e_x000D_
  Ordem Pública e Secretaria Municipal de Obras e Serviços Públicos, solicitando:_x000D_
  ● A implantação de redutor de velocidade_x000D_
  em frente à Faculdade Anhanguera,_x000D_
  localizada na Rua Coronel José Pessoa, no centro deste município;_x000D_
  a_x000D_
  ● A implantação de faixa de pedestres em frente ao estabelecimento conhecido como_x000D_
  O Esfiheiro", também situado na mesma via.</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2033/20102025_camara_municipal_de_bezerros.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2033/20102025_camara_municipal_de_bezerros.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeirp à Mesa, ouvido o Plenário e cumpridas_x000D_
  formalidades regimentais, que seja formulado apelo a Exm“. Sr&gt;. Prefeita deste_x000D_
   Município, MARIA LUCIELLE SILVA LAURENTINO, V.Ex", juntamente com as Secretarias competentes, disponibilize_x000D_
  UM MÉDICO GERIATRA, para atender, no mínimo, duas vezes por mês, aos idosos participantes do referido centro.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2035/20102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2035/20102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr-. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Ex^_x000D_
  juntamente com a Secretaria de Infra Estrutura, viabilize a realização de serviço de capinação e limpeza_x000D_
  urbana em frente a igreja Nossa Senhora de Fátima, localizada no bairro do retiro em nosso Município.</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2036/20102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_002.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2036/20102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_002.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Excelentíssima Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que Vossa Excelência, juntamente com à Secretaria Municipal de Agricultura, viabilize a_x000D_
  realização de manutenção com máquina patrol na estrada do sitio colônia em nosso Município, tendo_x000D_
  em vista que a referida estrada se encontra bastante esburacada, prejudicando os moradores locais,_x000D_
  produtores rurais e demais usuários que dependem da via para o deslocamento diário.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2037/20102025_camara_municipal_de_bezerros.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2037/20102025_camara_municipal_de_bezerros.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Excelentíssima Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  que Vossa Excelência, juntamente com o Instituto Brasileiro do Meio Ambiente e dos Recursos Naturais_x000D_
  Renováveis (IBAMA), bem como à Secretaria Municipal de Agricultura, solicitando uma parceria_x000D_
  conjunta com os moradores da região da Várzea Poço Verde, zona rural deste município, com o_x000D_
  objetivo de orientar e buscar soluções para o controle populacional de capivaras.</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2038/67_-_apoio_psicologico_para_profissionais_da_saude.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2038/67_-_apoio_psicologico_para_profissionais_da_saude.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino, e à Secretaria Municipal de Saúde, solicitando a criação do programa “Cuidar de Quem Cuida”, voltado ao apoio psicológico e emocional dos profissionais de saúde e cuidadores que atuam na UPA – Unidade de Pronto Atendimento de Bezerros. A proposta visa oferecer acompanhamento psicológico contínuo, rodas de conversa, palestras e ações de valorização profissional, com o objetivo de reduzir o estresse, prevenir o esgotamento emocional (burnout) e promover o bem-estar dos servidores da saúde. Esses profissionais exercem funções de extrema responsabilidade e convivem diariamente com situações de pressão e sofrimento humano, o que torna indispensável a existência de um espaço de acolhimento e escuta qualificada.</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2039/requerimento_protecao_aos_aposentados_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2039/requerimento_protecao_aos_aposentados_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a  viabilização de UM ESTUDO sobre o (IPREBE) para avaliação e proteção aos aposentados. Solicito este estudo para que possa ser viabilizada a EXCLUSÃO DOS DESCONTOS DOS SERVIDORES APOSENTADOS E PENSIONISTAS de 14%, referente a Reforma da Previdência.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2040/requerimento_reforco_concurso_publico_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2040/requerimento_reforco_concurso_publico_assinado.pdf</t>
   </si>
   <si>
     <t>Em reforço aos Requerimentos de Nº 25/2025 e Nº 245/2025, solicito a realização do CONCURSO PÚBLICO UNIFICADO em toda esfera executiva pública municipal.  Que este concurso proporcione vagas democráticas para todas as secretarias e cargos e contemple a população com ensino fundamental completo, incompleto e ensino médio e superior completo.</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2041/20102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_004.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2041/20102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_004.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
  que seja encaminhado apelo à Excelentíssima Senhora Prefeita Municipal, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO para que Vossa Excelência juntamente com à Companhia Pernambucana de Saneamento- COMPESA, solicitando que seja considerada a inclusão das comunidades dos Sítios Olho d'Agua I e_x000D_
  Olho d'Água II no projeto de abastecimento das águas oriundas do Rio São Francisco, que brevemente_x000D_
  chegarão ao município.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2044/ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2044/ze_amaro.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, compridas todas as formalidades regimentais_x000D_
  que seja formulado apelo a Exm^. Sr-. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  que V.Ex3 juntamente com a Secretaria competente, seja realizada a reforma dos banheiros públicos_x000D_
  do nosso município, visando oferecer melhores condições de higiene, segurança e acessibilidade aos_x000D_
  usuários.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2045/68_-_banco_municipal_de_racoes_e_utensilios.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2045/68_-_banco_municipal_de_racoes_e_utensilios.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Luciele Silva Laurentino, solicitando a criação do “Banco Municipal de Rações e Utensílios Pet – Amigo Animal”, com o objetivo de arrecadar e distribuir rações, medicamentos, casinhas, coleiras, cobertores e demais itens destinados a animais em situação de rua, famílias de baixa renda, protetores independentes e abrigos. O programa visa oferecer apoio contínuo ao bem-estar animal e incentivar a posse responsável, contando com doações da população, empresas, clínicas veterinárias e pet shops locais, que poderão participar como pontos de coleta parceiros. Sugere-se ainda a instituição da Semana Municipal do “Amigo Animal”, a ser incluída no calendário oficial do município, a realizar-se a cada seis meses, com campanhas de arrecadação, adoção responsável e orientação sobre cuidados com os animais domésticos.Tal medida representa um gesto de cuidado, empatia e responsabilidade social, promovendo a conscientização da comunidade e fortalecendo as políticas públicas de proteção animal em Bezerros.</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2046/req_093_-_reinicio_das_obras_da_creche_do_parque_no_santo_amaro.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2046/req_093_-_reinicio_das_obras_da_creche_do_parque_no_santo_amaro.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita ao governo federal que sejam retomadas as obras da Creche do Santo Amaro, localizada nas dimensões do Parque Poliesportivo, em Bezerros/PE.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2049/vando_da_saude_2.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2049/vando_da_saude_2.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimentos de minha autoria, requeiro à Mesa, ouvido o Plenário e_x000D_
  cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm§. Sr§. Prefeita_x000D_
  deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente_x000D_
  com a Secretaria de Infraestrutura, providencie o saneamento e calçamentos das Ruas 1 a 10_x000D_
  dos Loteamentos João Pau II, Parque das acácias, Nossa senhora da Luz, Bela Vista, Cidade Alta,_x000D_
  solicito ainda, que, antes que seja feito o calçamento das referidas ruas, seja colocado piçarro,_x000D_
  para fazer um paliativo, tendo em vista que existe muitos buracos.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2050/vando_da_saude_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2050/vando_da_saude_1.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário, cumpridas todas_x000D_
  as formalidades regimentais que seja formulado apelo a Exm-. Sr^.‘Prefeita deste Município, MARIA LUCIELLE_x000D_
  SILVA LAURENTINO, para que juntamente com as Secretarias competentes, estude a possibilidade de serem_x000D_
  construídas PRAÇAS com área de lazer para adultos e crianças, nos loteamentos: Parque das Acácias, Bela_x000D_
  Vista, Nossa Senhora da Luz e Cidade Alta, localizados no bairro do Retiro em nosso Município.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2051/vando_da_saude_3.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2051/vando_da_saude_3.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro à Mesa, ouvido o Plenário_x000D_
  cumpridas todas as formalidades regimentais que seja formulado apelo a Exm® Sr^ Prefeita_x000D_
  do Município, MARIA LUCIELLE SILVA LAURENTINO para que juntamente com o órgão_x000D_
  competente viabilize a aquisição de 2 veículos tipo ônibus, sendo 1 para transportar os idosos_x000D_
  do CCI- Centro de Convivência dos Idoso e 1 para transportar as Crianças e Adolescentes_x000D_
  do Serviço de Convivência e Fortalecimento de Vínculos da Pessoa com Deficiência de nosso_x000D_
   Município.</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2052/ze_da_radio_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2052/ze_da_radio_1.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
 que seja formulado formulado apelo a Excelentíssima Sr?. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que Vossa Excelência, juntamente com a Secretaria de Saúde, promova uma ação de_x000D_
  vacinação em horário noturno, dentro do Programa Municipal de Vacinação, a ser realizada na Praça_x000D_
  São Sebastião.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2053/ze_da_radio_2.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2053/ze_da_radio_2.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Excelentíssima Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que Vossa Excelência, juntamente com a_x000D_
  Secretaria de Infra Estrutura tome as devidas providências_x000D_
  para a limpeza da bueira localizada no bairro do Retiro, em nosso Município, solicito ainda, a_x000D_
  substituição das placas de concreto danificadas da referida bueira.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2054/ze_da_radio_3.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2054/ze_da_radio_3.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Excelentíssima Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  para que Vossa Excelência, juntamente com a Secretaria de Segurança e Ordem Pública, realize uma_x000D_
  ação de demarcação e sinalização das vagas de estacionamento no Centro da cidade de Bezerros,_x000D_
  contemplando carros e motos, com atenção especial às vagas destinadas a pessoas com deficiência e_x000D_
  idosos.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2061/req_097_-_calendario_esportivo_anual_de_bezerros.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2061/req_097_-_calendario_esportivo_anual_de_bezerros.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita que seja produzido e divulgado o calendário anual de esportes do município de Bezerros/PE</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2062/req_096_-_inclusao_de_e-sports_nos_jogos_escolares_de_bezerros.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2062/req_096_-_inclusao_de_e-sports_nos_jogos_escolares_de_bezerros.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a inclusão da modalidade de e-sports (esportes eletrônicos) nos Jogos Estudantis Municipais de Bezerros/PE, em edições futuras.</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2064/requerimento_034_rogerio_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2064/requerimento_034_rogerio_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Ex. ª Sr. ª Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, e juntamente com as Secretarias competentes, no sentido de providenciar a presença da Guarda Municipal de Bezerros durante as partidas semifinais e final do Copa União, tradicional torneio de futebol realizado no Bairro de Encruzilhada de São João._x000D_
 A semifinal da referida copa acontecerá no dia 14 de dezembro de 2025, a partir das 08h00, e a final será realizada no dia 21 de dezembro de 2025, também a partir das 08h00._x000D_
 Esta solicitação tem por objetivo garantir a ordem pública e a segurança dos atletas e do público presente, uma vez que no ano anterior o evento precisou ser cancelado devido à falta de segurança. Ressalta-se que o Campeonato União é uma tradição local que movimenta a economia e promove o lazer da comunidade.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2068/ze_da_radio_entulhos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2068/ze_da_radio_entulhos.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Excelentíssima Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  para que Vossa Excelência, juntamente com a Secretaria Competente, adote as seguintes providências_x000D_
  na Rua Projetada, Bairro São Rafael, localizada no final do novo calçamento, uma rua antes do antigo_x000D_
  Bar do Bode, atendendo à justa solicitação dos moradores da localidade:_x000D_
  ● Aretirada de entulho e lixo acumulados;_x000D_
  ● Areposição dos canos de esgoto danificados;_x000D_
  ● Arecuperação e fechamento das caixas de gordura com tampas adequadas,</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2069/ze_da_radio_bombeiros_civis.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2069/ze_da_radio_bombeiros_civis.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Excelentíssima Sr-. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  a pedido dos grupos de Bombeiros Civis, que seja implantada uma equipe de Bombeiros Civis para atuar_x000D_
  nas feiras livres do Município, sendo:_x000D_
  ● Aos domingos, na Feira Livre do Bairro Santo Antônio;_x000D_
  ● Aos sábados, na Feira Livre do Centro de Bezerros.</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2070/ze_antonio_da_radio__narciso_lima.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2070/ze_antonio_da_radio__narciso_lima.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Excelentíssima Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  por meio da Secretaria competente, que sejam realizados os serviços de recuperação e manutenção das_x000D_
  grades de proteção localizadas na Rua da Praça Narciso Lima.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2073/vando_pracas.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2073/vando_pracas.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmâ.Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, para que Juntamente com as Secretarias competentes, estude a possibilidade de serem construídas PRAÇAS com área de lazer para adultos e crianças, nos loteamentos: Parque das Acácias e Bela_x000D_
  Vista, localizados no bairro do Retiro em nosso Município.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2074/vando_calcamento.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2074/vando_calcamento.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e cumpridas_x000D_
  todas as formalidades regimentais, que seja formulado apelo a Exm®. Sr®. Prefeita deste Município,_x000D_
  MARIA LUCIELLE SILVA LAURENTINO, que a mesma, juntamente com a Secretaria Serviços_x000D_
  Urbanos, providencie o calçamento nas Ruas: Manoel Caetano da Silva e Ângelo Grise, ambas_x000D_
  localizadas no bairro do Retiro em nosso Município.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2076/requerimento_acoes_contra_o_racismo_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2076/requerimento_acoes_contra_o_racismo_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita ações nas escolas e praças públicas como palestras, rodas de conversas, momentos de interação com a população e alunos com temas contra o racismo e fortalecimento do dia da consciência negra.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2079/req_100_-_limpeza_e_capinacao_rua_25_bairro_ns_aparecida.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2079/req_100_-_limpeza_e_capinacao_rua_25_bairro_ns_aparecida.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita ação de limpeza e capinação no entorno da rua 25, no bairro Nossa Senhora Aparecida, em Bezerros/PE</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2080/req_102_-_reforco_na_iluminacao_proximo_a_panificadora_esperanca.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2080/req_102_-_reforco_na_iluminacao_proximo_a_panificadora_esperanca.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita ação de reforço de iluminação pública na Av. Félix Rocha Vanderlei no bairro Irmã Júlia, em Bezerros/PE</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2081/req_101_-_quebra_molas_e_faixa_de_pedestres_proximo_ao_bonanza.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2081/req_101_-_quebra_molas_e_faixa_de_pedestres_proximo_ao_bonanza.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a implementação de quebra-molas e faixa de pedestres na Avenida Otávio Pessoa Souto Maior, próximo a curva do Supermercado Bonanza.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2082/vando_requerimento.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2082/vando_requerimento.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm-. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAUREIMTINO,_x000D_
  que a mesma, juntamente com a Secretaria Municipal de Segurança e Ordem Pública providencie a_x000D_
  sinalização adequada na Rua Vigário Trajano, conhecida popularmente como Rua da Estrela.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2083/70_-_licitacao_priorizada.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2083/70_-_licitacao_priorizada.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino , solicitando  que, nas próximas licitações voltadas à aquisição de uniformes, materiais têxteis e demais serviços de costura e confecção, seja priorizada a participação das indústrias e ateliês de confecção do próprio município de Bezerros.O objetivo é fortalecer a economia local, gerando emprego, renda e incentivo à produção das empresas bezerrenses, que possuem capacidade técnica e qualidade suficiente para atender à demanda do poder público municipal. Essa iniciativa possibilitará que recursos investidos pela Prefeitura permaneçam circulando dentro do município, promovendo o desenvolvimento sustentável e valorizando os profissionais da área têxtil e de confecção local. Além disso, sugere-se que seja realizado um levantamento das indústrias e ateliês existentes, de forma a criar um cadastro municipal de confecções, facilitando futuras contratações e parcerias.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2086/requerimento_ze_da_radio_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2086/requerimento_ze_da_radio_1.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Excelentíssima Sr§. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, por meio da Secretaria Municipal de Agricultura para que adote as providências_x000D_
  necessárias visando à instalação de um reservatório ou caixa d’água na comunidade do Coadjuntor.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2087/requerimento_ze_da_radio_2.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2087/requerimento_ze_da_radio_2.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formaiidades regimentais, que_x000D_
  seja formulado apelo ao Exm°Sr. Deputado Estadual Joãoziuho Tenório, solicitando-llie a destinação_x000D_
  de uma emenda parlamentar de seu gabinete para a aquisição de instrumentos musicais de sopro_x000D_
  (como clarinetes, saxofones, pistons, trombones, entre outros) destinados à Sociedade Musical Banda_x000D_
  Cônego Alexandre Cavalcanti.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2088/requerimento_ze_da_radio_3.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2088/requerimento_ze_da_radio_3.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentaiS; que_x000D_
  seja formulado apelo a Excelentíssima Sr-. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, por meio da Secretaria Municipal de Infraestrutura para que realize, com urgência, a_x000D_
  limpeza do córrego que corta as passagens das ruas Triunfo e São Dimas, no bairro Santo Amaro.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2089/requerimento_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2089/requerimento_ze_amaro.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais e tendo em vista as proximidades da festa de nossa senhora da conceição, que seja formulado apelo a Excelentíssima Sr§. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO,  que V.Ex^ juntamente  com a Secretaria  competente, viabilize um mutirão de limpeza, retirada das metralhas, pintura e manutenção das praças localizadas no entorno da Igreja Nossa Senhora da Conceição, bairro_x000D_
  do Cruzeiro, em nosso Município. manutenção das praças localizadas</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2090/requerimento_roberto_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2090/requerimento_roberto_1.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e cumpridas_x000D_
  todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita deste Município_x000D_
  MARIA LUCIELLE SILVA LAURENTINO, bem como à Secretaria de Infraestrutura, solicitando a_x000D_
  inclusão da Rua São Lucas, rua que dá acesso a Creche Mariquinha Borba, localizada no bairro da_x000D_
  Cameleira em nosso Município, no cronograma de obras de calçamento. Solicito ainda, que seja feito_x000D_
  0 calçamento em frente da referida Creche.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2091/requerimento_roberto_2.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2091/requerimento_roberto_2.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa. ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm®. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, bem_x000D_
  como à Secretaria de Infraestrutura, solicitando a inclusão da Rua José Lira Filho, conhecido como_x000D_
  Beco da Salgadeira, localizada no Centro de nosso Município, no cronograma de obras de calçamento.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2092/requerimento_tatai.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2092/requerimento_tatai.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais e_x000D_
  atendendo apelo dos moradores, que seja formulado apelo a Exm^. Sr-. Prefeita deste Município,_x000D_
  MARIA LUCIELLE SILVA LAURENTINO, juntamente com a Secretaria Municipal de Obras e_x000D_
  Serviços Públicos, solicitando a realização de serviços de aterro e nivelamento com máquina patrol_x000D_
  na Rua Maria José Alves, situada depois do Castelinlio Santana, sendo a terceira rua a direita, na_x000D_
  rua do Postinho de Saúde.</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2093/requerimento_diogo.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2093/requerimento_diogo.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais,_x000D_
  solicito que seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE_x000D_
  SILVA LAURENTINO, que V.Ex^ Juntamente com a Secretaria competente, viabilize a instalação_x000D_
  de redutores de velocidade (quebra-molas) na descida pavimentada que dá acesso ao Parque_x000D_
  Ecológico da Serra Negra, logo após o Pólo Cultural</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>Fia de Cajazeiras</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2095/requerimento_fia_calcamento_da_rua_da_rua_da_bolsa_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2095/requerimento_fia_calcamento_da_rua_da_rua_da_bolsa_.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimentos de minha autoria, requeiro à Mesa, ouvido o Plenário e_x000D_
  cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm®. Sr^. Prefeita deste_x000D_
  Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Exa., juntamente com a Secretaria de_x000D_
  Serviços Públicos, tome providencias para que seja feito o calçamento da Rua Nossa Senhora_x000D_
  Aparecida (conhecida como rua da Bolsa) e Rua do Campo, ambas localizadas em Areias_x000D_
  nosso Município._x000D_
  em</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2096/requerimento_tatai__instalacao_de_postes_sitio_moreira_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2096/requerimento_tatai__instalacao_de_postes_sitio_moreira_.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais e_x000D_
  atendendo apelo dos moradores, que seja formulado apelo a Exm^. Sr^. Prefeita deste Município,_x000D_
  MARIA LUCIELLE SILVA LAURENTINO, juntamente com a Secretaria Municipal de Obras e Serviços_x000D_
  Públicos e setor de iluminação pública, a realização de ação de iluminação no Sítio Moreira, zona_x000D_
  rural deste Município._x000D_
  A presente solicitação se faz necessária diante das constantes reclamações dos nioradorc„_x000D_
  es_x000D_
  daquela localidade, que relatam a falta de iluminação adequada em diversas vias e pontos de acesso,_x000D_
  comprometendo a segurança dos residentes, o tráfego noturno e o bem-estar da comunidade._x000D_
  Diante do exposto, requer-se que sejam tomadas as providências cabíveis, com a instalação_x000D_
  de novos postes e luminárias, bem como a substituição das lâmpadas queimadas, confonne_x000D_
  levantamento técnico a ser realizado pelo setor competente.</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2097/requerimento_tatai_patrolamento_da_estrada_sitio_moreira.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2097/requerimento_tatai_patrolamento_da_estrada_sitio_moreira.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais e_x000D_
  atendendo apelo dos moradores, que seja formulado apelo a Exm-. Sr§. Prefeita deste Município,_x000D_
  MARIA LUCIELLE SILVA LAURENTINO, juntamente com a Secretaria Municipal de Agricultura, que_x000D_
  sejam realizados serviços de melhoramento das estradas vicinais que dão acesso ao Sítio Moreira,_x000D_
  zona rural deste Município._x000D_
  0 referido pedido justifica-se pelas precárias- condições das vias rurais, que têm causado_x000D_
  transtornos aos moradores e o tráfego de veículos em geral, especialmente em períodos chuvosos._x000D_
  0 melhoramento das estradas_x000D_
  por meio de patrolamento, piçarramento e nivelamento_x000D_
  é de grande importância para garantir a mobilidade e a segurança dos cidadãos que_x000D_
  adequado_x000D_
  residem e transitam naquela região</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2098/requerimento_roberto_dinda_construcao_de_uma_escola_b._asa_branc.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2098/requerimento_roberto_dinda_construcao_de_uma_escola_b._asa_branc.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades_x000D_
  regimentais, que seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, juntamente à Excelentíssima Senhora Governadora do Estado de Pernambuco, Dra._x000D_
  Raquel Lyra, solicitando a construção de uma escola pública no Bairro Asa Branca, em nosso município._x000D_
  JUSTIFICATIVA_x000D_
  A presente solicitação se fundamenta na necessidade de atender à crescente_x000D_
  demanda por vagas na rede de ensino da nossa cidade, especialmente no Bairro Asa Branca, onde o_x000D_
  número de crianças e adolescentes em idade escolar vem aumentando significativamente.</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2099/requerimento_roberto_dinda_regularizacao_fundiaria_b._asa_branca.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2099/requerimento_roberto_dinda_regularizacao_fundiaria_b._asa_branca.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a ExnV*._x000D_
  Sf'._x000D_
  Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, por meio da Secretaria competente, viabilize a implantação do Programa de_x000D_
  Regularização Fundiária nos bairros Asa Branca e Prive Frei Damião._x000D_
  Tal solicitação visa garantir segurança jurídica aos moradores dessas comunidades,_x000D_
  permitindo o acesso àtitularidade de seus imóveis e promovendo o desenvolvimento urbano ordenado_x000D_
  e sustentável._x000D_
  Ressalta-se que o vereador Carlos Eduardo da Silva Lima já havia apresentado_x000D_
  requerimento anterior com o mesmo objetivo, demonstrando a relevância e urgência do tema. Sendo_x000D_
  assim, reforço a presente solicitação, a fiin de que o Poder Executivo priorize a implementação das_x000D_
  ações necessárias para a regularização fundiária dessas áreas.</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2100/requerimento_roberto_dinda_implantacao_de_novo_residencial_habit.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2100/requerimento_roberto_dinda_implantacao_de_novo_residencial_habit.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  juntamente à Excelentíssima Senhora Governadora do Estado de Pernambuco, Dra. Raquel Lyra,_x000D_
  solicitando a construção e implantação de um novo residencial habitacional no Bairro Asa Branca,_x000D_
  em nosso município._x000D_
  JUSTIFICATIVA_x000D_
  0 presente requerimento tem como objetivo atender à crescente demanda por moradias_x000D_
  dignas para as famílias de baixa renda de nosso município, especialmente no Bairro Asa Branca,_x000D_
  onde há um aumento expressivo da população e carência de habitações adequadas._x000D_
  A implantação de um novo residencial trará inúmeros benefícios sociais e econômicos,_x000D_
  contribuindo para a redução do déficit habitacional, geração de empregos diretos e indiretos_x000D_
  durante as obras, e melhoria da qualidade de vida das famílias contempladas._x000D_
  Além disso, o referido bairro possui localização estratégica, com potencial para expansão_x000D_
  urbana e infraestrutura que poderá ser ampliada para atender às novas demandas populacionais.</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2103/req_104_-_calcamento_da_rua_do_irmao_escapamento.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2103/req_104_-_calcamento_da_rua_do_irmao_escapamento.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a pavimentação da ‘rua do Irmão Escapamento’, que deverá receber em breve a nova unidade do Corpo de Bombeiros Militar de Pernambuco.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>Adé Motos, Eduardo Lima, Reporter Rinaldo Luiz</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2104/requerimento_der__ade_motos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2104/requerimento_der__ade_motos.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais_x000D_
  que seja formulado apelo ao DER- DEPARTAMENTO DE ESTRADAS E RODAGENS, a_x000D_
  instalação de redutores de velocidade no perímetro urbano do nosso município, via local,_x000D_
  em frente ao acesso do Loteamento Chico Lemos, em nosso Município, tendo em vista que_x000D_
  os motoristas e motoqueiros passam em alta velocidade._x000D_
  Essa medida é fundamental para garantir a'segurança e o conforto dos pedestres e_x000D_
  motoristas que utilizam as vias públicas de nossa cidade._x000D_
  A velocidade incompatível com o perímetro urbano é uma das principais causas de_x000D_
  acidentes de trânsito</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2107/reuqerimento_ze_amaro_melhoria_acougue_publico.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2107/reuqerimento_ze_amaro_melhoria_acougue_publico.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário,_x000D_
  atendendo solicitação dos marchantes e fateiras e cumpridas todas as formalidades_x000D_
  regimentais que seja formulado apelo a Exm^ Sr^. Prefeita deste Município, MARIA_x000D_
  LUCIELLE SILVA LAURENTINO, que V.Ex® juntamente Secretarias Competentes_x000D_
  providencie a reforma e melhoramento do Açougue Público Municipal, com reforma do_x000D_
  telhado e instalação de Câmeras de monitoramento entres outras demandas. O objetivo_x000D_
  deste requerimento é solicitar a reforma do açougue público, visando melhorar as condições_x000D_
  de uso e higiene para a população, além de garantir a segurança dos usuários.</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2108/71_-protese_mamaria.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2108/71_-protese_mamaria.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino , para que avalie o envio a esta Casa Legislativa de um Projeto de Lei que assegure atendimento estético reconstrutivo gratuito às mulheres do nosso município que estejam em tratamento contra o câncer de mama.A proposta visa garantir a possibilidade de reconstrução mamária por meio de técnicas adequadas, proporcionando mais qualidade de vida, bem-estar emocional e recuperação da autoestima das pacientes. A reconstrução, quando realizada após a mastectomia, contribui significativamente para minimizar os impactos físicos e psicológicos decorrentes desse tratamento.Solicito ainda que seja considerado, dentro do escopo da matéria, a inclusão da oferta de cirurgia de redução de mamas (mamoplastia redutora) pelo SUS municipal, para homens e mulheres que apresentem indicação médica em virtude de dores, limitações físicas, problemas posturais ou outras condições que comprometam a saúde e o pleno desenvolvimento das atividades diárias.Trata-se de uma medida de grande alcance social, que poderá beneficiar diversas pessoas e contribuir para uma política de saúde pública mais humana, preventiva e acessível.</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2109/requerimento_aquisicao_de_uma_impressora__adagro_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2109/requerimento_aquisicao_de_uma_impressora__adagro_.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO /2025_x000D_
  Requeiro à Mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais que_x000D_
  seja formulado apelo a Excelentíssima Governadora do Estado de Pernambuco, Sr^ Raquel Lyra,_x000D_
  solicitando o envio de ventiladores e de uma impressora para a unidade da ADAGRO localizada no_x000D_
  município de Bezerros._x000D_
  Justificativa_x000D_
  A ADAGRO exerce papel fundamental na fiscalização, controle e emissão de documentos_x000D_
  essenciais para a produção agropecuária do nosso município, especialmente as Guias de Trânsito_x000D_
  Animal (GTA), indispensáveis para o transporte e comercialização de gado._x000D_
  Contudo, a unidade local enfrenta dificuldades estruturais, como insuficiente ventilação no_x000D_
  ambiente de trabalho e falta de impressora adequada, o que afeta diretamente a agilidade e a_x000D_
  qualidade no atendimento aos produtores rurais da região._x000D_
  Câmara Municipal dos Bezerros, em 17 de novembro de 2025</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2110/requerimento_vando_rua_amara_ferreira_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2110/requerimento_vando_rua_amara_ferreira_.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO/2025_x000D_
  Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
  a mesma, juntamente com a Secretaria IVlunicipal de Infraestrutura, viabilize a execução de obras_x000D_
  de saneamento básico e posterior calçamento da Rua Amara Ferreira da Silva e Rua Maria Campos de_x000D_
  Lima, ambas localizadas no bairro do Retiro em nosso Município._x000D_
  Considerando as condições precárias das referidas vias, requer-se ainda que, enquanto o_x000D_
  calçamento definitivo não for realizado, seja efetuado o nivelamento e o revestimento com piçarro, de_x000D_
  modo a garantir melhores condições de tráfego, segurança e mobilidade para os moradores</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2111/requerimento__vando_calcamento__genival_posidonio_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2111/requerimento__vando_calcamento__genival_posidonio_.pdf</t>
   </si>
   <si>
     <t>REQUERlMENTO/2025_x000D_
  z_x000D_
  Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
  a mesma, juntamente com a Secretaria Municipal de Infracstrutura, viabilize a execução de obras_x000D_
  de saneamento básico e posterior calçamento da Rua Genival Possidônio da Silva e Rua Heleno dos_x000D_
  Santos , ambas localizadas no bairro do Retiro em nosso Município._x000D_
  Considerando as condições precárias das referidas vias, requer-se ainda que, enquanto o_x000D_
  calçamento definitivo não for realizado, seja efetuado o nivelamento e o revestimento com piçarro, dc_x000D_
  modo a garantir melhores condições de tráfego, segurança e mobilidade para os moradores.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2112/requerimento__vando_calcamento_rua_josefa_maria_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2112/requerimento__vando_calcamento_rua_josefa_maria_.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAUREiMTINO, que_x000D_
  a mesma, juntamente com a Secretaria Municipal de Infraestrutura, viabilize a execução de obras_x000D_
  de saneamento básico e posterior calçamento da Rua Josefa Maria da Conceição e Rua Sebastião_x000D_
  Francisco de Santana, ambas localizadas no bairro do Retiro em nosso Município._x000D_
  Considerando as condições precárias das referidas vias, requer-se ainda que, enquanto o_x000D_
  calçamento definitivo não for realizado, seja efetuado o nivelamento e o revestimento com piçarro, de_x000D_
  modo a garantir melhores condições de tráfego, segurança e mobilidade para os moradores</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2113/requerimento_ze_da_radio_realizacao_multirao_rg_e_registro_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2113/requerimento_ze_da_radio_realizacao_multirao_rg_e_registro_.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO /2025_x000D_
  _x000D_
  Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais que_x000D_
  seja formulado apelo a Excelentíssima Srª. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, por meio da Secretaria do Estado competente, para que realizem gestões necessárias_x000D_
  visando à implementação de um mutirão de emissão de RG e Registro Civil no município de Bezerros._x000D_
  Justificativa_x000D_
  A documentação civil básica é um direito fundamental e indispensável para o pleno exeicicio_x000D_
  da cidadania. Muitos moradores do município, especialmente aqueles em situação de vulnerabilidade_x000D_
  social, enfrentam dificuldades para emitir ou regularizar seus documentos pessoais, o que_x000D_
  compromete o acesso a benefícios sociais, saúde, educação, emprego e demais políticas públicas</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2114/requerimento__ze_da_radio_instalacao_caixa_d_agua_mercado_b_bran.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2114/requerimento__ze_da_radio_instalacao_caixa_d_agua_mercado_b_bran.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO /2025_x000D_
  _x000D_
  Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Excelentíssima Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, por meio da Secretaria competente, solicitando a instalação de uma caixa d’água no_x000D_
  Mercado Barra Branca, localizado neste município._x000D_
  Justificativa_x000D_
  A presente solicitação atende ao pedido dos comerciantes do Mercado Barra Branca, que_x000D_
  têm_x000D_
  enfrentado dificuldades recorrentes devido à insuficiente oferta de água no local. A instalação de_x000D_
  uma caixa d’água proporcionará melhor abastecimento, segurança hídrica e condições mais_x000D_
  adequadas de trabalho, contribuindo para a organização do espaço comercial e para o fortaleci</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2115/requerimento_ze_da_radio_construcao_de_banheiros_praca_sao_sebas.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2115/requerimento_ze_da_radio_construcao_de_banheiros_praca_sao_sebas.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Excelentíssima Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, por meio da Secretaria de Infra Estrutura, solicitando a construção de banheiros_x000D_
  públicos na Praça São Sebastião, localizada neste município._x000D_
  Justificativa_x000D_
  A Praça São Sebastião é um espaço público de grande circulação, utilizado por moradores,_x000D_
  comerciantes, visitantes e famílias que frequentam o local diariamente. Contudo, a ausência de_x000D_
  banheiro público tem gerado transtornos à população, dificultando o uso adequado do espaço e_x000D_
  comprometendo o conforto e a higiene dos frequentadores.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2118/requerimento_tatai_instalacao_semaforo_rua_pricesa_izabel.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2118/requerimento_tatai_instalacao_semaforo_rua_pricesa_izabel.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO_x000D_
  que V.Ex^, juntamente com os órgãos competentes, viabilize, a instalação de um Semáforo próximo_x000D_
  Posto de Vianinho, sentido Rua Princesa. O local que está sendo reivindicado para instalação_x000D_
  do semáforo é de extrema necessidade devido a velocidade e os inúmeros carros que trafegam no_x000D_
  local e com isso vem acarretando vários acidentes</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2119/requerimento_tatai_realizacao_de_multirao_de_limpeza_sitio_riach.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2119/requerimento_tatai_realizacao_de_multirao_de_limpeza_sitio_riach.pdf</t>
   </si>
   <si>
     <t>RGqueiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, para_x000D_
  que Vossa Excelência, por meio das Secretarias competentes, adote as seguintes providências para_x000D_
  atender às necessidades da comunidade do Sítio Riacho Verde:_x000D_
  1._x000D_
  Realização de um mutirão de limpeza para retirada de lixo e resíduos acumulados na_x000D_
  localidade, contribuindo para a saúde pública e para a preservação do meio ambiente,_x000D_
  2._x000D_
  Retorno da coleta regular de lixo, para que o carro de coleta volte a atender a_x000D_
  comunidade de forma contínua;_x000D_
  3._x000D_
  Instalação de uma caçamba em ponto estratégico do Sítio Riacho Verde, permitindo_x000D_
  que os moradores depositem corretamente seus resíduos enquanto o serviço regular de coleta é_x000D_
  restabelecido._x000D_
  Justifica-se o presente requerimento pela importância de garantir condições adequadas de_x000D_
  mobilidade, limpeza pública, bem-estar e dignidade aos moradores do Sítio Riacho Verde, que têm_x000D_
  enfrentado transtornos devido à precariedade das estradas e à ausência adequada de serviços de_x000D_
  coleta e destinação de resíduos.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2120/requerimento_fia_reforma_da_creche_adebal_jurema_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2120/requerimento_fia_reforma_da_creche_adebal_jurema_.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e_x000D_
  cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^. Sr®. Prefeita deste_x000D_
  Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a_x000D_
  Secretaria de Educação, tome providencias em relação a reforma e melhoramento da Creche_x000D_
  Adebal Jurema, no Distrito de Cajazeiras, e na Creche Vovó Izabel, localizada no Sítio Frutuoso,_x000D_
  em nosso Município.</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2122/requerimento_roberto_dinda_calcamento_sitio_inga.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2122/requerimento_roberto_dinda_calcamento_sitio_inga.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades_x000D_
  regimentais, que seja formulado apelo a Exm^. Sr-. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  mesma viabilize uma demanda da_x000D_
  LAURENTINO, por meio da Secretaria competente, que a_x000D_
  comunidade do Sítio Ingá, localizado no distrito de Serra Negra, referente à necessidade urgente de_x000D_
  calçamento dn ladeira principal de acesso à localidade._x000D_
  A referida ladeira, em períodos de chuva, torna-se praticamente intransitável,_x000D_
  dificultando o acesso de moradores, o o transporte de serviços essenciais como saúde e educação e os_x000D_
  turistas que frequentam a Serra Negra. O calçamento da via é, portanto, fundamental para garantir a_x000D_
  segurança, o bem-estar e a qualidade de vida dos cidadãos.</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2123/requerimento_roberto_dinda_instalcao_de_uma_lombada__serra_negra.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2123/requerimento_roberto_dinda_instalcao_de_uma_lombada__serra_negra.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  por meio da Secretaria competente, que a mesma viabilize a instalação de uma lombada ou redutor_x000D_
  de velocidade na Rua Antonio Gabriel da Silva, localizada no distrito de Serra Negra. Esta rua é um_x000D_
  importante acesso ao campo de futebol local e tem sido palco de preocupações crescentes devido_x000D_
  ao aumento do fluxo de veículos em alta velocidade._x000D_
  A presente demanda visa garantir a segurança dos moradores e frequentadores da área,_x000D_
  prevenindo acidentes e promovendo um ambiente mais seguro para todos. A instalação do redutor_x000D_
  de velocidade se faz necessária para mitigar os riscos associados ao tráfego intenso e à velocidade_x000D_
  excessiva dos veículos._x000D_
  Câmara Municipal dos Bezerros, em 19 de novembro de 202</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2124/requerimento_roberto_dinda_construcao_de_uma_escola_resi._bezerr.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2124/requerimento_roberto_dinda_construcao_de_uma_escola_resi._bezerr.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, por_x000D_
  meio da Secretaria de Educação, que seja construída uma Escola no Residencial Bezerros onde irá_x000D_
  atender as crianças e jovens da referida localidade, bem como da comunidade do residencial Jurema. A_x000D_
  ausência de uma instituição de ensino nas proximidades tem causado dificuldades significativas para crianças e_x000D_
  jovens, impactando seu acesso à educação._x000D_
  Considerando o crescimento populacional e a importância de garantir o direito à educação para_x000D_
  todos, solicito que seja avaliada a viabilidade da construção de uma escola no Residencial Bezerros. Acredito_x000D_
  que esta medida trará benefícios inestimáveis para a comunidade, promovendo o desenvolvimento educacional_x000D_
  e social dos nossos jovens._x000D_
  Contando com a sua atenção e sensibilidade para com esta causa, coloco-me à disposição para_x000D_
  auxiliar no que for necessário para a concretização deste importante projeto</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2125/requrimento_ze_amaro_dep._tulio_gadelha_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2125/requrimento_ze_amaro_dep._tulio_gadelha_.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais que_x000D_
  seja formulado apelo ao Excelentíssimo Deputado Federal Tulio Gadelha, para que Vossa Excelência,_x000D_
  no exercício do mandato, apresente uma demanda de grande relevância para a comunidade_x000D_
  educacional._x000D_
  Considerando a importância fundamental dos professores para a formação de nossos_x000D_
  cidadãos e o desenvolvimento da sociedade, vimos solicitar o seu apoio na elaboração e apresentação_x000D_
  de um Projeto de Lei que assegure o pagamento do piso'salarial aos professores da rede municipal e_x000D_
  estadual de ensino, nos moldes do que foi realizado para a classe da enfermagem._x000D_
  Tal medida se faz necessária para valorizar e reconhecer o trabalho dos profissionais da_x000D_
  educação, garantindo-lhes uma remuneração justa e condigna, o que certamente refletirá na qualidade_x000D_
  do ensino oferecido aos nossos alunos._x000D_
  Contando com a sua sensibilidade e compromisso com a educação, coloco-me à disposição_x000D_
  para auxiliar no que for necessário para a concretização desta importante iniciativa</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2126/requerimento_-_apresentacao_do_plano_de_estruturacao_da_feira_aos_feirantes_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2126/requerimento_-_apresentacao_do_plano_de_estruturacao_da_feira_aos_feirantes_assinado.pdf</t>
   </si>
   <si>
     <t>Apresentação do Projeto de Modernização da Feira Livre de nosso município aos feirantes e demais públicos interessados, com o objetivo de sanar dúvidas e esclarecer pontos importantes deste projeto</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2128/requerimento_ze_da_rario_audiencia_publica_neoenergia_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2128/requerimento_ze_da_rario_audiencia_publica_neoenergia_.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja_x000D_
  formulado apelo ao Presidente desta Casa Legislativa para que V.Excia. convoque à direção do_x000D_
  Grupo Neoenergia para participar de uma audiência pública a ser realizada nesta Casa Legislativa._x000D_
  A presente solicitação se justifica pela crescente demanda da população de Bezerros em relação_x000D_
  aos seguintes temas:_x000D_
  1. Marcação inadequada dos postes e barramento;_x000D_
  2. Ocorrência de espasmos de energia em diversos bairros do município;_x000D_
  3. Necessidade de melhoria no atendimento aos consumidores que não possuem habilidades com_x000D_
  0 uso de telefone para a resolução de problemas e demandas</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2129/requerimento_ze_da_radio__para_a_compesa_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2129/requerimento_ze_da_radio__para_a_compesa_.pdf</t>
   </si>
   <si>
     <t>Rc queiro a Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja_x000D_
  formulado apelo para que a COMPESA Bezerros a devida intervenção para a colocação de canos_x000D_
  e agua na Rua Mana do Carmo Lins de Souza, localizada no bairro São Rafael, em Bezerros._x000D_
  A presente solicitação visa atender à crescente demanda dos moradores da referida rua_x000D_
  que em entam dificuldades diárias devido à falta de acesso adequado ao abastecimento de água!_x000D_
  ausei.cia de infraestrutura basica tem causado transtornos significativos È_x000D_
  impact. ndo diretamente na qualidade de vida e no bem-estar social._x000D_
  a população local,_x000D_
  Diante do exposto, contamos com a sensibilidade e o pronto atendimento de Vossa_x000D_
  enaoni para que esta demanda seja atendida com a máxima urgência, proporcionando aos_x000D_
  moradr res da Rua Maria do Carmo Uns de Souza o acesso a um serviço essencial e indispensável</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2130/73_-_esgoto_frei_caneca.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2130/73_-_esgoto_frei_caneca.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino ,solicitando a avaliação e solução do esgoto antigo localizado na Rua Frei Caneca no bairro do Mororó, em frente ao Supermercado Santana, com acesso direto ao Rio Ipojuca.Trata-se de um esgoto muito antigo, que não se encontra estourado nem escorrendo pela via pública, porém está posicionado em uma área aberta em frente a rua, desaguando diretamente em direção ao rio, o que pode representar um sério risco ambiental, além de possível proliferação de agentes nocivos à saúde. Por ser um ponto fixo, antigo e constantemente exposto, o local merece análise técnica, intervenção adequada e regularização, evitando danos continuados ao meio ambiente e ao próprio Rio Ipojuca.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2135/reqierimento__vando_saneamento_na_rua_maria_do_carmo_santos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2135/reqierimento__vando_saneamento_na_rua_maria_do_carmo_santos.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
  a mesma, juntamente com a Secretaria Municipal de Infraestrutura, viabilize a execução de obras_x000D_
  de saneamento básico e posterior calçamento da Rua Maria do Carmo dos Santos e Rua Edinaldo_x000D_
  Olegário de Sena, ambas localizadas no bairro do Retiro em nosso Município._x000D_
  Considerando as condições precárias das referidas vias, requer-se ainda que, enquanto o_x000D_
  calçamento definitivo não for realizado, seja efetuado o nivelamento e o revestimento com piçarro, de_x000D_
  modo a garantir melhores condições de tráfego, segurança' e mobilidade para os moradores</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2136/requerimento_vando_calcamento_rua_severino_bezerra_da_silva.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2136/requerimento_vando_calcamento_rua_severino_bezerra_da_silva.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exmi. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
  a mesma, juntamente com a Secretaria Municipal de Infraestrutura, viabilize a execução de obras_x000D_
  de saneamento básico e posterior calçamento da Rua Severino Bezerra da Silv e Rua Otacílio Gomes da_x000D_
  Silva, ambas localizadas no bairro do Retiro em nosso Município._x000D_
  Considerando as condições precárias das referidas vias, requer-se ainda que, enquanto o_x000D_
  calçamento definitivo não for realizado, seja efetuado o nivelamento e o revestimento com piçarro, de_x000D_
  modo a garantir melhores condições de tráfego, segurança e mobilidade para os moradore</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2137/requerimento_vando_calcamento_rua_edilson_gomes_da_silva_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2137/requerimento_vando_calcamento_rua_edilson_gomes_da_silva_.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa^ ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
  a mesma, juntamente com a Secretaria Municipal de Infraestrutura, viabilize a execução de obras_x000D_
  de saneamento básico e posterior calçamento da Rua Edilson Gomes da Silva e Rua Antonio José da_x000D_
  Silva, ambas localizadas no bairro do Retiro em nosso Município._x000D_
  Considerando as condições precárias das referidas vias, requer-se ainda que, enquanto_x000D_
  calçamento definitivo não for realizado, seja efetuado o nivelamento e o revestimento com piçaiTO, de_x000D_
  modo a garantir melhores condições de tráfego, segurança e mobilidade para os moradores</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2138/req_107_-_rotatoria_posto_texaco.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2138/req_107_-_rotatoria_posto_texaco.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a avaliação técnica para implantação de rotatória no cruzamento ao lado do Posto Vianinho, conhecido por Posto Texaco, em Bezerros/PE.</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2139/req_106_-_instalacao_e_manutencao_de_canaletas_na_feira_livre.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2139/req_106_-_instalacao_e_manutencao_de_canaletas_na_feira_livre.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação e manutenção de canaletas para drenagem nas principais vias da feira livre de Bezerros/PE.</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2140/req_108_-_espaco_para_esposicao_de_dede_ferrugem.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2140/req_108_-_espaco_para_esposicao_de_dede_ferrugem.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita espaço apropriado para que seja exposto o acervo fotográfico da história do esporte municipal produzido pelo popular Dedé Ferrugem.</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2144/req_111_-_mutirao_de_rg_no_cci.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2144/req_111_-_mutirao_de_rg_no_cci.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de um mutirão de emissão de RG para os idosos atendidos no Centro de Convivência para o Idoso (CCI), em Bezerros/PE.</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2145/req_110_-_edicao_do_27jardim_digital27_em_bezerros.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2145/req_110_-_edicao_do_27jardim_digital27_em_bezerros.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de uma edição nos mesmos moldes do “Jardim Digital”, maior festival de inovação e empreendedorismo do agreste pernambucano.</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2147/requeriemento_dinda_reajuste_salarial_motoristas_municipais_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2147/requeriemento_dinda_reajuste_salarial_motoristas_municipais_.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr-. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  para que seja encaminhado a esta Câmara Municipal Projeto de Lei que disponha sobre o reajuste_x000D_
  salarial dos motoristas municipais, vinculados à administração pública de nosso município._x000D_
  A solicitação se fundamenta na necessidade de valorização profissional, na defasagem_x000D_
  salarial acumulada ao longo dos anos, bem como na importância do serviço essencial prestado por_x000D_
  esses servidores, que desempenham funções indispensáveis ao bom funcionamento das atividades_x000D_
  públicas._x000D_
  0 reajuste solicitado visa garantir equidade, motivação e melhores condições de trabalho,_x000D_
  refletindo diretamente na qualidade dos serviços prestados à população.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2148/requerimento_tatai_poldagem_de_arvores_r_jose_monteiro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2148/requerimento_tatai_poldagem_de_arvores_r_jose_monteiro.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, para_x000D_
  que Vossa Excelência, por meio da Secretaria competente, realize a poda das árvores localizadas na_x000D_
  Rua José Monteiro, nas proximidades da Escola Pequeno Príncipe, no bairro São Pedro, neste_x000D_
  município.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2149/requerimento_tatai_mutiram_limpeza_rio_ipojuca_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2149/requerimento_tatai_mutiram_limpeza_rio_ipojuca_.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais, que seja_x000D_
  formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, para_x000D_
  que Vossa Excelência, por meio das Secretarias competentes, realize um mutirão de limpeza nas_x000D_
  margens do Rio Ipojuca, compreendendo:_x000D_
  ● retirada de mato, lixo e entulhos acumulados ao longo das margens;_x000D_
  ● remoção de baronesas e demais vegetações aquáticas que estejam dificultando o_x000D_
  fluxo da água e contribuindo para a degradação ambiental do rio._x000D_
  Justificativa_x000D_
  0 Rio Ipojuca é um dos principais cursos d’água do município e sua manutenção é_x000D_
  fundamental para a saúde ambiental, prevenção de alagamentos, melhoria da qualidade de vida dos_x000D_
  moradores e valorização dos espaços públicos. Atualmente, o acúmulo de mato, resíduos e baronesas_x000D_
  tem causado transtornos à população, afetando o meio ambiente e favorecendo a proliferação de_x000D_
  insetos e doenças._x000D_
  Câmara Municipal dos Bezerros, em 26 de novembro de 2025.</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2150/requerimento_ze_antonio_instalacao_caixa_d_agua_riacho_verde_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2150/requerimento_ze_antonio_instalacao_caixa_d_agua_riacho_verde_.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, e em_x000D_
  nome_x000D_
  dos moradores do Sítio Riacho Verde, que seja formulado apelo a Exm-. Sr^. Prefeita deste_x000D_
  Município, MARIA LUCIELLE SILVA LAURENTINO, que por meio da Secretaria de Agricultura_x000D_
  providencie a instalação de uma caixa de água na referida localidade._x000D_
  A referida solicitação visa atender às necessidades básicas de abastecimento de água da_x000D_
  comunidade local, que enfrenta dificuldades no acesso a este recurso essencial. Acreditamos que_x000D_
  a parceria entre a Prefeitura e a Secretaria de Agricultura será fundamental para viabilizar a_x000D_
  instalação da caixa de água c garantir o bem-estar dos moradores._x000D_
  Câmara Municipal dos Bezerros, em 01 de dezembro de 2025</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2151/requerimento_ze_antonio_instacao_redutor_de_velocidade.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2151/requerimento_ze_antonio_instacao_redutor_de_velocidade.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm-. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  que por meio da Secretaria competente viabilize a instalação de redutor de velocidade (lombada)_x000D_
  na Rua Dom Pedro Segundo, em nosso Munioípio._x000D_
  Moradores da referida rua têm manifestado grande preocupação com o excesso de velocidade_x000D_
  praticado por veículos, o que tem gerado insegurança e risco de acidentes. Diante disso, apresento o_x000D_
  requerimento para que seja realizada a instalação de um redutor de velocidade (lombada) na Rua Dom_x000D_
  Pedro Segundo, visando garantir a segurança e o bem-estar dos cidadãos</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2155/74_-_kit_higiene_moradores_de_rua.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2155/74_-_kit_higiene_moradores_de_rua.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino ,solicitando a criação do Programa Municipal “Cuidar é Dignidade”, destinado à distribuição regular de kits de higiene e realização de ações de apoio às pessoas em situação de rua do nosso município.O programa deverá disponibilizar kits contendo itens básicos como sabonete, escova e pasta de dente, desodorante, álcool em gel, papel higiênico, entre outros produtos essenciais, contribuindo para a saúde e bem-estar dessa população. Além disso, poderá incluir orientações sociais, cuidados pessoais e encaminhamentos quando necessários, fortalecendo o acolhimento e o amparo a quem vive em alta vulnerabilidade._x000D_
 JUSTIFICATIVA_x000D_
 A população em situação de rua enfrenta desafios diários relacionados à higiene, saúde e dignidade. Por isso, este requerimento visa solicitar a criação do Programa Municipal “Cuidar é Dignidade”, com a entrega regular de kits de higiene e a realização de ações de apoio, como orientações sociais e momentos de cuidado pessoal. Trata-se de uma medida simples, porém de grande impacto, que promove dignidade humana e melhora a qualidade de vida de quem mais precisa.</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2157/requerimento_ze_amaro__instalacao_redutor_de_velocidade__saturni.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2157/requerimento_ze_amaro__instalacao_redutor_de_velocidade__saturni.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário na forma regimental, que seja_x000D_
  formulado apelo a Exmª. Prefeita deste Município, MARIA LUCIELLE_x000D_
  LAURENTINO,_x000D_
  em caráter de URGÊNCIA_x000D_
  SILVA_x000D_
  que v.Excia., juntamente com a Secretaria de Serviços Urbanos providencie,_x000D_
  a instalação de redutores de velocidade (LOMBADAS) na Rua_x000D_
  Saturnino de Brito, (Rua localizada atrás da Câmara de Vereadores) nas proximidades da_x000D_
  Praça dos Tamarindos no centro de nosso Município._x000D_
  OUTRAS JUSTIFICATIVASEM PLENÁRIO_x000D_
  Câmara Municipal dos Bezerros, em 01 de dezembro de 202</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2165/requerimento_vando_calcamento_rua_monoel_rodrigues_da_cunha.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2165/requerimento_vando_calcamento_rua_monoel_rodrigues_da_cunha.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
  a mesma, juntamente com a Secretaria Municipal de Infraestrutura, viabilize a execução de obras_x000D_
  de saneamento básico e posterior calçamento da Rua Manuel Rodrigues da Cunha e Rua Reginaldo_x000D_
  Rodrigues da Cunha, ambas localizadas no Loteamento Nossa Senhora da Luz em nosso Município._x000D_
  Considerando as condições precárias das referidas vias, requer-se ainda que, enquanto o_x000D_
  calçamento definitivo não for realizado, seja efetuado o nivelamento e o revestimento com piçarro, de_x000D_
  modo a garantir melhores condições de tráfego, segurança e mobilidade para os moradores.</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2166/requerimento_vando_saneamento_basico_ruaa_severino_rodrigues.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2166/requerimento_vando_saneamento_basico_ruaa_severino_rodrigues.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
  a mesma, juntamente com a Secretaria Municipal de Infraestrutura, viabilize a execução de obras_x000D_
  de saneamento básico e posterior calçamento da Rua Severino Rodrigues da Cunha e Rua Sebastião_x000D_
  Rodrigues da Cunha, ambas localizadas no Loteamento Nossa Senhora da Luz em nosso Município._x000D_
  Considerando as condições precárias das referidas vias, requer-se ainda que, enquanto o_x000D_
  calçamento definitivo não for realizado, seja efetuado o nivelamento e o revestimento com piçarro, de_x000D_
  modo a garantir melhores condições de tráfego, segurança e mobilidade para os moradores.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2167/requerimento_vando_calcamento_rua_maria_do_socorro_rodrigues_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2167/requerimento_vando_calcamento_rua_maria_do_socorro_rodrigues_.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
  juntamente com a Secretaria Municipal de Infraestrutura, viabilize a execução de obras_x000D_
  de saneamento básico e posterior calçamento da Rua Maria do Socorro Rodrigues da Cunha e Rua Maria_x000D_
  Rodrigues da Cunlia, ambas localizadas no Loteamento Nossa Senhora da Luz em nosso Município._x000D_
  Considerando as condições precárias das referidas vias, requer-se ainda que, enquanto o_x000D_
  calçamento definitivo não for realizado, seja efetuado o nivelamento e o revestimento com piçarro, de_x000D_
  modo a garantir melhores condições de tráfego, segurança e mobilidade para os moradores.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2168/req_113_-_manutencao_poste_br_232_-_neoenergia.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2168/req_113_-_manutencao_poste_br_232_-_neoenergia.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita à Neoenergia a manutenção imediata do poste de energia localizado às margens da BR-232, que encontra-se em risco iminente de queda.</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2169/req_114_-_troca_ou_manutencao_dos_bancos_do_botafogo.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2169/req_114_-_troca_ou_manutencao_dos_bancos_do_botafogo.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção ou substituição dos bancos de reservas do campo do Botafogo, em Bezerros/PE.</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2170/req_115_-_calcamento_ao_lado_do_campo_do_botafogo.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2170/req_115_-_calcamento_ao_lado_do_campo_do_botafogo.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a pavimentação da Rua Josefa Guilhermina de Oliveira, no bairro São Pedro, ao lado do Campo do Botafogo, em Bezerros/PE.</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2171/requeriento__ze_amaro__disponibilidade_ambulancia_feira_livre.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2171/requeriento__ze_amaro__disponibilidade_ambulancia_feira_livre.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais, solicito_x000D_
  que seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que V.Ex^ Juntamente com a Secretaria de Saúde disponibilize uma ambulância para_x000D_
  permanecer na feira livre municipal semanalmente, nas quartas, sextas e sábados._x000D_
  Tal medida visa garantir a segurança e o pronto atendimento aos feirantes e_x000D_
  frequentadores da feira, que necessitarem de assistência médica emergencial.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2172/75_-_programacao_de_natal_nas_comunidades.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2172/75_-_programacao_de_natal_nas_comunidades.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino ,solicitando a realização de uma Programação Natalina nos distritos e comunidades mais afastadas do município, levando programações natalinas completas aos locais que não têm acesso às atividades tradicionais realizadas no centro da cidade. Deverá contemplar apresentações culturais, música, atividades para crianças, contação de histórias, decoração simples e temática, e, se possível, a presença do Papai Noel, garantindo que a magia do Natal chegue também às famílias que vivem em regiões mais distantes. Muitas comunidades e distritos não conseguem participar das programações natalinas centralizadas, seja pela distância, falta de transporte ou limitações de acesso. Por isso, é fundamental que o município leve até esses locais uma programação especial, garantindo inclusão, lazer, cultura e um momento de alegria para crianças, jovens, adultos e idosos.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2173/76_-_acessibilidade_natalina.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2173/76_-_acessibilidade_natalina.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita deste Município, Maria Lucielle Silva Laurentino ,solicitando que a decoração natalina do município contemple acessibilidade, garantindo que pessoas com deficiência visual, auditiva, motora ou intelectual possam participar plenamente e com segurança das celebrações de fim de ano. A decoração natalina é um momento esperado por toda a população, mas muitas pessoas com deficiência encontram barreiras que dificultam ou impedem sua participação nas festividades. Garantir que a decoração seja acessível e inclusiva é assegurar igualdade, respeito e integração social durante o período mais simbólico do ano. A acessibilidade promove dignidade, fortalece a cidadania e demonstra o compromisso do município com políticas públicas voltadas à inclusão. Assim, este requerimento busca assegurar que todos, sem exceção, possam vivenciar o espírito natalino com segurança, conforto e pertencimento.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2174/requeirmento_fia_instalacao_caixa_de_agua_asembreia_de_deus__caj.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2174/requeirmento_fia_instalacao_caixa_de_agua_asembreia_de_deus__caj.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro à Mesa, ouvido o Plenário e_x000D_
  cumpridas todas as formalidades regimentais, que seja formulado apelo à Exm^ Sr- Prefeita deste_x000D_
  Município, MARIA LUCIELLE SILVA LAURENTINO, para que V. Ex^ juntamente com a Secretária de_x000D_
  Agricultura, providencie e determine a instalação de uma caixa d'água de 10.000 {dez mil) litros na_x000D_
  Rua da Igreja Assembléia de Deus, no distrito de Cajazeiras, destinada à distribuição de água à_x000D_
  população._x000D_
  Ressalto que a base de concreto para a instalação da caixa d'água já se encontra pronta, o_x000D_
  que permitirá maior agilidade na execução do serviço. Tal solicitação se faz necessária diante da_x000D_
  grave crise hídrica que vem atingindo nosso Município, ocasionando colapso no abastecimento do_x000D_
  precioso líquido às famílias residentes naquela localidade.</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2175/requerimento_ze_da_radio_abertura_de_inscricoes_para_proj._cutur.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2175/requerimento_ze_da_radio_abertura_de_inscricoes_para_proj._cutur.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais,_x000D_
  considerando o potencial cultural de Bezerros e a importância de fomentar a produção artística local, que_x000D_
  seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  que por meio da Secretaria competente viabilize a abertura de inscrições para projetos culturais de nossa_x000D_
  cidade, a serem incluídos no calendário de eventos do município. Acredito que essa iniciativa contribuirá_x000D_
  significativamente para o desenvolvimento cultural e turístico da nossa cidade.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2176/requerimento_ze_da_radio_apoio_psicologico_secreataria_de_educac.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2176/requerimento_ze_da_radio_apoio_psicologico_secreataria_de_educac.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO,_x000D_
  que por meio da Secretaria competente disponibilize serviços de psicologia para os funcionários_x000D_
  municipais lotados na Secretaria Municipal de Educação. A presente solicitação visa atender às_x000D_
  necessidades de apoio psicológico dos servidores, que enfrentam desafios e dificuldades no_x000D_
  ambiente de trabalho._x000D_
  Acreditamos que a oferta de suporte psicológico contribuirá para a melhoria da qualidade_x000D_
  de vida e do desempenho profissional dos funcionários, refletindo positivamente na qualidade dos_x000D_
  serviços prestados à população._x000D_
  Câmara Municipal dos Bezerros, em 05 de dezembro de</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2177/requerimento__ze_da_radio_sinalizacao_sitios_dos_remedios_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2177/requerimento__ze_da_radio_sinalizacao_sitios_dos_remedios_.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, e_x000D_
  atendendo uma demanda da comunidade local, que seja formulado apelo a Exm^. 5r^. Prefeita deste_x000D_
  Município, MARIA LUCIELLE SILVA LAURENTIINJO, que por meio da Secretaria competente viabilize a_x000D_
  sinalização em pontos estratégicos na via que liga Bezerros ao Sítio dos Remédios. A ausência de sinalização_x000D_
  adequada tem gerado transtornos e riscos à segurança dos moradores e transeuntes que utilizam essa via_x000D_
  diariamente._x000D_
  Diante do exposto, solicito que sejam tomadas as providências necessárias para a instalação de_x000D_
  placas de sinalização, indicando curvas perigosas, lombadas, áreas de travessia de pedestres e outros pontos_x000D_
  relevantes ao longo do percurso. Acredito que essa medida contribuirá significativamente para a prevenção_x000D_
  de acidentes e para a melhoria da segurança viária na região</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2179/req_115_-_manutencao_de_iluminacao_na_area_de_lazer_do_residencial_jurema.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2179/req_115_-_manutencao_de_iluminacao_na_area_de_lazer_do_residencial_jurema.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada manutenção da iluminação na área de lazer do Residencial Jurema, em Bezerros/PE.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>MOA</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1258/mocao_de_aplausos_policia.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1258/mocao_de_aplausos_policia.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros-PE,_x000D_
 apresenta à Mesa Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais,_x000D_
 MOÇÃO DE APLAUSOS ao efetivo da Policia Militar do 4° Batalhão QUE ESTAVA COMPONDO_x000D_
 A GT RENDEIRAS/CARUARU, em nome do 2° Sgt LINDOLJOL Jacinto Pereira - Mat; 950118-5 -_x000D_
 r CIA/4“BPM, 3° Sgt Leonardo MORAES Bezerra Torres - Mat. 104780-9 - 2" CIA/4° BPM e Sd_x000D_
 MATEUS Barbosa de Oliveira -Mat:122370-4 - 2°ClA/4“BPM.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1396/mocao_de_aplausos_concurso_de_matematica_nathan_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1396/mocao_de_aplausos_concurso_de_matematica_nathan_assinado.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Bezerros, no uso de suas atribuições, manifesta seu _x000D_
 reconhecimento e congratulações aos estudantes Miguel Costa Silva e Anna Luiza _x000D_
 Feliciano, ilustres bezerrenses, pela brilhante participação na Olimpíada Internacional _x000D_
 Matemática sem Fronteiras 2024 e no Concurso Internacional de Talentos em _x000D_
 Matemática (ITMC), realizado em Bangkok, na Tailândia</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>Nathan de Demir, Natan do Projeto, Zé Antônio da Rádio</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1400/mocao_de_aplausos_jovens_da_matematica_-_nathan_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1400/mocao_de_aplausos_jovens_da_matematica_-_nathan_assinado.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Bezerros, no uso de suas atribuições, manifesta seu_x000D_
 reconhecimento e congratulações aos estudantes que representaram o Brasil e, com_x000D_
 muito orgulho, a cidade de Bezerros no Concurso Internacional de Talentos em_x000D_
 Matemática (ITMC), realizado em Bangkok, Tailândia, no corrente ano, bem como na_x000D_
 Olimpíada Internacional Matemática sem Fronteiras 2024.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1434/13032025_004.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1434/13032025_004.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos Francisco de Assis</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1435/13032025_003.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1435/13032025_003.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para Iane Salvador</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1494/mocao_netinho_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1494/mocao_netinho_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>O subescritor da presente, Vereador da câmara municipal dos Bezerros-PE, apresenta a mesa diretora desta casa legislativa, cumprida todas as formalidades regimentais, MOÇÃO DE APLAUSOS ao sr, NIVALDO ALEXANDRE DA SILVA NETO, ( Netinho de Nicacio ), em reconhecimento a realização de eventos esportivos, e o sucesso do campeonato da liga papangu de futsal, cuja final foi realizada no ultimo dia 26 de março na quadra do colégio Radar entre os times PALMEIRAS DE BEZERROS X PUMAS DE SÃO JOAQUIM. a câmara municipal de Bezerros, manifesta seu apoio e admiração pelo sr. Nivaldo Alexandre da silva Neto parabenizando-o por sua conquista e incentivando-o a continuar com seus trabalhos e esforços.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1537/mocao_de_aplausos_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1537/mocao_de_aplausos_assinado.pdf</t>
   </si>
   <si>
     <t>O subscritor do presente, Vereador da Câmara Municipal dos Bezerros-PE, apresenta à Mesa Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais, MOÇÃO DE APLAUSOS ao grupo musical denominado SOPROMETAIS AGRESTE, pelos relevantes serviços prestados a cultura da música Bezerrense._x000D_
 Formado no ano de 2019, no início do mês de agosto, e tendo como proposta a criação_x000D_
 . .	de um grupo instrumental, com músicos de Bezerros e regiões vizinhas do agreste, foi  ._x000D_
 .	criado o grupo Musical “SOPROMETAIS AGRESTE”._x000D_
 _x000D_
 Em 2019, pelo motivo da pandemia, o grupo foi obrigado a encerrar suas atividades, retornando seus ensaios na metade do ano de 2021. Durante suas apresentações poderemos destacar também: Programação Natalina da prefeitura de Bezerros, na Praça da Bandeira em 2019; Homenagem ao dia das mães, maio de 2022 na igreja matriz São José, Sesc Caruaru teatro Rui Barbosa 2022 e recentemente no ano de 2024, com o projeto “Música na Praça”, projeto esse aprovado na Lei Paulo Gustavo, com apoio do Ministério da Cultura, Gov Federal e prefeitura municipal de Bezerros, que foi realizado no dia 15 de dezembro às 21hs, e atualmente fará uma apresentação no Parque Janelas para o Rio, no município de Bezerros, com o projeto, MÚSICA NA NATUREZA, a aprovado no PINAB, Lei Aldir Blanc com apoio do ministério da cultura, Gov Federal e prefeitura municipal de Bezerros, o qual será realizado dia 03 de maio de 2025. Importante ressaltar que o projeto foi aprovado com nota máxima._x000D_
 Os músicos são residentes no município de Bezerros e de municípios vizinhos, tendo também como missão a divulgação dos instrumentos de sopros e percussão como; sax alto, sax tenor, trompete, trombone, tuba e bateria._x000D_
 O repertório do grupo é bastante dinâmico, e contém músicas de diversos gêneros como frevo, jazz, forró, choro, erudito e o pop nacional e internacional, os quais poderão contemplar todo tipo de público._x000D_
 Músicos que já passaram por esse grupo: maestro Hilton Souza, José Robson, Antônio Reis, Ademir e Rubson._x000D_
 _x000D_
 Atualmente os músicos são: Nielson Gonçalves, Jonathan Soares, Estevam Vieira, maestro Antônio Edivaldo (maestro Toinho) e os músicos convidados do município de Altinho, Waldemir Soares e kainã Yuri_x000D_
 Que sejam os homenageados, anteriormente referidos, notificados da presente moção._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 JUSTIFICATIVA ORAL EM PLENÁRIO_x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Câmara Municipal dos Bezerros, 09 de abril de 2025.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1567/mocao_de_aplauso_cancao_nova_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1567/mocao_de_aplauso_cancao_nova_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS a RÁDIO CANÇÃO NOVA (COMUNIDADE CATÓLICA CANÇÃO NOVA), pelos 30 anos de evangelização na cidade de Gravatá - Pernambuco, em 1º de maio de 2025.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1607/01_-_pipeiros.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1607/01_-_pipeiros.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros-PE, vem à presença da Mesa Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais, apresentar MOÇÃO DE APLAUSOS aos senhores José Emerson da Silva (conhecido como Messinho, idealizador da ação), Paulo Carlos Sinônimo, Roberilson Diogo Borba, Nathan Jessé Bezerra Silva, Leonardo Fidelis de Oliveira, Misael de Oliveira Borba, Geckson Marques da Silva, Rielson Gleison Brauner de Vasconcelos, Lucas Borges Marques da Silva, Aldo Filho, Cícero, Beto, Délio e Cláudio, Nathan, Dido, Neto, Geferson, Zé, em reconhecimento pelo trabalho voluntário de distribuição de água à população do município de Bezerros. A referida iniciativa representa um gesto de solidariedade, compromisso social e cuidado com a comunidade, especialmente diante das dificuldades enfrentadas no abastecimento de água. Esses cidadãos, por livre iniciativa, colocaram seus recursos e tempo a serviço do povo, demonstrando grande senso de responsabilidade e empatia. _x000D_
 A Câmara Municipal de Bezerros, por meio desta moção, manifesta seus sinceros aplausos e profunda gratidão aos homenageados, exaltando a importância de suas ações e incentivando o exemplo de cidadania e altruísmo por eles representado._x000D_
 _x000D_
 Diante do exposto, solicita-se que o teor desta moção seja comunicado aos homenageados, externando, em nome de toda a população bezerrense, os votos de reconhecimento e admiração deste Poder Legislativo.</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1619/mocao_amarildo_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1619/mocao_amarildo_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros-PE, apresenta à_x000D_
 Mesa Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
  APLAUSOS ao Sr. José Amarildo dos Santos, pelo notável feito de ter iniciado a tradicional_x000D_
  "Caminhada na Serra Negra", que ocorre sempre na Sexta-feira da Paixão, e que, há mais de_x000D_
  30 anos, vem se consolidando como uma importante manifestação de fé, união e tradição para os_x000D_
  moradores de nossa cidade e para os milhares de participantes que a cada ano se somam a esse_x000D_
  evento. O Sr. José Amarildo, com sua visão e dedicação, foi o precursor dessa caminhada, que não_x000D_
  só preserva as tradições religiosas, mas também fortalece o espírito comunitário, estimulando a_x000D_
  prática de atividades físicas e a valorização das nossas belezas naturais.</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1621/mocao_aplausos_zoovo_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1621/mocao_aplausos_zoovo_assinado.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Bezerros, por meio deste vereador que subscreve, _x000D_
 manifesta Moção de Aplausos à empresa S. I. Agropecuária, detentora da marca _x000D_
 Zooovo, pelos relevantes serviços prestados ao município e pelas conquistas que _x000D_
 elevam o nome de Bezerros no cenário nacional.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>Roberto Dinda, Adé Motos, Diogo Lemos, Eduardo Lima, Emanuel de Boas Novas, João Motos, Junior Boi Gordo, Nathan de Demir, Reporter Rinaldo Luiz, Rogério de Natal, Tatai, Vando da Saúde, Zé Amaro, Zé Antônio da Rádio</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1643/mocao_de_aplauso_wagne_rodigro_de_lima_roberto_dinda.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1643/mocao_de_aplauso_wagne_rodigro_de_lima_roberto_dinda.pdf</t>
   </si>
   <si>
     <t>Os subscritores da presente, Vereadores da Câmara Municipal dos Bezerros-PE, apresenta à Mesa Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais, MOÇÃO DE APLAUSOS ao o SR. WAGNER RODRIGO LIMA DA SILVA, gerente executivo de articulação política- Secretaria de Governo-, pelo exemplar desempenho de suas funções, evidenciado pelo pronto atendimento às demandas encaminhadas, pela atenção dedicada e pela constante disponibilidade para com esta Casa Legislativa._x000D_
 O Sr. Wagner Rodrigo tem se destacado pelo seu comprometimento, profissionalismo e espírito colaborativo, sempre atuando com transparência e respeito institucional, contribuindo significativamente para o bom relacionamento entre o Poder Executivo e o Poder Legislativo._x000D_
 Assim, reconhecendo e valorizando o seu trabalho e conduta, esta Moção de Aplausos é uma justa homenagem por sua dedicação e relevante contribuição ao Município de Bezerros._x000D_
               Isso posto, solicito, ainda, que do teor desta, seja dado conhecimento o homenageado, externando os votos de parabéns do Legislativo bezerrense em nome de toda população</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1644/mocao_de_aplausos__assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1644/mocao_de_aplausos__assinado.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros-PE, apresenta à Mesa Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais, MOÇÃO DE APLAUSOS ao atleta Alef Cauã Correia Silva, que pelo segundo ano consecutivo chegou em primeiro lugar na categoria juvenil, na corrida de emancipação de nossa cidade._x000D_
 _x000D_
 Que seja homenageado, anteriormente referido, notificado da presente moção. _x000D_
 _x000D_
 _x000D_
 JUSTIFICATIVA ORAL EM PLENÁRIO_x000D_
                     _x000D_
 Câmara Municipal dos Bezerros, 19 de maio de 2025</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1647/mocao_de_aplauso_radio_104_ze_antonio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1647/mocao_de_aplauso_radio_104_ze_antonio.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros-PE, apresenta à Mesa Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais, MOÇÃO DE APLAUSOS a todos que fazem a RÁDIO 104,9 FM BEZERROS, através da Associação Miriam de Amparo Social e Cultural de Bezerros, pelos seus 29 anos de história em nossa cidade, sendo hoje a rádio mais ouvida no seguimento comunitário em todo o estado de Pernambuco, fruto da determinação e compromisso com seus ouvintes._x000D_
 _x000D_
                                      Que sejam os homenageados, anteriormente referidos, notificados da presente moção.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1650/mocao_de_aplauso_radio_104_ze_antonio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1650/mocao_de_aplauso_radio_104_ze_antonio.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros-PE, apresenta à Mesa Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais, MOÇÃO DE APLAUSOS a todos que fazem a RÁDIO 104,9 FM BEZERROS, através da Associação Miriam de Amparo Social e Cultural de Bezerros, pelos seus 29 anos de história em nossa cidade, sendo hoje a rádio mais ouvida no seguimento comunitário em todo o estado de Pernambuco, fruto da determinação e compromisso com seus ouvintes.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1656/mocao_001_-_merinha_parteira.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1656/mocao_001_-_merinha_parteira.docx_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS para LUCIDALVA PEREIRA DA SILVA (MERINHA PARTEIRA), pelos relevantes serviços prestados a saúde dos Bezerrenses ao longo de mais de 40 anos de trajetória profissional.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1657/mocao_002_-_louro_enfermeiro.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1657/mocao_002_-_louro_enfermeiro.docx_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS para JOSÉ LOURINALDO DOS SANTOS (LOURO), pelos relevantes serviços prestados a saúde dos Bezerrenses ao longo de mais de 40 anos de trajetória profissional.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1663/mocao_de_aplausos_mulheres_vem_cantar_forro_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1663/mocao_de_aplausos_mulheres_vem_cantar_forro_assinado.pdf</t>
   </si>
   <si>
     <t>A câmara Municipal de Bezerros, no uso das suas atribuições, manifesta seu reconhecimento e congratulações para as mulheres vozes de Bezerros participantes do evento vem Cantar Forró: Finalista e 3ª colocada da edição 2025 do evento, Patrícia Daniela de Vasconcelos Bezerra. Destinando-se as demais participantes, presto as mais sinceras homenagens a Morgana Sinara Bezerra Bernardo, campeã da edição do ano de 2024, assim como também as Semifinalistas de 2025, Amannda Leão (Amanda Jéssica bezerra de Vasconcelos) e Patrícia Araújo Alves De Souza. Em destaque, essa moção de aplausos enaltece e reconhece o desempenho destas mulheres que representam Bezerros em sua cultura arte e identidade autoral.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1675/26052025_camara_municipal_de_bezerros_001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1675/26052025_camara_municipal_de_bezerros_001.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente Vereador da Câmara Municipal dos Bezerros-PE, apresenta à Mesa Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais, ao casal José de Souza Monteiro e Claudionete Silva Souza, em reconhecimento ao relevante trabalho social e espiritual realizando em diversos bairros de nossa cidade, levando a Palavra de Deus de por meio da evangelização, e prestando auxílio a famílias em situação de casa em casa, vulnerabilidade.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1684/mocao_003_-_aplausos_-_zeze_e_zezita.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1684/mocao_003_-_aplausos_-_zeze_e_zezita.docx_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS para JOSÉ SEVERINO DA SILVA (ZEZÉ) e MARIA JOSÉ DA SILVA (ZEZITA) pelos relevantes serviços prestados à cultura municipal ao longo de 57 anos de carreira artística.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1689/mocao_de_aplausos_3_-_empresarios_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1689/mocao_de_aplausos_3_-_empresarios_assinado.pdf</t>
   </si>
   <si>
     <t>Moçao de aplauso destinando-se a todos os descritos nesta moção, sendo estes representantes da Frente Inclusiva de Comércios e Oportunidades exercida através do mandato do Vereador Natan do Projeto desta Casa Legislativa, presto as mais sinceras homenagens, enalteço e _x000D_
 reconheço a história, trabalho, importância e relevância destes empresários e empreendedores.</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1712/mocao_de_aplausos_faculdade_vale_do_pajeu_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1712/mocao_de_aplausos_faculdade_vale_do_pajeu_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À DIREÇÃO DA FACULDADE VALE DO PAJEÚ – UNIDADE _x000D_
 BEZERROS – PE _x000D_
 _x000D_
 A Câmara Municipal de Bezerros, Estado de Pernambuco, por proposição do Vereador _x000D_
 Nathan de Demir, nos termos regimentais, apresenta a presente Moção de Aplausos à _x000D_
 direção da Faculdade Vale do Pajeú – Unidade Bezerros, em reconhecimento à brilhante _x000D_
 organização da Semana Acadêmica 2025.1, destacando-se a realização do I Congresso _x000D_
 Multiprofissional, com o tema: _x000D_
 “Avanços da ciência para atuação profissional – promovendo as práticas informadas _x000D_
 por evidências.”</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1721/mocao_de_aplausos_ze_dvaldo_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1721/mocao_de_aplausos_ze_dvaldo_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros-PE_x000D_
  apresenta á Mesa Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais_x000D_
  MOÇÃO DE APLAUSOS à família do sanfoneiro José Edvaldo da Silva, representada também_x000D_
  João Emmanoel Venceslau e Silva, José Edvaldo da Silva Filho e José Irapuã da Silva.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1724/mocao_de_aplausos_vale_do_pajeu_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1724/mocao_de_aplausos_vale_do_pajeu_assinado.pdf</t>
   </si>
   <si>
     <t>A câmara Municipal de Bezerros, no uso das suas atribuições, manifesta seu reconhecimento e congratulações a Instituição Faculdade Vale do Pajeú (FVP) instalada no município de Bezerros. Em destaque, a moção de aplausos enaltece o desempenho do seu Diretor acadêmico,  Jônio Bezerra de Carvalho Junior por sua atuação, investimento, parcerias, desenvolvimento e ampliação da grade curricular de cursos da Faculdade.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1729/map001_-_tonho_da_quadrilha.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1729/map001_-_tonho_da_quadrilha.docx_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PÓSTUMA para ANTÔNIO JOSÉ DOS SANTOS (TONHO DA QUADRILHA) pelos relevantes serviços prestados à cultura municipal.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1730/ma004_-_andresson_rei_do_cangaco.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1730/ma004_-_andresson_rei_do_cangaco.docx_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS para ANDRESSON FRANCISCO DA SILVA (ANDERSON REI DO CANGAÇO) pelos relevantes serviços prestados à cultura municipal.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>Natan do Projeto, Zé Antônio da Rádio</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1751/mocao_de_aplausos_4_-_fazedores_de_cultura_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1751/mocao_de_aplausos_4_-_fazedores_de_cultura_assinado.pdf</t>
   </si>
   <si>
     <t>A câmara Municipal de Bezerros, no uso das suas atribuições, manifesta seu_x000D_
 reconhecimento e congratulações para estes representantes culturais, artistas, músicos,_x000D_
 artesões, mestres e “fazedores de cultura” do município de bezerros que representam e_x000D_
 guardam a nossa tradição cultural._x000D_
 Destinando-se a todos os descritos nesta moção, sendo estes representantes da Frente_x000D_
 Inclusiva de “fazedores de cultura” exercida através do mandato do Vereador Natan do_x000D_
 Projeto desta Casa Legislativa, presto as mais sinceras homenagens, enalteço e reconheço_x000D_
 a história, trabalho, importância e relevância destes artistas e “fazedores de cultura”:</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1778/mocao_de_aplausos_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1778/mocao_de_aplausos_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros-PE, apresenta à Mesa_x000D_
  Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais. MOÇÃO DE_x000D_
  APLAUSOS  ao grupo musical composto por José Anderson de Oliveira,_x000D_
  José Audenir Alves de Oliveira, Rinaldo Xavier e José Nerivan, pelos relevantes serviços prestados_x000D_
  à cultura e à valorização artística do município de Bezerros.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1781/mocao_de_cicero.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1781/mocao_de_cicero.pdf</t>
   </si>
   <si>
     <t>A câmara Municipal de Bezerros, no uso das suas atribuições, manifesta seu _x000D_
 reconhecimento e congratulações para Cicero José da Silva, servidor municipal com 35 _x000D_
 anos de trabalho prestado a população  bezerrense através da sua função de motorista. _x000D_
 _x000D_
 Destinando-se a este servidor, presto as mais sinceras homenagens através desta moção _x000D_
 de aplausos enaltecendo e reconhecendo os seus serviços prestados para o município _x000D_
 através do seu trabalho e qualidade de excelência sobre seu desempenho na sua função _x000D_
 que beneficiou diretamente incontáveis bezerrenses.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1782/mocao_de_rose_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1782/mocao_de_rose_.pdf</t>
   </si>
   <si>
     <t>A câmara Municipal de Bezerros, no uso das suas atribuições, manifesta seu reconhecimento e congratulações para a servidora da Câmara dos Vereadores de Bezerros-PE, Rosemary Lira de Melo, bezerrense e servidora municipal há 20 anos._x000D_
 _x000D_
  Destinando-se a esta servidora, presto as mais sinceras homenagens através desta moção de aplausos enaltecendo e reconhecendo os seus serviços prestados com empenho e dedicação realizados para o município, em destaque para a Câmara dos Vereadores, contribuindo diretamente no bom funcionamento desta Casa Legislativa.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1788/mocao_de_aplausos_bombeiros_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1788/mocao_de_aplausos_bombeiros_assinado.pdf</t>
   </si>
   <si>
     <t>Ementa: Moção de Aplausos aos bezerrenses formados como bombeiros do Estado _x000D_
 de Pernambuco. _x000D_
 _x000D_
 A Câmara Municipal de Bezerros, por proposição do Vereador Nathan de Demir, _x000D_
 manifesta, por meio desta, Moção de Aplausos aos jovens: _x000D_
 IVAN PEDRO LUDGERO TORRES _x000D_
 FRANCISCO DE PAULA RIBEIRO JUNIOR _x000D_
 GUILHERME ADELINO DE MELO SILVA _x000D_
 JULIO BEZERRA PONTES NETO _x000D_
 YURI FERNANDO MOTA SILVA _x000D_
 GABRIEL WILLIAN BEZERRA DA SILVA LEMOS _x000D_
 pela conclusão do curso de formação e ingresso no Corpo de Bombeiros do Estado de _x000D_
 Pernambuco. _x000D_
 Esses valorosos cidadãos bezerrenses demonstraram coragem, disciplina e dedicação _x000D_
 ao se prepararem para servir a sociedade em uma das instituições mais respeitadas do _x000D_
 país. A conquista de cada um é motivo de orgulho para toda a nossa cidade, pois _x000D_
 evidencia o potencial da juventude local e o compromisso com a proteção da vida e do _x000D_
 bem comum. _x000D_
 Além da conquista profissional, esses jovens fizeram questão de exaltar suas raízes, _x000D_
 levando consigo a bandeira de Bezerros, demonstrando amor por sua terra natal e _x000D_
 reafirmando o compromisso de representar bem nosso município. _x000D_
 Diante disso, esta Casa Legislativa expressa seu reconhecimento público e parabeniza _x000D_
 os homenageados por essa importante conquista, desejando que essa nova trajetória _x000D_
 seja repleta de êxito, honra e realizações.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1797/mocao_de_aplausos_-_servidores.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1797/mocao_de_aplausos_-_servidores.pdf</t>
   </si>
   <si>
     <t>A câmara Municipal de Bezerros, no uso das suas atribuições, manifesta seu reconhecimento e congratulações a todos os seus servidores que compõe o quadro de funcionários.  Destinando-se a todos os servidores desta casa, presto as mais sinceras homenagens através desta moção de aplausos enaltecendo e reconhecendo o serviço prestado de cada um dos servidores com dedicação realizados para o município, em destaque para a Câmara dos Vereadores, com atividades e trabalhos essenciais contribuindo diretamente no bom funcionamento desta Casa Legislativa.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1801/mocao_dia_do_padre_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1801/mocao_dia_do_padre_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros-PE, apresenta à Mesa_x000D_
  Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
  APLAUSOS, em reconhecimento e homenagem a todos os PADRES, por ocasião da passagem do_x000D_
  DIA DO PADRE, celebrado em 4 de agosto.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1811/mocao_de_aplausos_papa-leguas_diogo.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1811/mocao_de_aplausos_papa-leguas_diogo.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros-PE, apresenta à Mesa_x000D_
  Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais, WIOÇÂO DE_x000D_
  APLAUSOS, em reconhecimento e homenagem ao Sr. MARCOS JOSÉ FÉLIX DOS SANTOS_x000D_
  (Marquinhos Papa Léguas) incentivador dos corredores de nosso Município.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1815/ma005_-_mocao_de_aplausos_para_adauto_alves_de_oliveira_28adauto_da_venda.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1815/ma005_-_mocao_de_aplausos_para_adauto_alves_de_oliveira_28adauto_da_venda.docx_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS para ADAUTO ALVES DE OLIVEIRA (ADAUTO DA VENDA)</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1826/dia_do_advogado_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1826/dia_do_advogado_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>0 subscritor da presente, Vereador da Câmara Municipal dos Bezerros-PE, apresenta à Mesa_x000D_
  Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
  APLAUSOS, e reconhecimento ao transcurso do Dia do Advogado, celebrado em 11 de agosto, e_x000D_
  prestar uma justa homenagem aos advogados Dr. Nivaldo Santino, Dr. Adamastor Braz Torres Neto_x000D_
  e Dr. Flávio Roberto de Lima, profissionais de notório saber jurídico, reputação ilibada e trajetória_x000D_
  marcada pelo compromisso com a justiça, a ética e a defesa dos direitos fundamentais do cidadão.</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1849/mocao_daniel_lopes_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1849/mocao_daniel_lopes_vando.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros-PE, apresenta à Mesa_x000D_
  Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
  APLAUSOS, e reconhecimento ao transcurso do Dia do Advogado, celebrado em 11 de agosto, e_x000D_
  prestar uma justa homenagem ao advogado Dr. Daniel Lopes</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1840/map002_-_horacio_cantinho_estudante.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1840/map002_-_horacio_cantinho_estudante.docx_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PÓSTUMA para HORÁCIO TRAJANO DE LIMA (HORÁCIO DO CANTINHO DO ESTUDANTE)</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1861/ma006_-_mocao_de_aplausos_para_isaac_cirilo_de_lima_28zacarias_ferreiro29_.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1861/ma006_-_mocao_de_aplausos_para_isaac_cirilo_de_lima_28zacarias_ferreiro29_.docx_assinado.pdf</t>
   </si>
   <si>
     <t>MA006 - MOÇÃO DE APLAUSOS para ISAAC CIRILO DE LIMA (ZACARIAS FERREIRO)</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1871/mocao_de_aplausos_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1871/mocao_de_aplausos_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros-PE, apresenta_x000D_
  à Mesa Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
  APLAUSOS à Escola Professora Maria Ana, pelos seus 60 anos de fundação, bem como a todos que_x000D_
  contribuíram e continuam contribuindo com a sua história de dedicação à educação no município de_x000D_
  Bezerros. A Escoia Professora Maria Ana celebra, neste ano, seis décadas de serviços prestados à_x000D_
  comunidade bezerrense, sendo referência no ensino, na formação cidadã e no compromisso com a_x000D_
  educação pública de qualidade. Esta moção também reconhece e exalta o papel fundamental da_x000D_
  mulher educadora — representada pela figura da própria Professora Maria Ana — que chegou com a_x000D_
  missão de educar e transformar vidas, deixando um legado de amor, firmeza, respeito e dedicação às_x000D_
  crianças, jovens e famílias de Bezerros.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1903/mocao_de_aplausos_8_-_servidores_da_guarda_e_agentes_de_transito_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1903/mocao_de_aplausos_8_-_servidores_da_guarda_e_agentes_de_transito_assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos, reconhecimento e congratulações a todos os servidores que compõe o quadro de funcionários da Guarda civil municipal e aos agentes de trânsito municipais.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1919/ma007_-_mocao_de_aplausos_para_banda_marcial_do_scfv_para_pessoa_com_deficiencia.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1919/ma007_-_mocao_de_aplausos_para_banda_marcial_do_scfv_para_pessoa_com_deficiencia.docx_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS para a BANDA MARCIAL DO SERVIÇO DE CONVIVÊNCIA E FORTALECIMENTO DE VÍNCULOS (SCFV) PARA PESSOA COM DEFICIÊNCIA</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1925/mocao_cabf_ze_da_radio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1925/mocao_cabf_ze_da_radio.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros-PE, a^presenta à Mesa_x000D_
  Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais, MOÇÃO DE APLAUSOS_x000D_
  à CABF- Cooperativa de Árbitros de Futebol de Pernambuco, entidade bezerrense que vem se_x000D_
  destacando pelo excelente trabalho prestado na área da arbitragem esportiva._x000D_
  A CABF tem atuado de forma comprometida e profissional em diversas competições de futebol,_x000D_
  futsal e outras modalidades esportivas, contribuindo para o fortalecimento do esporte amador e_x000D_
  profissional, não apenas em Bezerros, mas em várias cidades pernambucanas. Seu trabalho é essencial_x000D_
  para garantir a organização, a imparcialidade e o bom andamento das competições, além de incentivar_x000D_
  a formação e valorização de árbitros locais</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1926/mocao_de_aplausos_bandas_marciais.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1926/mocao_de_aplausos_bandas_marciais.pdf</t>
   </si>
   <si>
     <t>A câmara Municipal de Bezerros, no uso das suas atribuições, manifesta seu reconhecimento e congratulações a todas as Bandas Marciais que participaram do 7 de setembro de 2025. Destinando-se a cada uma das bandas marciais e seus integrantes, esta moção dedica-se a reconhecer a importante relevância e resgate cultural que cada uma das participantes traz as ruas de bezerros com diversos temas, apresentações, representatividade e fomento a cultura.</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1927/mocao_a_voz_do_povo.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1927/mocao_a_voz_do_povo.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos ao programa “A voz do Povo”, apresentado pelos radialistas e comunicadores Sergio Leão e Ilberto.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1940/mocao_de_lunas.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1940/mocao_de_lunas.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos para Lunas de Carvalho, agente territorial de Cultura e um dos representantes do ministério da cultura em Pernambuco.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1953/mocao_de_aplausos_12_-_fundador_da_feirinha_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1953/mocao_de_aplausos_12_-_fundador_da_feirinha_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PÓSTUMA para PEDRO DE AZEVEDO LIRA (FUNDADOR DA FEIRINHA DO SANTO ANTONIO)</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1955/mocao_de_aplausos_13_-_projeto_do_ete_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1955/mocao_de_aplausos_13_-_projeto_do_ete_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS para o professor WILLAMS MARCIEL SILVA e aos integrantes do projeto EASY TOUCH, realizado pelos alunos da Escola Tecnica Estadual Maria José de Azevedo (ETE) pelo projeto de tecnologia, inclusão e inovação e a conquista de destaque na competição nacional de empreendedorismo, estando entre as 10 melhores da competição.</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1957/map003_-_gordo.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1957/map003_-_gordo.docx_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PÓSTUMA para BARTOLOMEU FÉLIX DA SILVA JÚNIOR (GORDO)</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1958/ma008_-_senhor_eloi.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1958/ma008_-_senhor_eloi.docx_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS para a ELOI IZÍDIO DA SILVA</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1981/mocao_de_aplausos_14_-_coopasa_sapucarana_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1981/mocao_de_aplausos_14_-_coopasa_sapucarana_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS para a COOPERATIVA DOS PRODUTORES AGRÍCOLAS DE SAPUCARANA (COOPASA) e a todos os integrantes.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1987/map004_-_alzira_alcantara_lima.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1987/map004_-_alzira_alcantara_lima.docx_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PÓSTUMA para ALZIRA ALCANTARA LIMA</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1990/mocaoaplausoseremb002.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1990/mocaoaplausoseremb002.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS a ESCOLA DE REFERÊNCIA EM ENSINO MÉDIO DE BEZERROS - EREMB, pelos 20 anos de ensino e formação de jovens em nosso município.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2005/mocao_de_aplausos_-_comunidade_ressureicao_eduardo_lima.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2005/mocao_de_aplausos_-_comunidade_ressureicao_eduardo_lima.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos pelo 25 anos de fundação da Comunidade Católica Ressurreição em nosso município.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2014/ma009_-_zezinho_expressinho.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2014/ma009_-_zezinho_expressinho.docx_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS para a JOSÉ FAUSTINO SILVA (ZEZINHO EXPRESSINHO)</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2022/13102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2022/13102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
   </si>
   <si>
     <t>0 subscritor da presente. Vereador da Câmara Municipal dos Bezerros-PE, apresenta_x000D_
  à Mesa Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
  APLAUSOS a toda equipe de marcação de consultas da Secretaria Municipal de Saúde,  em_x000D_
  reconhecimento ao excelente trabalho prestado no atendimento à população bezerrense.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2028/mocao_de_aplausos_rogerio_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2028/mocao_de_aplausos_rogerio_assinado.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros-PE, apresenta à Mesa Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais, MOÇÃO DE APLAUSOS ao torcedor IZAEL FEITOSA DOS SANTOS, que Durante uma partida de futebol, foi injustamente agredido pela Polícia Militar, situação que poderia ter despertado revolta e descontrole. No entanto, mesmo ensanguentado e ferido, ele manteve a calma, a dignidade e celebrou a vitória do seu time com paz, humildade e mansidão._x000D_
 Sua atitude inspira e ensina que o verdadeiro espírito esportivo está na capacidade de vencer o ódio com tranquilidade e de transformar a dor em exemplo de civilidade e grandeza humana._x000D_
 Diante disso, esta Casa Legislativa manifesta sua admiração e respeito, reconhecendo em Isael Feitosa dos Santos um cidadão digno de aplausos, cuja conduta honrou não apenas a torcida alvirrubra, mas todos que acreditam na força da paz e do bom exemplo._x000D_
 _x000D_
 Que seja homenageado, anteriormente referido, notificado da presente moção._x000D_
 _x000D_
 JUSTIFICATIVA ORAL EM PLENÁRIO_x000D_
 _x000D_
 Câmara Municipal dos Bezerros, 13 de Outubro de 2025._x000D_
 _x000D_
 JOSÉ ROGÉRIO CORREIA_x000D_
 Vereador</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2034/mocao_de_aplausos_15_-_semana_tecnologia_ete_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2034/mocao_de_aplausos_15_-_semana_tecnologia_ete_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS para a SEMANA DA TECNOLOGIA E EMPREENDEDORISMO da Escola Tecnica Estadual (ETE) Maria _x000D_
 José de Azevedo e todos os alunos, equipes e responsáveis integrantes.</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2047/ma010_-_dede_ferrugem.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2047/ma010_-_dede_ferrugem.docx_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS para a JOSÉ HERCULANO DA SILVA (DEDÉ FERRUGEM)</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2048/map005_-_gilvan_do_bahia.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2048/map005_-_gilvan_do_bahia.docx_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PÓSTUMA para GILVAN ALVES DE AMORIM (GILVAN DO BAHIA)</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2055/mocao_de_aplausos_16_-_marcone_borba_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2055/mocao_de_aplausos_16_-_marcone_borba_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS para MARCONE DE LIMA BORBA, pelos seus serviços prestados a população Bezerrense na área da saúde.</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2056/mocao_de_aplausos_17_-_mocao_bem_estar_e_lamour_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2056/mocao_de_aplausos_17_-_mocao_bem_estar_e_lamour_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS para as associações Bem-Estar Bezerros e LAMOUR, todos os voluntários e a diretoria destas entidades, enaltecendo todo trabalho voluntário realizado em prol da população Bezerrense.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>Natan do Projeto, Zé Amaro</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2057/mocao_de_aplausos_18_-_tulio_gadelha_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2057/mocao_de_aplausos_18_-_tulio_gadelha_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS para o Dep. Federal TÚLIO GADÊLHA, ao manifestar voto contrário à denominada “PEC da blindagem”. Proposta que tinha como objetivo enfraquecer os mecanismos de combate à corrupção e à improbidade administrativa.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2072/mocao_de_aplausos_19_-_ao_conselho_tutelar_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2072/mocao_de_aplausos_19_-_ao_conselho_tutelar_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS para o CONSELHO TUTELAR DE BEZERROS.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2075/mocao_de_aplausos_20_-_as_associacoes2c_projetos_e_pontos_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2075/mocao_de_aplausos_20_-_as_associacoes2c_projetos_e_pontos_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS para todas as associações, projetos sociais, casa dos conselhos e pontos de cultura em atuação no município de_x000D_
 bezerros. Destacando todo trabalho realizado em prol da população valorizando, cuidando e desenvolvendo o serviço social e fomento a cultura que estas instituições trazem através das suas atividades.</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2105/mocao_de_aplauso_adrezinho_de_povo_ade_moto.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2105/mocao_de_aplauso_adrezinho_de_povo_ade_moto.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS /2025_x000D_
  _x000D_
  O subscritor da presente, Vereador da Câmara Municipal dos Bezerros-PE, apresenta à_x000D_
  Mesa Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
  APLAUSOS ao Sr. André Damásio Cordeiro, por sua destacada atuação na preservação e divulgação_x000D_
  da história e da cultura bezerrense._x000D_
  Nascido em 1979, natural de Bezerros — PE, André construiu uma trajetória marcada pelo_x000D_
  trabalho, dedicação e amor à sua terra. De barbeiro a documentarista, dedicou-se voluntariamente a_x000D_
  registrar personagens e eventos que retratam a alma e a identidade cultural do povo bezerrense._x000D_
  Com mais de 15 anos de trabalho, produziu importantes registros audiovisuais, como o_x000D_
  documentário “Bezerros Tem Memória”, contemplado pela Lei Aldir Blanc, além de obras_x000D_
  reconhecidas nacionalmente, como o documentário do projeto Vida Ativa, premiado pelaNatura._x000D_
  Pelo valor histórico, cultural e social de sua contribuição, esta Casa Legislativa rende a_x000D_
  André Damásio Cordeiro merecida homenagem, reconhecendo seu papel essencial na preservação_x000D_
  da memória de Bezerros._x000D_
  Câmara Municipal dos Bezerros, 12 de novembro de 2025</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>Zé Antônio da Rádio, Adé Motos, Eduardo Lima, Tatai</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2127/mocao_de_aplauso_ze_da_radio_coral_sao_jose_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2127/mocao_de_aplauso_ze_da_radio_coral_sao_jose_.pdf</t>
   </si>
   <si>
     <t>0 subscritor da presente, Vereador da Câmara Municipal dos Bezerros-PE, apresenta à_x000D_
  Mesa Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
  APLAUSOS ao Grande Coral de São José dos Bezerros, em reconhecimento ao relevante trabalho_x000D_
  realizado nas celebrações litúrgicas e, de maneira especial, peio brilhante destaque na comemoração_x000D_
  dos 220 anos da Igreja Matriz de São José._x000D_
  O Grande Coral de São José dos Bezerros tem se dedicado, ao longo de sua trajetória, a_x000D_
  enriquecer espiritualmente as celebrações religiosas, oferecendo, através da música sacra, momentos_x000D_
  de profunda reflexão, fé e comunhão pai'a toda a comunidade. Sua atuação constante nas missas_x000D_
  reforça a importância da arte e da música como instrumentos de evangelização e união._x000D_
  Durante as festividades dos 220 anos da Igreja Matriz de São José, o coral demonstrou mais_x000D_
  uma vez sua excelência, sensibilidade artística e compromisso com a tradição, contribuindo de forma_x000D_
  decisiva para a beleza e a solenidade do evento histórico. Sua performance emocionou fiéis e_x000D_
  visitantes, elevando ainda mais o significado da data comemorativa</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2146/ma011_-_ballet_corpo.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2146/ma011_-_ballet_corpo.docx_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS para a JONATAS LUAN DE LIMA SILVA, pelos relevantes serviços prestados ao município.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>MOP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1384/mocao_de_pesar_-_kelvin_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1384/mocao_de_pesar_-_kelvin_assinado.pdf</t>
   </si>
   <si>
     <t>O subscritor da Presente, Vereador da Câmara Municipal dos Bezerros, submete a apreciação de seus pares, cumpridas todas as formalidades e exigências regimentais, MOÇÃO DE PROFUNDO PESAR pelo falecimento do SRº William Kelvin da Silva, ocorrido no dia 18 de fevereiro do corrente ano, na cidade de Recife/PE.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1392/mocao_de_pesar_003_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1392/mocao_de_pesar_003_assinado.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros,_x000D_
 submete à apreciação de seus pares, cumpridas todas as formalidades regimentais,_x000D_
 MOÇÃO DE PROFUNDO PESAR pelo falecimento do Sr. GENILSON GONÇALVES,_x000D_
 ocorrido no dia 25 de fevereiro do corrente ano na capital Pernambucana.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1409/mocao_de_pesar_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1409/mocao_de_pesar_ze_amaro.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros, submete_x000D_
  à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
  PROFUNDO PESAR pelo falecimento do Sr. JOSÉ ADRIANO (DEDÉ TOTÓ), ocorrido_x000D_
  dia 04 de março do corrente ano em nosso Município.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1502/mocao_de_pesar_sargento_fabiano_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1502/mocao_de_pesar_sargento_fabiano_assinado.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Bezerros, por meio do vereador Nathan de Demir, manifesta _x000D_
 profundo pesar pelo falecimento do Sargento PM Fabiano Alves da Silva, ocorrido no dia 30 de março _x000D_
 de 2025, em decorrência de um acidente de trânsito no Distrito de Serra Negra, Zona Rural de _x000D_
 Bezerros.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1503/mocao_de_pesar_025.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1503/mocao_de_pesar_025.pdf</t>
   </si>
   <si>
     <t>O subscritor do presente, Vereador da Câmara Municipal dos Bezerros, submete_x000D_
 à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
 PROFUNDO PESAR pelo falecimento da Sr. SAMUEL BEZERRA DA SILVA, ocorrido_x000D_
 no dia 30 de março do corrente ano, em nosso Município._x000D_
 Da decisão desta Casa, dê-se ciência à família enlutada, com os pêsames dos_x000D_
 que fazem esta Casa legislativa.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1533/mocao_de_pesar_josefa_mota_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1533/mocao_de_pesar_josefa_mota_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PROFUNDO PESAR pelo falecimento do Sra. Josefa Mota da Silva, conhecida como Zilda, mãe de Sandro Silva.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1553/mocao_de_pesar_gabriel_santos_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1553/mocao_de_pesar_gabriel_santos_assinado.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Bezerros, por iniciativa do Vereador que esta subscreve, _x000D_
 manifesta profundo pesar pelo falecimento do jovem Gabriel Santos, ocorrido em virtude _x000D_
 de um trágico acidente. _x000D_
 Neste momento de dor, nos solidarizamos com seus familiares e amigos, desejando _x000D_
 consolo e força para enfrentar esta perda irreparável. _x000D_
 Que esta Moção seja registrada nos anais desta Casa e enviada à família enlutada _x000D_
 como expressão de respeito e solidariedade.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1625/mocao_de_pesar_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1625/mocao_de_pesar_assinado.pdf</t>
   </si>
   <si>
     <t>O subscritor do presente, Vereador da Câmara Municipal dos Bezerros, submete à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE PROFUNDO PESAR pelo falecimento da Sra. Margarida Pereira dos Santos, ocorrido no dia 06 de maio do corrente ano, em nosso Município._x000D_
 	_x000D_
 Da decisão desta Casa, dê-se ciência à família enlutada, com os pêsames dos que fazem esta Casa legislativa._x000D_
 _x000D_
 Câmara Municipal dos Bezerros, 12 de maio de 2025.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1635/mocao_de_pesar_09_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1635/mocao_de_pesar_09_assinado.pdf</t>
   </si>
   <si>
     <t>O subscritor do presente, Vereador da Câmara Municipal dos Bezerros, submete à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE PROFUNDO PESAR pelo falecimento do Sr. Severino José da Silva, ocorrido no dia 15 de maio do corrente ano, no município de Recife._x000D_
 _x000D_
 Da decisão desta Casa, dê-se ciência à família enlutada, com os pêsames dos que fazem esta Casa legislativa._x000D_
 _x000D_
 Câmara Municipal dos Bezerros, 17 de maio de 2025.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1661/mocao_de_pesar_gerson._rinaldo_luiz.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1661/mocao_de_pesar_gerson._rinaldo_luiz.pdf</t>
   </si>
   <si>
     <t>0 subscritor do presente. RINALDO LUIZ DA SILVA, Vereador da Câmara_x000D_
  Municipal dos Bezerros/PE, apresenta à Mesa Diretora desta Casa Legislativa,_x000D_
  cumprida todas as formalidades regimentais, MOÇÃO DE PESAR em decorrência do_x000D_
  falecimento de GÉRSON MOREIRA DE OLIVEIRA ocorrido em 25 de maio de 2025.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1662/mocao_de_pesar_10_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1662/mocao_de_pesar_10_assinado.pdf</t>
   </si>
   <si>
     <t>O subscritor do presente, Vereador da Câmara Municipal dos Bezerros, submete_x000D_
 à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
 PROFUNDO PESAR pelo falecimento do Sr. Eduardo Justino da Silva, ocorrido no_x000D_
 dia 23 de maio do corrente ano, no município de Recife._x000D_
 Da decisão desta Casa, dê-se ciência à família enlutada, com os pêsames dos_x000D_
 que fazem esta Casa legislativa._x000D_
 _x000D_
 Câmara Municipal dos Bezerros, 26 de maio de 2025.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>Junior Boi Gordo, João Motos</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1679/mocao_de_pesar_junior.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1679/mocao_de_pesar_junior.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros, submete_x000D_
  à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
  PROFUNDO PESAR pelo falecimento do SR. JOSÉ FRANCISCO FILHO (conhecido_x000D_
  por Dedé da maçã) ocorrido no dia 27 de maio do corrente ano em nosso Município.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>Rogério de Natal, Junior Boi Gordo</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1773/mocao_de_pesar_joao_claudio_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1773/mocao_de_pesar_joao_claudio_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR 2025_x000D_
 	_x000D_
 _x000D_
 _x000D_
 	O subscritor do presente, Vereador da Câmara Municipal dos Bezerros, submete à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE PROFUNDO PESAR pelo falecimento da Sr. JOÃO CLAUDIO FERREIRA, ocorrido no dia 23 de julho do corrente ano, na cidade de Caruaru-PE._x000D_
 	_x000D_
 Da decisão desta Casa, dê-se ciência à família enlutada, com os pêsames dos que fazem esta Casa legislativa._x000D_
 	_x000D_
 	_x000D_
 	_x000D_
 		Câmara Municipal dos Bezerros, 29 de julho de 2025._x000D_
  _x000D_
 _x000D_
 _x000D_
 _x000D_
 JOSÉ ROGÉRIO CORREIA_x000D_
 Vereador</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1774/mocao_de_pesar_sidronio_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1774/mocao_de_pesar_sidronio_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR 2025_x000D_
 _x000D_
 O subscritor do presente, Vereador da Câmara Municipal dos Bezerros, submete à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE PROFUNDO PESAR pelo falecimento da Sr. SIDRONIO GOMES DA SILVA, ocorrido no dia 28 de julho do corrente ano, na cidade de Caruaru-PE._x000D_
 Da decisão desta Casa, dê-se ciência à família enlutada, com os pêsames dos que fazem esta Casa legislativa._x000D_
 Câmara Municipal dos Bezerros, 29 de julho de 2025._x000D_
 _x000D_
 JOSÉ ROGÉRIO CORREIA_x000D_
 Vereador</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1805/mocao_de_pesar_carioca_do_taxi_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1805/mocao_de_pesar_carioca_do_taxi_ze_amaro.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros, submete_x000D_
  à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
  PROFUNDO PESAR pelo falecimento do Sr. SEVERINO CÂNDIDO DE SOUZA_x000D_
  (conhecido por Carioca Taxista), ocorrido no dia 17 de julho na cidade de Caruaru_x000D_
 PE.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1806/mocao_de_pesar_ze_de_tota_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1806/mocao_de_pesar_ze_de_tota_ze_amaro.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros, submete_x000D_
  à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
  PROFUNDO PESAR pelo falecimento do Sr. JOSÉ LUIZ DA SILVA (conhecido por_x000D_
  Zé de Tôta), ocorrido no dia 26 de julho em nosso Município.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1884/22082025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1884/22082025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros, submete_x000D_
  à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
  PROFUNDO PESAR pelo falecimento do Sr. PAULO ROBERTO BEZERRA LEITE_x000D_
  (conhecido por Paulo da AFABE), ocorrido no dia 21 de agosto em nosso Município._x000D_
  Paulo Leite trabalhou em vários estabelecimentos, na compesa, foi assessor do ex_x000D_
 vereador Samuel Domingos e foi um dos fundadores e membros da Associação dos_x000D_
  Filhos e Amigos de Bezerros-AFABE</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1945/15092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1945/15092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros, submete_x000D_
  à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÀO DE_x000D_
  PROFUNDO PESAR pelo falecimento do Sr. RICARDO MÁRCIO GUEDES DA SILVA,_x000D_
  ocorrido no dia 11 de setembro do corrente ano, na capital Pernambucana.</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2027/13102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2027/13102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf</t>
   </si>
   <si>
     <t>Os subscritores da presente. Vereadores da Câmara Municipal dos Bezerros,_x000D_
  submete à apreciação de seus pares, cumpridas todas as formalidades regimentais,_x000D_
  MOÇÃO DE PROFUNDO PESAR pelo falecimento do Sr. Flávio Melo, ocorrido no dia 12_x000D_
  de outubro de 2025, na cidade de Bezerros, vítima de um trágico acidente de trânsito._x000D_
  Flávio Melo, aos 44 anos, era diretor e presidente do site Bezerros Hoje, meio de_x000D_
  comunicação que prestou relevantes serviços à população bezerrense, contribuindo_x000D_
  com a informação, a transparência e o fortalecimento da cidadania no município._x000D_
  Reconhecido por seu trabalho dedicado e por seu compromisso com a notícia local,_x000D_
  Flávio era uma figura respeitada na imprensa e admirada pela comunidade._x000D_
  Neste momento de dor, a Câmara Municipal se solidariza com os familiares, amigos e_x000D_
  colegas de profissão, prestando condolências e desejando força para enfrentar esta_x000D_
  perda irreparável._x000D_
  Que esta Moção de Pesar seja registrada nos anais desta Casa Legislativa e_x000D_
  enviada aos familiares enlutados como forma de reconhecimento e respeito à memória_x000D_
  do Sr. Flávio Melo.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2065/mocao_de_pesar_014_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2065/mocao_de_pesar_014_assinado.pdf</t>
   </si>
   <si>
     <t>O subscritor do presente, Vereador da Câmara Municipal dos Bezerros, submete à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE PROFUNDO PESAR pelo falecimento do Sr. JOSÉ APARECIDO DAS NEVES, ocorrido no dia 31 de outubro do corrente ano, na cidade de Bezerros._x000D_
 Da decisão desta Casa, dê-se ciência à família enlutada, com os pêsames dos que fazem esta Casa legislativa.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2066/emanuel_boaas_novas_mocao_pesar.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2066/emanuel_boaas_novas_mocao_pesar.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros, submete_x000D_
  à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
  PROFUNDO PESAR pelo falecimento do Sr. FRANCISCO FÉLIX DA SILVA_x000D_
  (conhecido por Chico de Boas Novas), ocorrido no dia 30 de outubro, do corrente_x000D_
  ano, na cidade de Caruaru-PE</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>Zé Antônio da Rádio, Adé Motos, Diogo Lemos, Eduardo Lima, Emanuel de Boas Novas, João Motos, Junior Boi Gordo, Natan do Projeto, Nathan de Demir, Reporter Rinaldo Luiz, Roberto Dinda, Rogério de Natal, Tatai, Vando da Saúde, Zé Amaro</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2071/ze_da_radio_mocao_de_pesar.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2071/ze_da_radio_mocao_de_pesar.pdf</t>
   </si>
   <si>
     <t>Os subscritores da presente, Vereadores da Câmara Municipal dos Bezerros,_x000D_
  submete à apreciação de seus pares, cumpridas todas as formalidades regimentais,_x000D_
  MOÇÃO DE PROFUNDO PESAR pelo falecimento do Sr. JOSÉ TIBURTINO DA_x000D_
  SILVA, ocorrido no dia 02 de novembro do corrente ano, na cidade de Caruaru-PE.</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2077/mocao_de_pesas.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2077/mocao_de_pesas.pdf</t>
   </si>
   <si>
     <t>O subscritor do presente, Vereador da Câmara Municipal dos Bezerros, submete à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE PROFUNDO PESAR pelo falecimento do Sra. MARIA DEOLINDA DA SILVA MATOS, ocorrido no dia 03 de novembro do corrente ano, na cidade de Caruaru._x000D_
 Da decisão desta Casa, dê-se ciência à família enlutada, com os pêsames dos que fazem esta Casa legislativa.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2084/mocao_ze_da_radio_2.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2084/mocao_ze_da_radio_2.pdf</t>
   </si>
   <si>
     <t>Os subscritores da presente, Vereadores da Câmara Municipal dos Bezerros,_x000D_
  submete à apreciação de seus pares, cumpridas todas as formalidades regimentais,_x000D_
  MOÇÃO DE PROFUNDO PESAR pelo falecimento do Sr. EDVALDO NICACIO DA_x000D_
  SILVA (conhecido por Vavá Pedreiro), ocorrido no dia 09 de novembro do corrente_x000D_
  ano, em nosso Município.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2085/mocao_ze_da_radio_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2085/mocao_ze_da_radio_1.pdf</t>
   </si>
   <si>
     <t>Os subscritores da presente, Vereadores da Câmara Municipal dos Bezerros,_x000D_
  submete à apreciação de seus pares, cumpridas todas as formalidades regimentais,_x000D_
  MOÇÃO DE PROFUNDO PESAR pelo falecimento da Sr^. NEUZA GOMES DA SILVA,_x000D_
  bem conhecido por sua fé de raízes africana, ocorrido no dia 09 de novembro do_x000D_
  corrente ano, em nosso Município.</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2106/mocao_de_pesar__ade_motos__kidinho.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2106/mocao_de_pesar__ade_motos__kidinho.pdf</t>
   </si>
   <si>
     <t>Os subscritores da presente, Vereadores da Câmara Municipal dos Bezerros_x000D_
  submete à apreciação de seus pares, cumpridas todas as formalidades regimentais_x000D_
  MOÇÃO DE PROFUNDO PESAR peio faiecimento do Sr. EUCLIDES AUGUSTO DA_x000D_
  SILVA (conhecido por KIDINHO), ocorrido no dia 12 de novembro do corrente ano, em_x000D_
  nosso Município._x000D_
  Da decisão desta Casa, dê-se ciência à fan;iíiia enlutada, com os pêsames dos_x000D_
  que fazem esta Casa legisiativa</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2154/01_-_zezinho_claudino.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2154/01_-_zezinho_claudino.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros, submete à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE PROFUNDO PESAR pelo falecimento do Sr. JOSÉ FERREIRA DE LIMA (conhecido por ZEZINHO CLAUDINO), 66 anos, ocorrido no dia 25 de novembro do corrente ano, em nosso Município._x000D_
 Da decisão desta Casa, dê-se ciência à família enlutada, com os pêsames dos que fazem esta Casa legislativa.</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2156/mocao_de_pesar_ze_antonio_e_rinaldo__jose_clemildo.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2156/mocao_de_pesar_ze_antonio_e_rinaldo__jose_clemildo.pdf</t>
   </si>
   <si>
     <t>Os subscritores da presente, Vereadores da Câmara Municipal dos Bezerros,_x000D_
  submete à apreciação de seus pares, cumpridas todas as formalidades regimentais,_x000D_
  MOÇÃO DE PROFUNDO PESAR pelo falecimento do Sr. JOSÉ CLEMILDO, ocorrido_x000D_
  no dia 28 de novembro do corrente ano, em nosso Município._x000D_
  Da decisão desta Casa, dê-se ciência à família enlutada, com os pêsames dos_x000D_
  que fazem esta Casa legislativa.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2178/mocao_de_pesar_16_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2178/mocao_de_pesar_16_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR Nº 16/2025_x000D_
 	_x000D_
 _x000D_
 	O subscritor do presente, Vereador da Câmara Municipal dos Bezerros, submete à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE PROFUNDO PESAR pelo falecimento do Sra. MARIA GENERINA DA SILVA, ocorrido no dia 04 de dezembro do corrente ano, na cidade de Caruaru._x000D_
 	_x000D_
 Da decisão desta Casa, dê-se ciência à família enlutada, com os pêsames dos que fazem esta Casa legislativa._x000D_
 	_x000D_
 	_x000D_
 	_x000D_
 		Câmara Municipal dos Bezerros, 06 de dezembro de 2025.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>PI</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1571/pdi_001_-_arpe_compesa.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1571/pdi_001_-_arpe_compesa.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita ao Srº Carlos Porto Filho, diretor-presidente da Agência de _x000D_
 Regulação de Pernambuco (Arpe), explicações públicas e técnicas sobre o reajuste _x000D_
 expressivo da tabela de valores praticados pela Companhia Pernambucana de _x000D_
 Saneamento (Compesa) em relação aos serviços públicos oferecidos para população.</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2063/pdi_002_-_sinalizacao_via_local_lenta_semobi.docx_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2063/pdi_002_-_sinalizacao_via_local_lenta_semobi.docx_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor André Teixeira Filho, Secretário de Mobilidade e Infraestrutura de Pernambuco (Semobi), informações sobre o cronograma para finalização da sinalização e da implementação de redutores de velocidade nas vias locais.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1273/ata_eletronica_da_1_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1273/ata_eletronica_da_1_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA PRIMEIRA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 03 DE FEVEREIRO DO ANO DOIS MIL E VINTE E CINCO.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1309/ata_eletronica_da_2_reuniao_ordinaria_da_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1309/ata_eletronica_da_2_reuniao_ordinaria_da_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA SEGUNDA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 11 DE FEVEREIRO DO ANO DOIS MIL E VINTE E CINCO</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1346/ata_eletronica_da_3_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1346/ata_eletronica_da_3_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA TERCEIRA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 18 DE FEVEREIRO DO ANO DOIS MIL E VINTE E CINCO.</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1393/ata_eletronica_da_4_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1393/ata_eletronica_da_4_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA QUARTA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 25 DE FEVEREIRO DO ANO DOIS MIL E VINTE E CINCO</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1422/ata_eletronica_da_5_reuniao_ordinaria_da_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1422/ata_eletronica_da_5_reuniao_ordinaria_da_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA QUINTA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 11 DE MARÇO DO ANO DOIS MIL E VINTE E CINCO</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1443/ata_eletronica_da_6_reuniao_ordinaria_da_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1443/ata_eletronica_da_6_reuniao_ordinaria_da_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA SEXTA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 18 DE MARÇO DO ANO DOIS MIL E VINTE E CINCO</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1474/ata_eletronica_da_7_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1474/ata_eletronica_da_7_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA SÉTIMA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 25 DE MARÇO DO ANO DOIS MIL E VINTE E CINCO.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1504/ata_eletronica_da_8_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1504/ata_eletronica_da_8_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA OITAVA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 01 DE ABRIL DO ANO DOIS MIL E VINTE E CINCO.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1535/ata_eletronica_da_8_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1535/ata_eletronica_da_8_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA NONA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 08 DE ABRIL DO ANO DOIS MIL E VINTE E CINCO.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1562/ata_eletronica_da_10_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1562/ata_eletronica_da_10_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA DECIMA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 15DE ABRILDO ANO DOIS MIL E VINTE E CINCO</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1587/ata_eletronica_da_12_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1587/ata_eletronica_da_12_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA SEGUNDA  REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 29 DE ABRIL DO ANO DOIS MIL E VINTE E CINCO</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1608/ata_eletronica_da_13_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1608/ata_eletronica_da_13_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA TERCEIRA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 06 DE MAIO DO ANO DOIS MIL E VINTE E CINCO</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1626/ata_eletronica_da_14_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1626/ata_eletronica_da_14_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA QUARTA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 13 DE MAIO DO ANO DOIS MIL E VINTE E CINCO.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1655/ata_eletronica_da_15_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1655/ata_eletronica_da_15_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA QUINTA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 20 DE MAIO DO ANO DOIS MIL E VINTE E CINCO</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1678/ata_eletronica_da_16_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1678/ata_eletronica_da_16_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA SEXTA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 27 DE MAIO DO ANO DOIS MIL E VINTE E CINCO</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1703/ata_eletronica_da_17_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1703/ata_eletronica_da_17_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA SETIMA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 03 DE JUNHO DO ANO DOIS MIL E VINTE E CINCO.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1728/ata_eletronica_da_18_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1728/ata_eletronica_da_18_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA OITAVA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 10 DE JUNHO DO ANO DOIS MIL E VINTE E CINCO.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1746/ata_eletronica_da_19_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1746/ata_eletronica_da_19_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA NONA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 17 DE JUNHO DO ANO DOIS MIL E VINTE E CINCO</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/</t>
   </si>
   <si>
     <t>ATA DA VIGESIMA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 25 DE JUNHODO ANO DOIS MIL E VINTE E CINCO.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>ATA DA VIGESIMA PRIMEIRA REUNIÃO ORDINÁRIA DO SEGUNDO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 01 DE AGOSTO DO ANO DOIS MIL E VINTE E CINCO.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>ATA DA VIGESÍMA SEGUNDA REUNIÃO ORDINÁRIA DO SEGUNDO PERÍODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS-PE, REALIZADA NO DIA 05 DE AGOSTO DO ANO DE DOIS MIL E VINTE E CINCO.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>ATA DA VIGESIMA TERCEIRA REUNIÃO ORDINÁRIA DO SEGUNDO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 12 DE AGOSTO DO ANO DOIS MIL E VINTE E CINCO</t>
   </si>
   <si>
     <t>1854</t>
   </si>
@@ -13396,265 +13382,265 @@
   <si>
     <t>ATA DA TRIGESÍMA OITAVA REUNIÃO ORDINÁRIA DO SEGUNDO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 25 DE NOVEMBRO DO ANO DOIS MIL E VINTE E CINCO.</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>ATA DA TRIGESÍMA NONA REUNIÃO ORDINÁRIA DO SEGUNDO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 02 DE DEZEMBRO DO ANO DOIS MIL E VINTE E CINCO.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
     <t>ATA DA QUADRAGESÍMA REUNIÃO ORDINÁRIA DO SEGUNDO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 09 DE DEZEMBRO DO ANO DOIS MIL E VINTE E CINCO.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>ATA1</t>
   </si>
   <si>
     <t>Ata da Sessão Extraordinária</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1284/ata_eletronica_da_1__reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1284/ata_eletronica_da_1__reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA PRIMEIRA REUNIÃO EXTRAORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 07 DE FEVEREIRO DO ANO DOIS MIL E VINTE E CINCO.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1285/ata_eletronica_da_2__reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura_-_copia.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1285/ata_eletronica_da_2__reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura_-_copia.pdf</t>
   </si>
   <si>
     <t>ATA DA SEGUNDA REUNIÃO EXTRAORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 07 DE FEVEREIRO DO ANO DOIS MIL E VINTE E CINCO.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1399/ata_eletronica_da_3__reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1399/ata_eletronica_da_3__reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA TERCEIRA REUNIÃO EXTRAORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 27 DE FEVEREIRO DO ANO DOIS MIL E VINTE E CINCO.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1456/ata_eletronica_da_4__reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1456/ata_eletronica_da_4__reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA QUARTA REUNIÃO EXTRAORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 21 DE MARÇO DO ANO DOIS MIL E VINTE E CINCO.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1475/ata_eletronica_da_5__reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1475/ata_eletronica_da_5__reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA QUINTA REUNIÃO EXTRAORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 26 DE MARÇO DO ANO DOIS MIL E VINTE E CINCO.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1526/ata_eletronica_da_6_reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1526/ata_eletronica_da_6_reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA SEXTA REUNIÃO EXTRAORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 07 DE ABRIL DO ANO DOIS MIL E VINTE E CINCO.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1527/ata_eletronica_da_7_reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1527/ata_eletronica_da_7_reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA SÉTIMA REUNIÃO EXTRAORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 07 DE ABRIL DO ANO DOIS MIL E VINTE E CINCO</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1540/ata_eletronica_da_8_reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1540/ata_eletronica_da_8_reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA OITAVA REUNIÃO EXTRAORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS-PE, REALIZADA NO DIA 10 DE ABRIL DO ANO DOIS MIL E VINTE CINCO.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1714/ata_eletronica_da_9_reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1714/ata_eletronica_da_9_reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf</t>
   </si>
   <si>
     <t>ATA DA NONA REUNIÃO EXTRAORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 09 DE JUNHO DO ANO DOIS MIL E VINTE E CINCO.</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA REUNIÃO EXTRAORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 22 DE JULHO DO ANO DOIS MIL E VINTE E CINCO.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA PRIMEIRA REUNIÃO EXTRAORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 22 DE JULHO DO ANO DOIS MIL E VINTE E CINCO.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>PEP</t>
   </si>
   <si>
     <t>Proposta de Emenda</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1320/proposta_de_emenda_supressiva_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1320/proposta_de_emenda_supressiva_assinado.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA AO PROJETO DE LEI COMPLEMENTAR Nº 03/2025   _x000D_
 I - Quanto a revogação dos artigos citados no caput do art. 12 do PLC nº 003/2025, suprima-se o “25”, mantendo-se os demais.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1321/proposta_de_emenda_modificativaaa_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1321/proposta_de_emenda_modificativaaa_assinado.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PROJETO DE LEI COMPLEMENTAR Nº 03/2025</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1344/modificativa_02_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1344/modificativa_02_assinado.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PROJETO DE LEI COMPLEMENTAR Nº 03/2025_x000D_
 _x000D_
 I - Modifica o Parágrafo único do Art. 2º, que passa a ter a seguinte redação:_x000D_
 _x000D_
 “Parágrafo Único - Os cargos previstos nos incisos I, II, III e IV do artigo 2º serão ocupados por servidores públicos municipais efetivos e_x000D_
 serão nomeados pelo Chefe do Poder Executivo. Os demais cargos serão de livre nomeação e exoneração, em caráter ad nutum, nomeados pelo Chefe do Poder Executivo</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1421/emenda_modificativa_ao_projeto_de_lei_complementar_n9_032025.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1421/emenda_modificativa_ao_projeto_de_lei_complementar_n9_032025.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei Complementar n⁰ 03/2025._x000D_
 Altera a redação do ART 12.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1676/emenda_modificativa_ao_projeto_de_lei_do_poder_executivo_n_09_2025.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1676/emenda_modificativa_ao_projeto_de_lei_do_poder_executivo_n_09_2025.pdf</t>
   </si>
   <si>
     <t>Altera os ART.1º, ART. 2⁰ e inciso II do ART. 2⁰ do Projeto de Lei do Poder Executivo nº 09/2025.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1677/ref._projeto_de_le_legislativo_n_026_de_17_de_marco_de_2025.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1677/ref._projeto_de_le_legislativo_n_026_de_17_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>Suprime o ART. 3⁰ do Projeto de Lei n⁰ 026, de 17 de março de 2025.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1889/emendamodpl013.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1889/emendamodpl013.pdf</t>
   </si>
   <si>
     <t>Modifica o art. 5º do Projeto de Lei n° 13, de 14 de agosto de 2025 de autoria do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1899/emenda_supressiva_funprev_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1899/emenda_supressiva_funprev_assinado.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA AO PROJETO DE LEI DO EXECUTIVO Nº 13/2025  _x000D_
 _x000D_
 Art. 1 - Quanto a revogação dos artigos citados no caput do Projeto de Lei do Executivo nº 13/2025, suprima-se o “1”, “2” e “3”.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1900/emenda_modificativa_funprev_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1900/emenda_modificativa_funprev_assinado.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PROJETO DE LEI DO EXECUTIVO Nº 13/2025  _x000D_
 _x000D_
 Art.1º – O inciso §4º do artigo 4º que passa a ter a seguinte redação: _x000D_
 _x000D_
 “Os recursos despendidos pela Previdência Municipal a título de despesas administrativas de custeio de seu funcionamento serão limitados à 1,2% (um inteiro e dois décimos por cento), aplicados sobre o somatório da remuneração base de contribuição de todos os servidores ativos vinculados ao RPPS, no exercício anterior”.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2158/emenda_supressiva_plc_10_2025_beneficios_iprebe_29_assinado_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2158/emenda_supressiva_plc_10_2025_beneficios_iprebe_29_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Suprime o inciso XIV do art. 24 do Projeto de Lei Complementar do Poder Executivo nº 10 de 24 de novembro de 2025.</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2159/emenda_modificativa_plc_09_2025_custeio_iprebe_29_assinado_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2159/emenda_modificativa_plc_09_2025_custeio_iprebe_29_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a redação de artigos, parágrafos e incisos do Projeto de Lei Complementar do Poder Executivo nº 09 de 24 de novembro de 2025.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2160/emenda_modificativa_plc_10_2025_beneficios_iprebe_29_assinado_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2160/emenda_modificativa_plc_10_2025_beneficios_iprebe_29_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a redação de artigos, parágrafos e incisos do Projeto de Lei Complementar do Poder Executivo nº 10 de 24 de novembro de 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -13961,51 +13947,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1270/projeto_de_lei__n.01_de_31_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_lei_no03_de_24_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1453/projeto_de_lei_n_04_de_20_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1455/projeto_de_lei_no_4_2025-_piso_salarial_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1473/pl_ifpe.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1476/pl_06_de_24_de_marco_de_2025_cmb.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1552/projeto_de_lei_n_07_de_04_04_2025_dispoe_sobre_as_consignacoes_em_pagamento_dos_servidores_ativos_aposentados_e_pensionistas_da_adm_direta_e_indireta.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1565/projeto_de_lei_n_09_2025_refs_2025_com_justificativa.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1634/projeto_de_lei_n_8_2025_programa_vai_longe_bolsa_de_transporte_universitario.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1654/projeto_de_lei_n_10_2025_indenizacao_para_aquisicao_de_fardamento_iaf_para_o_efetivo_da_guarda_civil_m.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1758/pl_n_11_de_15_de_julho_de_2025_completo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1789/ldo_bezerros.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1832/projeto_de_lei_no_13_14_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1948/oficio_n_206.2025.gp_projeto_de_lei_n_14_de_09_de_setembro_de_2025_.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1949/oficio_n_207.2025.gp_projeto_de_lei_n_15_de_09_de_setembro_de_2025_.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1993/projeto_de_lei_n_16_de_30_de_setembro_de_2025_.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1995/loa.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1994/ppa.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1263/rua_do_carteiro.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1271/nomeclatura_dos_espacos_do_estadio_municipal.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1272/pl_licitacoes_e_contratos_adm.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1287/projeto_de_lei_monitoress_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1288/projeto_de_lei_feriado_de_sao_sebastiao_assinado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1315/projeto_de_lei_monitores_co_assinado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1350/pl_anticrime_assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1351/pl_proibicao_de_fogos_com_estampido_assinado.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1352/projeto_de_lei_denominar_rua_joao_eufrasio_da_silva_-_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1362/projeto_de_lei_-_denominar_rua_joao_eufrasio_da_silva_-_nathan_de_demir_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1375/projeto_de_lei_ze_antonio.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1380/projeto_de_lei_kelvin_william_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1381/projeto_de_lei_-_sala_de_parto_ivonete_parteira_-_nathan_de_demir_assinado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1430/rua_tenente_emanuel_boas_novas.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1431/projeto_de_lei_multa_em_caso_de_maus_tratos_a_animais_assinado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1432/projeto_de_lei_valorizar_o_forro_e_suas_vertentes_no_sao_joao_assinado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1446/projeto_de_lei_dia_do_papangu_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1490/projeto_de_lei_causa_animal_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1491/projeto_de_lei_sao_joao_7025_forro_assinado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1492/projeto_de_lei_restricoes_para_a_nomeacao_de_pessoas_condenadas_por_crimes_incompativeis_com_o_exercicio_de_cargos_publicos_e_define_criterios_para_a_avaliacao_de_tais_incompatibilidades._assinado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1505/projeto_de_lei_relatorios_trimestrais_sobre_obras_publicas_no_municipio_assinado.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1506/projeto_de_lei_banco_municipal_-_nathan_de_demir_assinado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1507/projeto_de_lei_concessao_da_honraria_municipal_28medalha_jose_joao_da_silva29_assinado.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1514/projeto_de_lei_dia_municipal_de_jota_borges_20_de_dezembro_assinado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1599/pldiadabiblia.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1636/projeto_de_lei_pulseira_neurodivergente_assinado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1680/pl_viaduto_lucas_cardozo_junior.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1681/pl_viaduto_j_borges_junior.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1711/projeto_de_lei_regulacao_da_abordagem_social_assinado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1719/pl_nome_de_rua_vando.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1853/rua_manoel_alves_de_melo_ade.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1939/pl_dia_da_cavalgada_ade.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1956/pl_nome_da_feirinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1989/01_-_cameras_de_seguranca_em_veiculos_de_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2021/projeto_de_lei_dia_da_imprensa_35.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2042/20102025_camara_municipal_de_bezerros_001.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2101/pl_001_-_premio_irma_julia.docx_28129_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2121/projeto_de_semana_de_combate_ao_aborto_assinado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2152/projeto_de_lei_ze_antonio__rotary_club.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2153/projeto_de_lei__ze_antonio_loja_maconica__.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2161/projeto_de_lei_41.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2162/pl_tribuna_popular_pdf_ok.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2164/projeto_de_lei_vando_rua_alexandrino_da_silva_.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1264/salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1268/projeto_de_lei_complementar_n.01_de_31_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1269/projeto_de_lei_complementar_n.02_de_31_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1281/projeto_de_lei_complementar_n_01_de_31_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1282/pl_complementar_sobre_cargos.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1520/projeto_de_lei_reestrutura_unificado.t.__com_plenilhas_e_anexos_.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1525/projeto_de_lei_complementar_cargos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2131/projeto_de_lei_complementar_no_03_de_24_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2132/projeto_de_lei_complementar_no_04_de_24_de_novembro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2133/projeto_de_lei_complementar_no_05_de_24_de_novembro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1401/001_diogo_cidadao_assinado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1470/002_diogo_cidadao_assinado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1519/titulo_de_cidadao_ze_antonio.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1523/titulo_danusia_assinado.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1536/ementa_de_titulo_de_cidadao_bezerrense_assinado.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1586/004_18_de_maio_assinado.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1757/cidadao_bezerrense_-_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1770/titulo_de_cidadao_diogo_lemos.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1784/titulo_de_cidadao_samuel_domingos_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1791/007_diogo_assinado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1880/20082025_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1885/mocao_de_aplausos_diogo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1886/titulo_diogo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1913/01092025_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2058/projeto_de_decreto_legislativo_-_titulo_de_cidadao_bezerrense_pra_pastor_pedro_assinado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2059/projeto_de_decreto_legislativo_-_titulo_de_cidadao_bezerrense_wagner_lima_assinado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2067/emanuel_de_boas_novas_titulo_de_cidadao.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2102/pdl_002_-_cidadao_bezerrense_-_silvio_venceslau.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2116/requerimento_ze_da_radio__projeto_de_decreto_legislativo_.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2134/projeto_decreto_legislativo_roberto__cidadao_bezerrense_expedito.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2141/pdl_003_-_cidadao_bezerrense_-_ricardo_amorim.docx_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1308/projeto_de_emenda_lei_organica__sao_sebastiao_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1710/emenda_lei_organica_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1261/indicacao_capacitacao_municipal_assinado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1305/indicacao_psiquiatria_ofc_assinado.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_quadro_do_centro_de_reabilitacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_forca-tarefa_intersetorial_para_regularizacao_e_unificacao_dos_nomes_de_ruas_no_municipio_de_bezerros_assinado.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1810/indicacao_programa_do_leite_sao_pedro_assinado.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1235/requerimento_creche_sao_pedro_assinado.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1236/requerimento_asfalto_rua_da_pedra_assinado.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1237/requerimento_josefa_guilhermina_assinado.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1238/requerimento_reforma_quadra_serra_negra.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1239/requerimento_do_canal_da_gamileira.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1240/requerimento_abastecimento_bairro_santana.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1241/requerimento_-_atualizacao_da_lei_municipal_nba_1002_2012_-_auxilio_universitario_assinado.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1242/requerimento_-_centro_de_atendimento_especializado_e_reabilitacao_no_sassep_assinado.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1243/requerimento_-_programa_de_regularizacao_fundiaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1244/02_-giradouro.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1245/01_-_calcamento_prox._bar_da_ponte.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1246/03-calcamento_-_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1247/construcao_de_uma_creche_santo_amaro_2.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1248/requerimento__construcao_de_uma_praca_publica_nos_bairro_santo_amaro_ii.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1249/requerimento_pavimentacao_dos_bairros_santo_amaro_1_e_2.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1250/requerimento_reforma_praca_do_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1251/requerimento_instalacao_de_um_acougue.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1252/requerimento_compra_de_uma_caminhao_frigorifico.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1253/req_003_-_implantacao_zona_azul_assinado.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1254/req_002_-_calcamento_queimada_dantas_assinado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1255/req_001_-_asfalto_rua_estrela_assinado.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1256/reuqerimento_emanuel.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1257/requerimento_ze_rampa.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1259/requerimento_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1260/requerimento_concurso_publicooo_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1262/requerimento_aracao_de_terra_emanuel.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1265/vando_calcamento.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1266/onibus_cci.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1267/terrenos_bacarmateiros.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1274/requerimento_cemaic.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1275/requerimento_nathan_jiu_jitsu_assinado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1276/requerimento_nathan_festival_do_bolos_e_doces_assinado.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1277/requerimento_wi-fi_roberto.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1278/requerimento_calcamento_loteamento_santana.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1279/requerimento_leite_para_todos_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1280/requerimento_bezerros_vet_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1283/requerimento_serra_negra_ofc_ass.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1286/requerimento_batalhao_policia_emanuel.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1289/requerimento_ponte_guaribas_emanuel.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1290/requerimento_ponto_celpe_emanuel.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1291/requerimento_asfalto_rua_padre_joaquim_alfeedo.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1292/req_004_-_calcadao_em_frente_ao_mercado_cultural_de_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1293/req_005_-_semaforos_na_cidade.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1294/req_006_-_contramao_rua_das_rosas.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1295/requerimento_implantacao_quebra_mola_santo_amaro_2.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1296/requerimento_imovel_para_apoio_as_pessoas_do_tfd.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1297/05_-_arte_em_toda_parte.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1298/04_-_calcamento_castelinho_santana.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1299/quadra_poliesportiva_vando.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1300/cci_e_reforma_do_centro_de_convivencia_vando.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1301/aracao_de_terra_vando.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1302/requerimento_-_contratacao_de_interprete_de_libras_assinado.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1303/requerimento_-_piso_e_atualizacao_do_pcc_dos_professores_assinado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1304/06_-_pediatra_upa.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1306/requerimento_090_rogerio_assinado.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1307/requerimento_091_rogerio_assinado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1310/pavimentacao_ruas_sao_vicente_ade.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1311/pavimentacao_rua_paulo_alves_ade.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1312/requerimento_via_para_praticas_esportivas_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1313/req_007_-_motolancias.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1314/req_008_-_solicita_operacao_tapa_buracos.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1316/requerimento_rua_31_de_marco_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1317/requerimento_agricultores_assinado.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1318/07-_obstetra_maternidade.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1319/requerimento_tatai_saneamento_e_calcamento_sitio_varzinha.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1322/requerimento_pracas_alto_retiro_vando.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1323/requerimento_calcamento_vando.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1324/requerimento_asfalto_vando.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1325/requerimento_limpeza_do_rio_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1326/requerimento_sirinhaem_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1327/requerimento_quadra_cohab_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1328/requerimento_calcamento_laurindo_felix_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1329/requerimento_banheiros_serra_negra_roberto.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1330/requerimento_posto_de_saude_roberto.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1331/7_-_requerimento_estudo_para_o_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1332/requerimento_muro_arrime_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1333/requerimento_recordando_sao_joao_unior.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1334/08_-_onibus_santo_amaro_ii.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1335/pdf_scanner_170225_10.12.15.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1336/requerimento_adicional_periculosidade_emanuel.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1337/asfalto_emanuel.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1338/8_-_requerimento_pavimentacao_sao_vicente_assinado.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1339/cras_roberto.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1340/passagem_molhada_diogo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1341/apreensao_de_animais_diogo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1342/7_-_requerimento_estudo_para_o_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1343/9_-_requerimento_terraplanagem_sitios_assinado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1345/8_-_requerimento_plano_de_pavimentacao_02_assinado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1347/requerimento_-_reativacao_do_parque_infantil_na_praca_sao_sebastiao_assinado.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1348/requerimento_-_asfalto_no_sao_sebastiao_assinado.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1349/10_-_requerimento_construcao_do_campo_assinado.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1353/requerimento_calcamento_rua_jordao_joaquim_dos_santos-nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1354/requerimento_fisioterapia_obstetrica_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1355/requerimento_investimento_em_videomonitoramento_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1356/tatai_requerimento_abastcimento_agua_joao_paulo_ii.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1357/requerimento_calcamento_rua_dr._erotides_xavier_tatai.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1358/requerimento_instalacao_de_um_ubs_joao_paulo_ii.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1359/requerimento_videomonitoramento_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1360/requerimento_fisioterapia_obstetrica_nathan_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1361/requerimento_rua_jordao_joaquim_dos_santos_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1363/09_-_calcamento_rua_da_creche_gameleira.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1364/requerimento_-_bolsa_atleta_municipal_assinado.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1365/req_009_-_melhorias_na_rua_larga.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1366/req_011_-_reforma_da_praca_centenaria.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1367/req_010_-_desmontagem_de_palcos_e_estruturas_de_eventos.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1368/10_-_calcamento_lot._santana.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1369/reuqerimento_sao_rafael_junior.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1370/requerimento_creche_sao_rafael_junior.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1371/requerimento_der-pe_junior.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1372/requerimento_frei_damiao_roberto.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1373/requerimento_asfalto_roberto.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1374/requerimento_reuqalificacao_da_praca_santo_antonio_roberto.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1376/requerimento_neurologia_ze.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1377/requerimento_doadores_de_sangue__ze.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1378/requerimento_creche_emanuel.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1379/requerimento_adicional_periculosidade_emanuel.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1382/requerimento_reforma_assinado.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1383/requerimento_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1385/calcamentos_sapucarana_emanuel.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1386/atividades_fisicas_vando.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1387/iluminacao_publica_sitios_vando.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1388/canal_do_retido_vando.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1390/11_-_requerimento_caminhao_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1394/requerimento_estacionamento_para_bicicletas_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1395/requerimento_estacionamento_para_bicicletas_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1397/creche_no_residencial_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1398/req_012_-_numero_atendimento_para_setores.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1402/requerimento_-_patrimonio_vivo_de_bezerros_assinado.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1403/requerimento_-_campeonato_bezerrense_de_futsal_feminino_e_de_outras_modalidades_assinado.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1404/requerimento_-_inclusao_de_um_polo_junino_no_centro_da_cidade_assinado.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1405/req_014_-_faixa_elevada_casnsd_.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1406/req_013_-_dia_mensal_da_boa_idade.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1407/requerimento_manilhas_sitios_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1408/requerimento_lombadas_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1410/12_-_parada_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1411/13_-_absorventes_nas_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1412/requerimento_esgotamento_sanitario_guaribas_emanuel.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1413/requerimento_luminarias_tatai.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1414/carro_fumace_vando.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1415/requerimento_placas_vando.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1416/requerimento_obmep_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1417/campo_de_futebol_sao_rafael_junior.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1418/_requerimento_monitores_escolares_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1419/13-requerimento_william_kelvin_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1420/14-requerimento_ecoponto_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1423/requerimento_digitalizacao_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1424/requerimento_atracoes_musicais_locais_em_espacos_publicos_nos_finais_de_semana_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1425/req_016_-_solicita_coleta_externa_ao_hemope.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1426/req_015_-_sao_joao_nos_bairros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1427/req_017_-_criacao_de_skate_park.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1428/requerimento_viabilize_a_criacao_de_cursinhos_populares_para_o_enem_e_concursos_publicos_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1429/campo_boas_novas_emauel.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1433/13032025_002.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1436/requerimento_primeiro_emprego_jovem_assinado.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1437/14_-_lixeiros_tematicos.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1438/15_-_confeccao_de_faccao.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1439/esgotamento_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1440/tele_da_quadra_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1441/reforma_acougue_ze_antonio.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1442/17032025_004.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1444/16-requerimento_compesa_assinado.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1445/17-requerimento_endometriose_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1447/requerimento_teatro_paixao_de_cristo_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1448/requerimento_revitalizacao_da_ponte_de_ferro_e_transformacao_em_cartao_postal_de_bezerros_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1449/requerimento_aulas_de_musica_e_instrumentos_musicais_para_a_comunidade_de_bezerros_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1450/req_018_-_bocas_de_lobo_no_centro.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1451/req_019_-_forca_tarefa_iluminacao_residencial_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1452/req_020_-_apoio_juridico_para_organizacoes_sociais.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1454/req_020_-_campanha_de_midia_para_ir_2025.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1457/requerimento_-_intervencao_e_mudanca_no_transito_na_rua_santa_cruz_assinado.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1458/16_-_pintura_e_reparo_igreja_serra.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1459/17_-_centro_oftalmologia.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1460/18-requerimento_praca_sensorial_assinado.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1461/requerimento_monitoramento_av_lucas_cardoso_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1462/redutor_de_velocidade_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1463/pinturas_e_colocaca_de_placas_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1464/calcamento_ladeiras_lagoa_nova_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1465/recuperacao_de_estradas_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1466/matadouro_suinos_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1467/24032025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1468/24032025_001.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1469/ubs_zona_rural_ade.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1471/requerimento_085_diogo_assinado.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1472/requerimento_084_diogo_assinado.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1477/carro_odontologico_dinda.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1478/req_022_-_instalacao_de_energia_solar_nos_predios_publicos.docx_assinado_assinado_-_parceria_com_eduardo.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1479/req_021_-_apoio_juridico_para_organizacoes_sociais.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1480/req_023_-_melhorias_no_janelas_para_o_rio.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1481/requerimento_estradas_boqueirao_tatai.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1482/requerimento_instalacao_de_postes_de_iluminacao_na_rua_jose_eufrasio_da_silva_assinado.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1483/requerimento_solicitacao_de_implantacao_de_um_castramovel_em_bezerros_assinado.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1484/requerimento_-_centro_de_formacao_esportiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1485/requerimento_-_programa_municipal_de_descarte_de_medicamentos_vencidos_assinado.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1486/requerimento_instalacao_de_postes_de_iluminacao_na_rua_severino_valdevino2c_localizada_no_bairro_sao_jose_assinado.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1487/19-requerimento_conta_de_agua_assinado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1488/21-requerimento_parto_na_banheira_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1489/20-requerimento_casa_terapeutica_assinado.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1493/ampliacao_do_cemiterio_emanuel.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1495/implamtacao_de_tartarugas_de_transito_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1496/calcamento_ruas_de_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1497/troca_de_lampadas_varzinha_e_poco_verde_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1498/salarios_professores_contratados_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1499/18_-_placas_de_sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1500/calcamento_da_rua_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1501/19_-_fisioterapeuta_domiciliar.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1508/requerimento_lombada_eletronica_na_subida_da_serra_negra_assinado.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1509/requerimento_criacao_de_busto_ou_estatua_em_homenagem_a_jota_borges_assinado.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1510/requerimento_programa_municipal_de_desburocratizacao_para_abertura_de_empresas_assinado.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1511/req_026_-_quebra_molas_gigantes.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1512/req_025_-_forca_tarefa_de_iluminacao_no_residencial_jurema_.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1513/req_024_-_execucao_de_obras_dos_porticos_da_cidade.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1515/20_-_praca_cemac.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1516/21_-_espaco_pet.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1517/crachas_de_funcionarios_pmb_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1518/regulamentacao_de_escolinhas_e_projetos_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1521/22-requerimento_mapa_de_risco_serra_negra_assinado.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1522/23-requerimento_centro_de_hemodialise_assinado.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1524/22_-_predio_sitio_dos_remedios.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1528/requerimento_estradas_roberto.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1529/diogo_lemos_1.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1530/diogo_lemos_2.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1531/diogo_lemos_3.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1532/requerimento_vando_2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1534/24-requerimento_centro_de_oncologia_assinado.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1538/requerimento_rua_112c_localizada_no_bairro_nossa_senhora_aparecida_assinado.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1541/posto_de_saude_satelite_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1542/limpeza_do_canal_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1543/requerimento_calcamento_tatai.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1544/veiculo_para_sapucarana_emanuel_messias.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1545/lampadas_em_led_para_boas_novas_emanuel.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1546/requerimento_programas_sociais_vando.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1547/23_-_semaforo_entrada_da_cohab.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1548/25-requerimento_arruamento_santana_assinado.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1549/req_029_-_saida_da_professora_mirna_do_comando_do_residencial_jurema.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1550/req_027_-_elevatoria_para_o_bairro_santana.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1551/req_028_-_instalacao_do_placar_eletronico_no_botafogo.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1554/requerimento_solicitacao_de_atualizacao_e_instalacao_de_placas_de_identificacao_de_nomes_de_ruas_assinado.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1555/requerimento_-_rogerio_assinado.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1556/banheiros_para_comerciantes_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1557/calcamento_justino_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1558/ajuda_financeira_para_conego_alexandre_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1559/26-requerimento_terraplanagem_rural_assinado.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1560/caixa_dagua_emanuel_boas_novas.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1561/recuperacao_de_estradas_varzinha_e_poco_verde_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1563/27-requerimento_vagas_do_concurso_assinado.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1564/28-requerimento_libras_nas_escolas_assinado.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1566/requerimento_-_ampliacao_do_cemiterio_de_sitio_dos_remedios_assinado.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1568/requerimento_-_cinoterapia_e_equoterapia_assinado.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1569/29-requerimento_obras_de_adutoras_assinado.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1570/24_-_praca_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1572/req_032_-_calcamento_frente_parque_poliesportivo.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1573/req_030_-_melhorias_dom_lamartine.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1574/req_031_-_faixa_exclusiva_escolar_jose_de_goes.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1575/28042025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1576/28042025_001.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1577/volta_do_crianca_feliz_emanuel.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1578/dentista_em_todos_os_postos_de_saude_roberto.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1579/comissao_de_agricultura_e_meio_ambiente_diogo.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1580/limpeza_de_bueiros_diogo.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1581/limpeza_da_praca_imaculada_conceicao.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1582/troca_de_lonas_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1583/escolinhas_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1584/podacao_da_arvores_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1585/carro_serra_negra_roberto.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1588/req_035_-_aluguel_de_carros_pipas_em_bezerros_mediante_a_seca.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1589/req_036_-_uso_da_agua_de_manuino.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1590/req_037_-_asfalto_na_estrada_de_serra_negra.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1591/30-requerimento_bombas_de_agua_sirinhaem_assinado.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1592/25_-_semana_do_abuso_sexual_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1593/26_-_gari_para_limpeza_residencial_bezerros.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1594/27_-_centro_de_convivencia_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1595/31-requerimento_abastecimento_de_jucazinho_assinado.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1596/requerimento_poste_de_iluminacao_josefa_guilhermina_assinado.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1597/requerimento_-_aula_de_robotica_na_rede_municipal_de_ensino_assinado.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1598/32-requerimento_calendario_de_obras_de_agua_assinado.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1600/capinacao_da_barragem_do_manuino_ade.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1601/lixeiras_no_estadio_municipal._ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1602/veiculo_para_postinho_de_serra_negra_roberto.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1603/limpeza_do_brejao_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1604/perfuracao_de_pocos_na_zona_rural_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1605/instalacao_de_caixas_dagua_e_cisternas_tatai.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1606/escritas_legiveis_nas_receitas_tatai.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1609/28_-_instalacao_de_tachoes.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1610/33-requerimento_zona_rural_saudavel_assinado.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1611/34-requerimento_calendario_pipas_assinado.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1612/35-requerimento_samu_animal_assinado.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1613/requerimento_rogerio.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1614/corrimao_acougue_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1615/iluminacao_rua_santa_cruz_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1616/ventiladores_no_acougue_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1617/esgotamento_sanitario_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1618/codevasf_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1620/requerimento_mecanico_para_preservacao_dos_veiculos_da_frota_municipal_de_bezerros-pe_assinado.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1622/req_037_-_asfalto_na_estrada_de_serra_negra.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1623/req_038_-_solicita_da_compesa_boletim_de_medicao_dos_manaciais.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1624/req_039_-_demarcacao_do_marco_zero_em_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1627/predio_iprebe_diogo_lemos.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1628/coleta_de_animais_diogo_lemos.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1629/30_neoenergia_diogo_lemos.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1630/quebra_molas_residencial_bezerros_ad.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1631/req_040_-_caixas_de_agua_nos_residenciais_em_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1632/req_042_-_acessos_secundarios_para_serra_negra.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1633/req_041_-_limpeza_canal_do_salgado_28ze_antonio29.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1637/36-requerimento_clinica_oftalmologica_assinado.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1638/29_-_bicicletas_eletricas.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1639/30_-_cursos_profissionalizantes.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1641/requerientro_roberto_dinda_rua_carrvoeiro_manoel_elias_e_rua_da_palmeira.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1642/37-requerimento_reforma_postinho_gameleira_assinado.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1645/requerimento_secreataria_de_esporte_ze_antonio.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1646/requerimenro_secreataria_de_agricultura_ze_antonio.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1648/requerimenro_secreataria_de_agricultura_ze_antonio.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1649/requerimento_secreataria_de_esporte_ze_antonio.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1651/requerimento_-_feirinha_do_bairro_sao_sebastiao_assinado.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1652/requerimento_-_ampliacao_das_aulas_de_empreendedorismo_e_educacao_financeira_na_rede_municipal_de_ensino_assinado.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1653/requerimento_-_intervencao_na_av_capitao_eulino_de_mendonca_entre_outras_assinado.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1658/req_045_-_coberta_e_alambrados_no_jose_de_goes.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1659/requerimento_-_feira_livre_assinado.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1660/requerimento_-_identificacao_funcinal_para_o_efeitvo_da_gcm_e_debetrans_assinado.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1664/estrada_de_varzinha_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1665/reparo_de_iluminacao_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1666/saneamento_rua_08_ade_motos.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1667/requerimento_asfaltamento_da_rua_aquilio_bernardo_vieira2c_no_bairro_sao_jose2c_assinado.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1668/38-requerimento_casa_da_gestante_assinado.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1669/32_-_instalacao_fraldario_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1670/31_-_mapa_turistico_na_serra_negra.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1671/33_-_horta_nas_creches.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1672/39-requerimento_monde_de_junco_e_sapucarana_assinado.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1673/26052025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1674/26052025_camara_municipal_de_bezerros_002.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1682/farmacia_do_estado_em_bezerros_ade.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1683/req_048_-_locar_veiculo_para_o_cci_em_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1685/req_047_-_ampliacao_horario_banheiros_publicos_em_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1686/requerimento_-_trilhas_ecologicas_na_serra_negra_assinado.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1687/requerimento_-_centro_de_logistica_reversa_assinado.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1688/requerimento_-_programa_municipal_de_arborizacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1690/40-requerimento_hemo_nucleo_assinado.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1691/42-requerimento_vale_do_pajeu_assinado.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1692/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1693/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1694/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_002.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1695/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1696/02062025_camara_municipal_de_bezerros_casa_jose_francisco_d_oli.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1697/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1698/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1699/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_004.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1700/36_-_quadra_sitio_dos_remedios.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1701/34_-_ouvidoria_camara.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1702/34_-_whatssap_na_ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1704/req_050_-_operacao_limpeza_no_residencial_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1705/req_051_-_producao_de_bandeiras_de_bezerros_para_orgaos_municipais.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1706/req_052_-_construcao_de_quebra-molas_na_estrada_de_serra_negra.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1707/39_-_programa_municipal_anti-tabagismo.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1708/38_-_instalacoes_de_totens_nas_ubs.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1709/37_-_semana_da_educacao_financeira.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1713/41-requerimento_melhorias_da_avenida_do_ete_assinado.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1715/requerimento_28_rogerio_pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1716/reiteracao_do_requerimento_rua_padre_cicero_lindineide_tatai.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1717/campo_do_retiro_vando_da_saude.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1718/exaames_novos_no_laboratorio_vando_da_saude.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1720/sementeira_municipal_vando.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1722/requeirimento_escoamento_do_centro_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1723/multirao_de_limpeza_diogo_lemos.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1725/adicionais_noturno_e_insalubridades_guarda_municipal_emanuel.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1726/43-requerimento_trafego_seguro_br_232_assinado.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1727/req_051_-_banheiros_serra_negra.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1731/req_053_-_sinalizacao_e_redutores_de_velocidade_na_via_local_em_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1732/40_-_reforco_escolar.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1733/41_-_levantamento_das_numeracoes_dos_postes.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1734/42_-_lavanderia_publica.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1735/peixe_gratis_semana_santa_vando.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1736/requerimento_placa_av_airton_wellington_de_andrade_assinado.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1737/limpeza_do_parque_esportivo_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1738/escoamento_galdino_gedeao_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1739/lista_de_espera_mercado_barra_branca_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1740/45-requerimento_circuito_de_corridas_assinado.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1741/dedetizacao_acougue_publico_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1742/46-requerimento_reforma_cemaic_reiterando_assinado.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1743/44-requerimento_zona_de_treinamento_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1744/requerimento_-_grupo_trabalho_para_atualizacao_do_regimento_interno_assinado.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1745/requerimento_-_grupo_trabalho_para_atualizacao_da_lei_organica_do_municipio_assinado.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1747/requerimento_29_rogerio_pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1748/20062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1749/48-requerimento_isencao_artistas_assinado.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1750/47-requerimento_reiterando_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1752/20062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1753/20062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_004.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1754/20062025_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1755/req_056_-_pontos_de_onibus_nos_residenciais_campestre_e_jurema.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1761/req_057_-_reinstalacao_de_semafaro_do_atacarejo.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1762/req_059_-_monitoramento_municipal.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1763/req_058_-_revitalizacao_do_largo_da_estacao_da_cultura.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1764/req_059_-_lavantamento_tecnico_de_postes_no_santo_amaro_1.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1765/requerimento_30_lombada_eletronicarogerio_pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1766/requerimento_31_iluminacao_rogerio_pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1767/43_-_olimpiada_municipal_de_reciclagem.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1768/44_-_biblioteca_itinerante_nos_bairros.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1769/45_-_implantacao_de_cuidadores_de_idosos.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1771/requerimento_primeira_travessa_laurindo_felix_assinado.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1772/requerimento_segunda_travessa_vereador_antonio_valmir_de_lima_assinado.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1775/requerimento_-_escutas_publicas_presenciais_para_elaboracao_da_pecas_orcamentarias_assinado.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1776/capinacao_da_rua_antonio_cordeiro_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1777/limpeza_do_campo_do_parque_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1779/guarma_minucipal_nos_distritos_tatai.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1780/sala_da_mulher_no_nucleo_tatai.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1783/insalobridade_efetivos_roberto.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1786/47_-_festa_do_padroeiro_da_serra_negra.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1787/46_-_implantacao_de_sala_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1790/48_-_semana_da_distribuicao_de_fraldas.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1792/cameras_de_seguranca_nas_escolas_e_creches_.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1793/assistencia_primeira_infancia_.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1794/secretaria_da_mulher_tatai.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1795/lei_maria_da_penha_nas_escolas_tatai.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1796/47_-_festa_do_padroeiro_da_serra_negra.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1798/req_060_-_novos_sentidos_transito_-_contramao_centenaria.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1799/req_062_-_criacao_do_cimb_-_monitoramento_municipal.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1800/lei_maria_da_penha_guarda_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1802/req_061_-_criacao_de_polo_do_viver_bem_no_residencial_jurema.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1803/caminhao_figrorifico_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1804/passagem_molhada_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1807/camscanner_04-08-2025_10.51.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1808/requerimento_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1812/requerimento_vando_da_saude.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1813/req_064_-_pavimentacao_perto_de_chicota.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1814/req_065_-_fiscalizacao_residuos_solidos_novo_atacarejo_.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1816/51_-_semaforo_rosario.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1817/50_-_semana_da_empregabilidade.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1818/49_-_parque_esportivo_cais_proximo_ao_cnsd.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1819/melhoramento_sitios_e_regioes_perto_de_boas_novas_manuel.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1820/melhoramento_estradas_camaratuba_monde_do_junco_junco_mocos_onca.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1821/animais_na_pe_097_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1822/fardamento_mariquinha_borba_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1823/calcamento_da_rua_x_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1824/53-requerimento_terraplanagem_sitios_pos_chuvas_assinado.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1825/54-requerimento_avaliacao_oftalmologica_e_fono_assinado.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1827/limpeza_do_residencial_bezerros.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1828/requerimento_-_calcamento_de_ruas_assinado.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1829/requerimento_-_escuta_com_empresarios_e_comerciantes_bezerrenses_assinado.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1830/requerimento_-_parceria_com_associacao_dos_artesaos_e_artesaos_para_cursos_o_ano_inteiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1833/tatai.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1834/53_-_upa_solidaria_-_kit_higiene.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1835/54_-_camera_de_seguranca_nos_cemiterios.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1836/52_-_revitalizacao_pracinha_do_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1837/55-requerimento_posto_de_saude_ao_feirante_assinado.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1838/56-requerimento_posto_de_saude_sao_vicente_assinado.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1839/57-requerimento_audiencia_publica_esportes_assinado.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1841/req_068_-_redutores_de_velocidade_na_centenaria.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1842/req_067_-_producao_de_bandeiras_de_bezerros_para_orgaos_municipais.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1843/frota_de_taxi_com_carroceria_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1844/bezerros_vet_fim_de_semana_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1845/recuperacao_de_placas_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1846/refletores_quadra_irma_julia_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1847/programa_do_governo_cisternas_emanuel.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1848/lixeiras_sitio__moreira_tatai.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1850/audiometria_vando.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1851/estradas_dos_sitios_vando_da_saude.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1852/calcamento_rua_maria_jo_se_de_arruda_tatai.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1855/requerimento_solicita_apoio_da_prefeitura_municipal_para_melhorias_em_frente_a_escola_cemaic2c_incluindo_instalacao_de_iluminacao2c_bancos_e_estacionamento_para_bicicletas._assinado.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1856/requerimento_apoio_projeto_de_jaimisson_assinado.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1857/requerimento_solicita_incentivo_e_criacao_de_melhores_condicoes_para_a_pratica_esportiva_de_pessoas_com_deficiencia_assinado.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1858/requerimento_32_rogerio_pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1859/req_071_-_solicita_que_seja_realizada_a_melhoria_da_iluminacao_no_terminal_de_vans_e_na_comunidade_do_sitio_cambao2c_onde_o_equipamento_esta_localizado..docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1860/req_070_-_solicita_a_requalificacao_das_torres_de_iluminacao_do_estadio_municipal_tenente_luiz_gonzaga_em_bezerros_pe..docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1862/55_-_exames_bezerros_vet.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1863/56_-_requalificacao_praca_santander.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1864/mamografo_para_bezerros_ade.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1865/galeria_lilas_tatai.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1866/emendas_para_o_bezerros_vet_tatai.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1867/festa_de_15_anos_tatai.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1868/limpeza_do_cas_e_linha_do_trem_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1869/requerimento_-_app_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1870/requerimento_-_museu_municipal_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1872/coleta_de_medicamentos_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1873/58-requerimento_terminal_integrado_central_assinado.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1874/60-requerimento_calcamento_acesso_do_wacai_arretado_assinado.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1875/requerimento_-_treinamento_acs_para_combate_a_violencia_contra_mulher_assinado.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1876/61-requerimento_limpeza_esgoto_rua_franscisco_patriota_assinado.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1877/quebra_molas_vando.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1878/exame_de_esteira_ergometrico_vando.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1879/calcamento_vando_da_saude.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1881/25082025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1882/25082025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1883/25082025_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1887/20082025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1890/58_-_semana_municipal_do_artesanato.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1891/57_-_predio_da_secretaria_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1892/requerimento_projeto_de_arborizacao_na_cidade_de_bezerros_assinado.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1893/requerimento_solicita_a_prefeitura_municipal_de_bezerros_a_realizacao_de_melhorias_nas_estradas_da_zona_rural_da_comunidade_de_serra_dos_bois._assinado.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1894/requerimento_parceria_entre_prefeitura_e_corpo_de_bombeiros_assinado.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1895/req_074_-_kits_esportivos_nas_escolas_municipais.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1896/req_073_-_regionalizacao_das_licitacoes_municipais.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1897/requerimento_33_rogerio_pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1898/req_072_-_mobilia_para_o_scfv_antigo_ceeb.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1901/62-requerimento_concurso_a_guarda_civil_assinado.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1902/63-requerimento_protecao_a_vida_assinado.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1904/carro_mudanca_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1905/lixeiras_nos_sitios_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1906/calcamento_rua_araripina_ade.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1907/calcamamento_avenida_e_rua_25_cohab_ade.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1908/reforma_da_praca_do_sao_pedro_ade_motos.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1909/recursos_bezerros_vet_tatai.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1910/lixo_mororo_diogo_lemos.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1911/01092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1912/01092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1915/60_-_programa_municipal_de_inclusao_digital_para_idosos.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1916/59_-_farmacia_de_manipulacao_municipal.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1917/req_077_-_scave_em_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1918/req_076_-_melhorias_no_cemiterios.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1920/reforma_da_creche_vovo_vando.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1921/reforma_da_escola_numeriano_vando.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1922/padroes_vando.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1923/ubs_siqueira_campo_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1924/sala_do_emprendedor_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1928/jeton_servidores.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1929/iprebe_diogo_lemos.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1931/motoristas_de_app_ade_motos.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1932/62_-_revitalizacao_santa_imaculada.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1933/61_-_revitalizacao_dao_borba.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1934/numero_da_abordagem_social.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1935/aumento_da_patronal.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1936/req_520_-_revitalizacao_do_parque_recreativo_do_residencial_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1937/req_521_-_risperidona_e_outros_medicamentos_controlados.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1938/wifi_na_upa_bezerros_ade.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1941/tea_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1942/terrenos_para_empresas_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1943/15092025_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1944/15092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1946/req_081_-_homenagem_para_j_borges_assinado.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1950/requerimento_-_pintura_de_quebra-molas_na_estrada_da_serra_negra_assinado.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1951/requerimento_-_acoes_de_combate_a_proliferacao_de_pombos_na_area_urbana_assinado.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1952/requerimento_-_sinalizacao_das_vagas_de_estacionamento_especial_com_simbolo_do_autismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1954/requerimento_casa_da_infancia_assinado.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1959/relatorio_iprebe_vando.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1960/altino_ventura_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1961/limpeza_bairro_irma_julia_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1962/pe_95_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1963/calcamento_nossa_senhora_aparacida_junior.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1964/22092025_camara_municipal_de_bezerros_003.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1965/22092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1966/25082025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1967/22092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1968/22092025_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1969/22092025_camara_municipal_de_bezerros_001.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1970/req_081_-_capinacao_do_residencial_jurema.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1972/requerimento_forca_tarefa_animal_assinado.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1973/66-requerimento_recursos_para_igreja_assinado.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1974/requerimento_-_sinalizacao_das_rotatorias_do_viaduto_da_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1975/requerimento_mutirao_pra_retirar_metrlhas_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1976/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1977/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1978/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1979/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1980/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_002.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1982/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1983/64_-_interprete_de_libras_upa.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1984/63_-_sistema_eletronico_de_chamada.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1985/req_085_-_solicita_a_requalificacao_do_predio_publico_em_areias2c_onde_funcionava_o_programa_do_leite.d_assinado.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1986/req_084_-_solicita_a_pavimentacao_de_calcamento_de_trecho_da_5c2aa_travessa_da_rua_taumaturgo_sobrinho2c_n_assinado.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1988/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_004.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1991/requerimentoincentivoiptu001.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1996/06102025_camara_municipal_de_bezerros__-..pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1997/06102025_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1998/06102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1999/06102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2000/06102025_camara_municipal_de_bezerros_001.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2001/66_-_programa_de_prevencao_de_quedas_e_acidentes_domesticos_no_centro_de_convivencia_dos_idosos.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2002/65_-_nucleo_de_combate_a_violencia_domestica_na_casa_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2003/06102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_002.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2004/06102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2006/requerimento_terraplanagem_sitios_assinado.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2007/requerimento_plano_de_acao_gameleira_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2008/requerimento_plano_de_acao_santana_assinado.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2009/req_087_-_aquisicao_da_escola_da_irma_julia_28casnsd29.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2010/req_088_-_pavimentacao_ruas_do_retiro_.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2011/req_089_-_ligacao_energia_bairro_santana.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2012/camscanner_06-10-2025_10.59.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2015/req_090_-_pavimentacao_do_entorno_da_igreja_da_mae_rainha.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2016/req_091_-_redutores_de_velocidade_proximo_ao_cci.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2017/10102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2018/10102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2019/requerimento_calendario_de_pagamento_dos_aposentados_assinado.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2020/requerimento_terapia_ocupacional_nas_escolas_assinado.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2023/13102025_camara_municipal_de_bezerros___casa_jose_francisco_de_o.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2024/13102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2025/13102025_camara_municipal_de_bezerros_g_casa_jose_francisco_de_o.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2026/04082025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2030/requerimentos_nathan_projeto_de_lei_incentivo_fiscal_assinado.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2031/20102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2032/20102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2033/20102025_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2035/20102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2036/20102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_002.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2037/20102025_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2038/67_-_apoio_psicologico_para_profissionais_da_saude.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2039/requerimento_protecao_aos_aposentados_assinado.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2040/requerimento_reforco_concurso_publico_assinado.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2041/20102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_004.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2044/ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2045/68_-_banco_municipal_de_racoes_e_utensilios.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2046/req_093_-_reinicio_das_obras_da_creche_do_parque_no_santo_amaro.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2049/vando_da_saude_2.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2050/vando_da_saude_1.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2051/vando_da_saude_3.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2052/ze_da_radio_1.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2053/ze_da_radio_2.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2054/ze_da_radio_3.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2061/req_097_-_calendario_esportivo_anual_de_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2062/req_096_-_inclusao_de_e-sports_nos_jogos_escolares_de_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2064/requerimento_034_rogerio_assinado.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2068/ze_da_radio_entulhos.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2069/ze_da_radio_bombeiros_civis.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2070/ze_antonio_da_radio__narciso_lima.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2073/vando_pracas.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2074/vando_calcamento.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2076/requerimento_acoes_contra_o_racismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2079/req_100_-_limpeza_e_capinacao_rua_25_bairro_ns_aparecida.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2080/req_102_-_reforco_na_iluminacao_proximo_a_panificadora_esperanca.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2081/req_101_-_quebra_molas_e_faixa_de_pedestres_proximo_ao_bonanza.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2082/vando_requerimento.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2083/70_-_licitacao_priorizada.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2086/requerimento_ze_da_radio_1.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2087/requerimento_ze_da_radio_2.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2088/requerimento_ze_da_radio_3.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2089/requerimento_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2090/requerimento_roberto_1.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2091/requerimento_roberto_2.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2092/requerimento_tatai.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2093/requerimento_diogo.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2095/requerimento_fia_calcamento_da_rua_da_rua_da_bolsa_.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2096/requerimento_tatai__instalacao_de_postes_sitio_moreira_.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2097/requerimento_tatai_patrolamento_da_estrada_sitio_moreira.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2098/requerimento_roberto_dinda_construcao_de_uma_escola_b._asa_branc.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2099/requerimento_roberto_dinda_regularizacao_fundiaria_b._asa_branca.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2100/requerimento_roberto_dinda_implantacao_de_novo_residencial_habit.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2103/req_104_-_calcamento_da_rua_do_irmao_escapamento.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2104/requerimento_der__ade_motos.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2107/reuqerimento_ze_amaro_melhoria_acougue_publico.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2108/71_-protese_mamaria.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2109/requerimento_aquisicao_de_uma_impressora__adagro_.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2110/requerimento_vando_rua_amara_ferreira_.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2111/requerimento__vando_calcamento__genival_posidonio_.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2112/requerimento__vando_calcamento_rua_josefa_maria_.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2113/requerimento_ze_da_radio_realizacao_multirao_rg_e_registro_.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2114/requerimento__ze_da_radio_instalacao_caixa_d_agua_mercado_b_bran.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2115/requerimento_ze_da_radio_construcao_de_banheiros_praca_sao_sebas.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2118/requerimento_tatai_instalacao_semaforo_rua_pricesa_izabel.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2119/requerimento_tatai_realizacao_de_multirao_de_limpeza_sitio_riach.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2120/requerimento_fia_reforma_da_creche_adebal_jurema_.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2122/requerimento_roberto_dinda_calcamento_sitio_inga.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2123/requerimento_roberto_dinda_instalcao_de_uma_lombada__serra_negra.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2124/requerimento_roberto_dinda_construcao_de_uma_escola_resi._bezerr.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2125/requrimento_ze_amaro_dep._tulio_gadelha_.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2126/requerimento_-_apresentacao_do_plano_de_estruturacao_da_feira_aos_feirantes_assinado.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2128/requerimento_ze_da_rario_audiencia_publica_neoenergia_.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2129/requerimento_ze_da_radio__para_a_compesa_.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2130/73_-_esgoto_frei_caneca.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2135/reqierimento__vando_saneamento_na_rua_maria_do_carmo_santos.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2136/requerimento_vando_calcamento_rua_severino_bezerra_da_silva.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2137/requerimento_vando_calcamento_rua_edilson_gomes_da_silva_.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2138/req_107_-_rotatoria_posto_texaco.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2139/req_106_-_instalacao_e_manutencao_de_canaletas_na_feira_livre.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2140/req_108_-_espaco_para_esposicao_de_dede_ferrugem.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2144/req_111_-_mutirao_de_rg_no_cci.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2145/req_110_-_edicao_do_27jardim_digital27_em_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2147/requeriemento_dinda_reajuste_salarial_motoristas_municipais_.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2148/requerimento_tatai_poldagem_de_arvores_r_jose_monteiro.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2149/requerimento_tatai_mutiram_limpeza_rio_ipojuca_.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2150/requerimento_ze_antonio_instalacao_caixa_d_agua_riacho_verde_.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2151/requerimento_ze_antonio_instacao_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2155/74_-_kit_higiene_moradores_de_rua.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2157/requerimento_ze_amaro__instalacao_redutor_de_velocidade__saturni.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2165/requerimento_vando_calcamento_rua_monoel_rodrigues_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2166/requerimento_vando_saneamento_basico_ruaa_severino_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2167/requerimento_vando_calcamento_rua_maria_do_socorro_rodrigues_.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2168/req_113_-_manutencao_poste_br_232_-_neoenergia.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2169/req_114_-_troca_ou_manutencao_dos_bancos_do_botafogo.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2170/req_115_-_calcamento_ao_lado_do_campo_do_botafogo.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2171/requeriento__ze_amaro__disponibilidade_ambulancia_feira_livre.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2172/75_-_programacao_de_natal_nas_comunidades.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2173/76_-_acessibilidade_natalina.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2174/requeirmento_fia_instalacao_caixa_de_agua_asembreia_de_deus__caj.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2175/requerimento_ze_da_radio_abertura_de_inscricoes_para_proj._cutur.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2176/requerimento_ze_da_radio_apoio_psicologico_secreataria_de_educac.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2177/requerimento__ze_da_radio_sinalizacao_sitios_dos_remedios_.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2179/req_115_-_manutencao_de_iluminacao_na_area_de_lazer_do_residencial_jurema.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1258/mocao_de_aplausos_policia.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1396/mocao_de_aplausos_concurso_de_matematica_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1400/mocao_de_aplausos_jovens_da_matematica_-_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1434/13032025_004.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1435/13032025_003.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1494/mocao_netinho_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1537/mocao_de_aplausos_assinado.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1567/mocao_de_aplauso_cancao_nova_assinado.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1607/01_-_pipeiros.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1619/mocao_amarildo_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1621/mocao_aplausos_zoovo_assinado.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1643/mocao_de_aplauso_wagne_rodigro_de_lima_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1644/mocao_de_aplausos__assinado.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1647/mocao_de_aplauso_radio_104_ze_antonio.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1650/mocao_de_aplauso_radio_104_ze_antonio.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1656/mocao_001_-_merinha_parteira.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1657/mocao_002_-_louro_enfermeiro.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1663/mocao_de_aplausos_mulheres_vem_cantar_forro_assinado.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1675/26052025_camara_municipal_de_bezerros_001.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1684/mocao_003_-_aplausos_-_zeze_e_zezita.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1689/mocao_de_aplausos_3_-_empresarios_assinado.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1712/mocao_de_aplausos_faculdade_vale_do_pajeu_assinado.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1721/mocao_de_aplausos_ze_dvaldo_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1724/mocao_de_aplausos_vale_do_pajeu_assinado.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1729/map001_-_tonho_da_quadrilha.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1730/ma004_-_andresson_rei_do_cangaco.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1751/mocao_de_aplausos_4_-_fazedores_de_cultura_assinado.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1778/mocao_de_aplausos_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1781/mocao_de_cicero.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1782/mocao_de_rose_.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1788/mocao_de_aplausos_bombeiros_assinado.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1797/mocao_de_aplausos_-_servidores.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1801/mocao_dia_do_padre_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1811/mocao_de_aplausos_papa-leguas_diogo.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1815/ma005_-_mocao_de_aplausos_para_adauto_alves_de_oliveira_28adauto_da_venda.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1826/dia_do_advogado_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1849/mocao_daniel_lopes_vando.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1840/map002_-_horacio_cantinho_estudante.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1861/ma006_-_mocao_de_aplausos_para_isaac_cirilo_de_lima_28zacarias_ferreiro29_.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1871/mocao_de_aplausos_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1903/mocao_de_aplausos_8_-_servidores_da_guarda_e_agentes_de_transito_assinado.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1919/ma007_-_mocao_de_aplausos_para_banda_marcial_do_scfv_para_pessoa_com_deficiencia.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1925/mocao_cabf_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1926/mocao_de_aplausos_bandas_marciais.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1927/mocao_a_voz_do_povo.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1940/mocao_de_lunas.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1953/mocao_de_aplausos_12_-_fundador_da_feirinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1955/mocao_de_aplausos_13_-_projeto_do_ete_assinado.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1957/map003_-_gordo.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1958/ma008_-_senhor_eloi.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1981/mocao_de_aplausos_14_-_coopasa_sapucarana_assinado.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1987/map004_-_alzira_alcantara_lima.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1990/mocaoaplausoseremb002.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2005/mocao_de_aplausos_-_comunidade_ressureicao_eduardo_lima.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2014/ma009_-_zezinho_expressinho.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2022/13102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2028/mocao_de_aplausos_rogerio_assinado.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2034/mocao_de_aplausos_15_-_semana_tecnologia_ete_assinado.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2047/ma010_-_dede_ferrugem.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2048/map005_-_gilvan_do_bahia.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2055/mocao_de_aplausos_16_-_marcone_borba_assinado.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2056/mocao_de_aplausos_17_-_mocao_bem_estar_e_lamour_assinado.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2057/mocao_de_aplausos_18_-_tulio_gadelha_assinado.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2072/mocao_de_aplausos_19_-_ao_conselho_tutelar_assinado.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2075/mocao_de_aplausos_20_-_as_associacoes2c_projetos_e_pontos_assinado.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2105/mocao_de_aplauso_adrezinho_de_povo_ade_moto.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2127/mocao_de_aplauso_ze_da_radio_coral_sao_jose_.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2146/ma011_-_ballet_corpo.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1384/mocao_de_pesar_-_kelvin_assinado.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1392/mocao_de_pesar_003_assinado.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1409/mocao_de_pesar_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1502/mocao_de_pesar_sargento_fabiano_assinado.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1503/mocao_de_pesar_025.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1533/mocao_de_pesar_josefa_mota_assinado.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1553/mocao_de_pesar_gabriel_santos_assinado.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1625/mocao_de_pesar_assinado.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1635/mocao_de_pesar_09_assinado.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1661/mocao_de_pesar_gerson._rinaldo_luiz.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1662/mocao_de_pesar_10_assinado.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1679/mocao_de_pesar_junior.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1773/mocao_de_pesar_joao_claudio_assinado.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1774/mocao_de_pesar_sidronio_assinado.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1805/mocao_de_pesar_carioca_do_taxi_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1806/mocao_de_pesar_ze_de_tota_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1884/22082025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1945/15092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2027/13102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2065/mocao_de_pesar_014_assinado.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2066/emanuel_boaas_novas_mocao_pesar.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2071/ze_da_radio_mocao_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2077/mocao_de_pesas.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2084/mocao_ze_da_radio_2.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2085/mocao_ze_da_radio_1.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2106/mocao_de_pesar__ade_motos__kidinho.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2154/01_-_zezinho_claudino.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2156/mocao_de_pesar_ze_antonio_e_rinaldo__jose_clemildo.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2178/mocao_de_pesar_16_assinado.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1571/pdi_001_-_arpe_compesa.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2063/pdi_002_-_sinalizacao_via_local_lenta_semobi.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1273/ata_eletronica_da_1_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1309/ata_eletronica_da_2_reuniao_ordinaria_da_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1346/ata_eletronica_da_3_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1393/ata_eletronica_da_4_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1422/ata_eletronica_da_5_reuniao_ordinaria_da_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1443/ata_eletronica_da_6_reuniao_ordinaria_da_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1474/ata_eletronica_da_7_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1504/ata_eletronica_da_8_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1535/ata_eletronica_da_8_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1562/ata_eletronica_da_10_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1587/ata_eletronica_da_12_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1608/ata_eletronica_da_13_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1626/ata_eletronica_da_14_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1655/ata_eletronica_da_15_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1678/ata_eletronica_da_16_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1703/ata_eletronica_da_17_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1728/ata_eletronica_da_18_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1746/ata_eletronica_da_19_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1284/ata_eletronica_da_1__reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1285/ata_eletronica_da_2__reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura_-_copia.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1399/ata_eletronica_da_3__reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1456/ata_eletronica_da_4__reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1475/ata_eletronica_da_5__reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1526/ata_eletronica_da_6_reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1527/ata_eletronica_da_7_reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1540/ata_eletronica_da_8_reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1714/ata_eletronica_da_9_reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1320/proposta_de_emenda_supressiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1321/proposta_de_emenda_modificativaaa_assinado.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1344/modificativa_02_assinado.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1421/emenda_modificativa_ao_projeto_de_lei_complementar_n9_032025.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1676/emenda_modificativa_ao_projeto_de_lei_do_poder_executivo_n_09_2025.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1677/ref._projeto_de_le_legislativo_n_026_de_17_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1889/emendamodpl013.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1899/emenda_supressiva_funprev_assinado.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1900/emenda_modificativa_funprev_assinado.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2158/emenda_supressiva_plc_10_2025_beneficios_iprebe_29_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2159/emenda_modificativa_plc_09_2025_custeio_iprebe_29_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2160/emenda_modificativa_plc_10_2025_beneficios_iprebe_29_assinado_assinado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1270/projeto_de_lei__n.01_de_31_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_lei_no03_de_24_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1453/projeto_de_lei_n_04_de_20_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1455/projeto_de_lei_no_4_2025-_piso_salarial_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1473/pl_ifpe.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1476/pl_06_de_24_de_marco_de_2025_cmb.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1552/projeto_de_lei_n_07_de_04_04_2025_dispoe_sobre_as_consignacoes_em_pagamento_dos_servidores_ativos_aposentados_e_pensionistas_da_adm_direta_e_indireta.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1565/projeto_de_lei_n_09_2025_refs_2025_com_justificativa.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1634/projeto_de_lei_n_8_2025_programa_vai_longe_bolsa_de_transporte_universitario.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1654/projeto_de_lei_n_10_2025_indenizacao_para_aquisicao_de_fardamento_iaf_para_o_efetivo_da_guarda_civil_m.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1758/pl_n_11_de_15_de_julho_de_2025_completo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1789/ldo_bezerros.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1832/projeto_de_lei_no_13_14_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1948/oficio_n_206.2025.gp_projeto_de_lei_n_14_de_09_de_setembro_de_2025_.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1949/oficio_n_207.2025.gp_projeto_de_lei_n_15_de_09_de_setembro_de_2025_.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1993/projeto_de_lei_n_16_de_30_de_setembro_de_2025_.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1995/loa.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1994/ppa.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1263/rua_do_carteiro.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1271/nomeclatura_dos_espacos_do_estadio_municipal.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1272/pl_licitacoes_e_contratos_adm.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1287/projeto_de_lei_monitoress_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1288/projeto_de_lei_feriado_de_sao_sebastiao_assinado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1315/projeto_de_lei_monitores_co_assinado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1350/pl_anticrime_assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1351/pl_proibicao_de_fogos_com_estampido_assinado.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1352/projeto_de_lei_denominar_rua_joao_eufrasio_da_silva_-_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1362/projeto_de_lei_-_denominar_rua_joao_eufrasio_da_silva_-_nathan_de_demir_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1375/projeto_de_lei_ze_antonio.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1380/projeto_de_lei_kelvin_william_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1381/projeto_de_lei_-_sala_de_parto_ivonete_parteira_-_nathan_de_demir_assinado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1430/rua_tenente_emanuel_boas_novas.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1431/projeto_de_lei_multa_em_caso_de_maus_tratos_a_animais_assinado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1432/projeto_de_lei_valorizar_o_forro_e_suas_vertentes_no_sao_joao_assinado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1446/projeto_de_lei_dia_do_papangu_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1490/projeto_de_lei_causa_animal_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1491/projeto_de_lei_sao_joao_7025_forro_assinado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1492/projeto_de_lei_restricoes_para_a_nomeacao_de_pessoas_condenadas_por_crimes_incompativeis_com_o_exercicio_de_cargos_publicos_e_define_criterios_para_a_avaliacao_de_tais_incompatibilidades._assinado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1505/projeto_de_lei_relatorios_trimestrais_sobre_obras_publicas_no_municipio_assinado.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1506/projeto_de_lei_banco_municipal_-_nathan_de_demir_assinado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1507/projeto_de_lei_concessao_da_honraria_municipal_28medalha_jose_joao_da_silva29_assinado.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1514/projeto_de_lei_dia_municipal_de_jota_borges_20_de_dezembro_assinado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1599/pldiadabiblia.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1636/projeto_de_lei_pulseira_neurodivergente_assinado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1680/pl_viaduto_lucas_cardozo_junior.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1681/pl_viaduto_j_borges_junior.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1711/projeto_de_lei_regulacao_da_abordagem_social_assinado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1719/pl_nome_de_rua_vando.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1853/rua_manoel_alves_de_melo_ade.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1939/pl_dia_da_cavalgada_ade.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1956/pl_nome_da_feirinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1989/01_-_cameras_de_seguranca_em_veiculos_de_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2021/projeto_de_lei_dia_da_imprensa_35.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2042/20102025_camara_municipal_de_bezerros_001.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2101/pl_001_-_premio_irma_julia.docx_28129_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2121/projeto_de_semana_de_combate_ao_aborto_assinado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2152/projeto_de_lei_ze_antonio__rotary_club.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2153/projeto_de_lei__ze_antonio_loja_maconica__.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2161/projeto_de_lei_41.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2162/pl_tribuna_popular_pdf_ok.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2164/projeto_de_lei_vando_rua_alexandrino_da_silva_.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1264/salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1268/projeto_de_lei_complementar_n.01_de_31_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1269/projeto_de_lei_complementar_n.02_de_31_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1281/projeto_de_lei_complementar_n_01_de_31_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1282/pl_complementar_sobre_cargos.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1520/projeto_de_lei_reestrutura_unificado.t.__com_plenilhas_e_anexos_.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1525/projeto_de_lei_complementar_cargos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2131/projeto_de_lei_complementar_no_03_de_24_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2132/projeto_de_lei_complementar_no_04_de_24_de_novembro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2133/projeto_de_lei_complementar_no_05_de_24_de_novembro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1401/001_diogo_cidadao_assinado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1470/002_diogo_cidadao_assinado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1519/titulo_de_cidadao_ze_antonio.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1523/titulo_danusia_assinado.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1536/ementa_de_titulo_de_cidadao_bezerrense_assinado.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1586/004_18_de_maio_assinado.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1757/cidadao_bezerrense_-_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1770/titulo_de_cidadao_diogo_lemos.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1784/titulo_de_cidadao_samuel_domingos_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1791/007_diogo_assinado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1880/20082025_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1885/mocao_de_aplausos_diogo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1886/titulo_diogo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1913/01092025_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2058/projeto_de_decreto_legislativo_-_titulo_de_cidadao_bezerrense_pra_pastor_pedro_assinado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2059/projeto_de_decreto_legislativo_-_titulo_de_cidadao_bezerrense_wagner_lima_assinado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2067/emanuel_de_boas_novas_titulo_de_cidadao.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2102/pdl_002_-_cidadao_bezerrense_-_silvio_venceslau.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2116/requerimento_ze_da_radio__projeto_de_decreto_legislativo_.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2134/projeto_decreto_legislativo_roberto__cidadao_bezerrense_expedito.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2141/pdl_003_-_cidadao_bezerrense_-_ricardo_amorim.docx_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1308/projeto_de_emenda_lei_organica__sao_sebastiao_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1710/emenda_lei_organica_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1261/indicacao_capacitacao_municipal_assinado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1305/indicacao_psiquiatria_ofc_assinado.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_quadro_do_centro_de_reabilitacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_forca-tarefa_intersetorial_para_regularizacao_e_unificacao_dos_nomes_de_ruas_no_municipio_de_bezerros_assinado.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1810/indicacao_programa_do_leite_sao_pedro_assinado.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1235/requerimento_creche_sao_pedro_assinado.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1236/requerimento_asfalto_rua_da_pedra_assinado.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1237/requerimento_josefa_guilhermina_assinado.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1238/requerimento_reforma_quadra_serra_negra.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1239/requerimento_do_canal_da_gamileira.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1240/requerimento_abastecimento_bairro_santana.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1241/requerimento_-_atualizacao_da_lei_municipal_nba_1002_2012_-_auxilio_universitario_assinado.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1242/requerimento_-_centro_de_atendimento_especializado_e_reabilitacao_no_sassep_assinado.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1243/requerimento_-_programa_de_regularizacao_fundiaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1244/02_-giradouro.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1245/01_-_calcamento_prox._bar_da_ponte.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1246/03-calcamento_-_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1247/construcao_de_uma_creche_santo_amaro_2.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1248/requerimento__construcao_de_uma_praca_publica_nos_bairro_santo_amaro_ii.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1249/requerimento_pavimentacao_dos_bairros_santo_amaro_1_e_2.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1250/requerimento_reforma_praca_do_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1251/requerimento_instalacao_de_um_acougue.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1252/requerimento_compra_de_uma_caminhao_frigorifico.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1253/req_003_-_implantacao_zona_azul_assinado.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1254/req_002_-_calcamento_queimada_dantas_assinado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1255/req_001_-_asfalto_rua_estrela_assinado.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1256/reuqerimento_emanuel.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1257/requerimento_ze_rampa.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1259/requerimento_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1260/requerimento_concurso_publicooo_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1262/requerimento_aracao_de_terra_emanuel.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1265/vando_calcamento.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1266/onibus_cci.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1267/terrenos_bacarmateiros.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1274/requerimento_cemaic.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1275/requerimento_nathan_jiu_jitsu_assinado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1276/requerimento_nathan_festival_do_bolos_e_doces_assinado.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1277/requerimento_wi-fi_roberto.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1278/requerimento_calcamento_loteamento_santana.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1279/requerimento_leite_para_todos_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1280/requerimento_bezerros_vet_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1283/requerimento_serra_negra_ofc_ass.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1286/requerimento_batalhao_policia_emanuel.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1289/requerimento_ponte_guaribas_emanuel.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1290/requerimento_ponto_celpe_emanuel.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1291/requerimento_asfalto_rua_padre_joaquim_alfeedo.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1292/req_004_-_calcadao_em_frente_ao_mercado_cultural_de_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1293/req_005_-_semaforos_na_cidade.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1294/req_006_-_contramao_rua_das_rosas.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1295/requerimento_implantacao_quebra_mola_santo_amaro_2.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1296/requerimento_imovel_para_apoio_as_pessoas_do_tfd.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1297/05_-_arte_em_toda_parte.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1298/04_-_calcamento_castelinho_santana.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1299/quadra_poliesportiva_vando.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1300/cci_e_reforma_do_centro_de_convivencia_vando.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1301/aracao_de_terra_vando.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1302/requerimento_-_contratacao_de_interprete_de_libras_assinado.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1303/requerimento_-_piso_e_atualizacao_do_pcc_dos_professores_assinado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1304/06_-_pediatra_upa.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1306/requerimento_090_rogerio_assinado.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1307/requerimento_091_rogerio_assinado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1310/pavimentacao_ruas_sao_vicente_ade.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1311/pavimentacao_rua_paulo_alves_ade.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1312/requerimento_via_para_praticas_esportivas_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1313/req_007_-_motolancias.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1314/req_008_-_solicita_operacao_tapa_buracos.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1316/requerimento_rua_31_de_marco_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1317/requerimento_agricultores_assinado.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1318/07-_obstetra_maternidade.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1319/requerimento_tatai_saneamento_e_calcamento_sitio_varzinha.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1322/requerimento_pracas_alto_retiro_vando.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1323/requerimento_calcamento_vando.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1324/requerimento_asfalto_vando.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1325/requerimento_limpeza_do_rio_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1326/requerimento_sirinhaem_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1327/requerimento_quadra_cohab_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1328/requerimento_calcamento_laurindo_felix_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1329/requerimento_banheiros_serra_negra_roberto.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1330/requerimento_posto_de_saude_roberto.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1331/7_-_requerimento_estudo_para_o_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1332/requerimento_muro_arrime_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1333/requerimento_recordando_sao_joao_unior.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1334/08_-_onibus_santo_amaro_ii.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1335/pdf_scanner_170225_10.12.15.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1336/requerimento_adicional_periculosidade_emanuel.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1337/asfalto_emanuel.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1338/8_-_requerimento_pavimentacao_sao_vicente_assinado.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1339/cras_roberto.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1340/passagem_molhada_diogo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1341/apreensao_de_animais_diogo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1342/7_-_requerimento_estudo_para_o_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1343/9_-_requerimento_terraplanagem_sitios_assinado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1345/8_-_requerimento_plano_de_pavimentacao_02_assinado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1347/requerimento_-_reativacao_do_parque_infantil_na_praca_sao_sebastiao_assinado.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1348/requerimento_-_asfalto_no_sao_sebastiao_assinado.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1349/10_-_requerimento_construcao_do_campo_assinado.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1353/requerimento_calcamento_rua_jordao_joaquim_dos_santos-nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1354/requerimento_fisioterapia_obstetrica_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1355/requerimento_investimento_em_videomonitoramento_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1356/tatai_requerimento_abastcimento_agua_joao_paulo_ii.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1357/requerimento_calcamento_rua_dr._erotides_xavier_tatai.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1358/requerimento_instalacao_de_um_ubs_joao_paulo_ii.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1359/requerimento_videomonitoramento_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1360/requerimento_fisioterapia_obstetrica_nathan_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1361/requerimento_rua_jordao_joaquim_dos_santos_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1363/09_-_calcamento_rua_da_creche_gameleira.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1364/requerimento_-_bolsa_atleta_municipal_assinado.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1365/req_009_-_melhorias_na_rua_larga.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1366/req_011_-_reforma_da_praca_centenaria.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1367/req_010_-_desmontagem_de_palcos_e_estruturas_de_eventos.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1368/10_-_calcamento_lot._santana.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1369/reuqerimento_sao_rafael_junior.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1370/requerimento_creche_sao_rafael_junior.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1371/requerimento_der-pe_junior.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1372/requerimento_frei_damiao_roberto.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1373/requerimento_asfalto_roberto.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1374/requerimento_reuqalificacao_da_praca_santo_antonio_roberto.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1376/requerimento_neurologia_ze.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1377/requerimento_doadores_de_sangue__ze.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1378/requerimento_creche_emanuel.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1379/requerimento_adicional_periculosidade_emanuel.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1382/requerimento_reforma_assinado.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1383/requerimento_iluminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1385/calcamentos_sapucarana_emanuel.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1386/atividades_fisicas_vando.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1387/iluminacao_publica_sitios_vando.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1388/canal_do_retido_vando.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1390/11_-_requerimento_caminhao_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1394/requerimento_estacionamento_para_bicicletas_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1395/requerimento_estacionamento_para_bicicletas_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1397/creche_no_residencial_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1398/req_012_-_numero_atendimento_para_setores.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1402/requerimento_-_patrimonio_vivo_de_bezerros_assinado.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1403/requerimento_-_campeonato_bezerrense_de_futsal_feminino_e_de_outras_modalidades_assinado.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1404/requerimento_-_inclusao_de_um_polo_junino_no_centro_da_cidade_assinado.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1405/req_014_-_faixa_elevada_casnsd_.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1406/req_013_-_dia_mensal_da_boa_idade.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1407/requerimento_manilhas_sitios_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1408/requerimento_lombadas_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1410/12_-_parada_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1411/13_-_absorventes_nas_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1412/requerimento_esgotamento_sanitario_guaribas_emanuel.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1413/requerimento_luminarias_tatai.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1414/carro_fumace_vando.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1415/requerimento_placas_vando.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1416/requerimento_obmep_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1417/campo_de_futebol_sao_rafael_junior.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1418/_requerimento_monitores_escolares_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1419/13-requerimento_william_kelvin_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1420/14-requerimento_ecoponto_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1423/requerimento_digitalizacao_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1424/requerimento_atracoes_musicais_locais_em_espacos_publicos_nos_finais_de_semana_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1425/req_016_-_solicita_coleta_externa_ao_hemope.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1426/req_015_-_sao_joao_nos_bairros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1427/req_017_-_criacao_de_skate_park.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1428/requerimento_viabilize_a_criacao_de_cursinhos_populares_para_o_enem_e_concursos_publicos_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1429/campo_boas_novas_emauel.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1433/13032025_002.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1436/requerimento_primeiro_emprego_jovem_assinado.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1437/14_-_lixeiros_tematicos.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1438/15_-_confeccao_de_faccao.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1439/esgotamento_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1440/tele_da_quadra_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1441/reforma_acougue_ze_antonio.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1442/17032025_004.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1444/16-requerimento_compesa_assinado.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1445/17-requerimento_endometriose_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1447/requerimento_teatro_paixao_de_cristo_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1448/requerimento_revitalizacao_da_ponte_de_ferro_e_transformacao_em_cartao_postal_de_bezerros_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1449/requerimento_aulas_de_musica_e_instrumentos_musicais_para_a_comunidade_de_bezerros_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1450/req_018_-_bocas_de_lobo_no_centro.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1451/req_019_-_forca_tarefa_iluminacao_residencial_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1452/req_020_-_apoio_juridico_para_organizacoes_sociais.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1454/req_020_-_campanha_de_midia_para_ir_2025.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1457/requerimento_-_intervencao_e_mudanca_no_transito_na_rua_santa_cruz_assinado.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1458/16_-_pintura_e_reparo_igreja_serra.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1459/17_-_centro_oftalmologia.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1460/18-requerimento_praca_sensorial_assinado.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1461/requerimento_monitoramento_av_lucas_cardoso_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1462/redutor_de_velocidade_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1463/pinturas_e_colocaca_de_placas_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1464/calcamento_ladeiras_lagoa_nova_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1465/recuperacao_de_estradas_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1466/matadouro_suinos_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1467/24032025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1468/24032025_001.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1469/ubs_zona_rural_ade.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1471/requerimento_085_diogo_assinado.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1472/requerimento_084_diogo_assinado.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1477/carro_odontologico_dinda.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1478/req_022_-_instalacao_de_energia_solar_nos_predios_publicos.docx_assinado_assinado_-_parceria_com_eduardo.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1479/req_021_-_apoio_juridico_para_organizacoes_sociais.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1480/req_023_-_melhorias_no_janelas_para_o_rio.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1481/requerimento_estradas_boqueirao_tatai.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1482/requerimento_instalacao_de_postes_de_iluminacao_na_rua_jose_eufrasio_da_silva_assinado.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1483/requerimento_solicitacao_de_implantacao_de_um_castramovel_em_bezerros_assinado.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1484/requerimento_-_centro_de_formacao_esportiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1485/requerimento_-_programa_municipal_de_descarte_de_medicamentos_vencidos_assinado.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1486/requerimento_instalacao_de_postes_de_iluminacao_na_rua_severino_valdevino2c_localizada_no_bairro_sao_jose_assinado.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1487/19-requerimento_conta_de_agua_assinado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1488/21-requerimento_parto_na_banheira_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1489/20-requerimento_casa_terapeutica_assinado.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1493/ampliacao_do_cemiterio_emanuel.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1495/implamtacao_de_tartarugas_de_transito_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1496/calcamento_ruas_de_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1497/troca_de_lampadas_varzinha_e_poco_verde_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1498/salarios_professores_contratados_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1499/18_-_placas_de_sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1500/calcamento_da_rua_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1501/19_-_fisioterapeuta_domiciliar.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1508/requerimento_lombada_eletronica_na_subida_da_serra_negra_assinado.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1509/requerimento_criacao_de_busto_ou_estatua_em_homenagem_a_jota_borges_assinado.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1510/requerimento_programa_municipal_de_desburocratizacao_para_abertura_de_empresas_assinado.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1511/req_026_-_quebra_molas_gigantes.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1512/req_025_-_forca_tarefa_de_iluminacao_no_residencial_jurema_.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1513/req_024_-_execucao_de_obras_dos_porticos_da_cidade.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1515/20_-_praca_cemac.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1516/21_-_espaco_pet.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1517/crachas_de_funcionarios_pmb_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1518/regulamentacao_de_escolinhas_e_projetos_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1521/22-requerimento_mapa_de_risco_serra_negra_assinado.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1522/23-requerimento_centro_de_hemodialise_assinado.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1524/22_-_predio_sitio_dos_remedios.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1528/requerimento_estradas_roberto.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1529/diogo_lemos_1.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1530/diogo_lemos_2.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1531/diogo_lemos_3.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1532/requerimento_vando_2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1534/24-requerimento_centro_de_oncologia_assinado.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1538/requerimento_rua_112c_localizada_no_bairro_nossa_senhora_aparecida_assinado.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1541/posto_de_saude_satelite_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1542/limpeza_do_canal_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1543/requerimento_calcamento_tatai.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1544/veiculo_para_sapucarana_emanuel_messias.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1545/lampadas_em_led_para_boas_novas_emanuel.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1546/requerimento_programas_sociais_vando.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1547/23_-_semaforo_entrada_da_cohab.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1548/25-requerimento_arruamento_santana_assinado.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1549/req_029_-_saida_da_professora_mirna_do_comando_do_residencial_jurema.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1550/req_027_-_elevatoria_para_o_bairro_santana.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1551/req_028_-_instalacao_do_placar_eletronico_no_botafogo.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1554/requerimento_solicitacao_de_atualizacao_e_instalacao_de_placas_de_identificacao_de_nomes_de_ruas_assinado.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1555/requerimento_-_rogerio_assinado.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1556/banheiros_para_comerciantes_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1557/calcamento_justino_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1558/ajuda_financeira_para_conego_alexandre_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1559/26-requerimento_terraplanagem_rural_assinado.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1560/caixa_dagua_emanuel_boas_novas.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1561/recuperacao_de_estradas_varzinha_e_poco_verde_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1563/27-requerimento_vagas_do_concurso_assinado.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1564/28-requerimento_libras_nas_escolas_assinado.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1566/requerimento_-_ampliacao_do_cemiterio_de_sitio_dos_remedios_assinado.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1568/requerimento_-_cinoterapia_e_equoterapia_assinado.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1569/29-requerimento_obras_de_adutoras_assinado.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1570/24_-_praca_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1572/req_032_-_calcamento_frente_parque_poliesportivo.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1573/req_030_-_melhorias_dom_lamartine.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1574/req_031_-_faixa_exclusiva_escolar_jose_de_goes.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1575/28042025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1576/28042025_001.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1577/volta_do_crianca_feliz_emanuel.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1578/dentista_em_todos_os_postos_de_saude_roberto.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1579/comissao_de_agricultura_e_meio_ambiente_diogo.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1580/limpeza_de_bueiros_diogo.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1581/limpeza_da_praca_imaculada_conceicao.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1582/troca_de_lonas_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1583/escolinhas_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1584/podacao_da_arvores_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1585/carro_serra_negra_roberto.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1588/req_035_-_aluguel_de_carros_pipas_em_bezerros_mediante_a_seca.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1589/req_036_-_uso_da_agua_de_manuino.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1590/req_037_-_asfalto_na_estrada_de_serra_negra.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1591/30-requerimento_bombas_de_agua_sirinhaem_assinado.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1592/25_-_semana_do_abuso_sexual_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1593/26_-_gari_para_limpeza_residencial_bezerros.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1594/27_-_centro_de_convivencia_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1595/31-requerimento_abastecimento_de_jucazinho_assinado.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1596/requerimento_poste_de_iluminacao_josefa_guilhermina_assinado.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1597/requerimento_-_aula_de_robotica_na_rede_municipal_de_ensino_assinado.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1598/32-requerimento_calendario_de_obras_de_agua_assinado.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1600/capinacao_da_barragem_do_manuino_ade.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1601/lixeiras_no_estadio_municipal._ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1602/veiculo_para_postinho_de_serra_negra_roberto.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1603/limpeza_do_brejao_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1604/perfuracao_de_pocos_na_zona_rural_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1605/instalacao_de_caixas_dagua_e_cisternas_tatai.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1606/escritas_legiveis_nas_receitas_tatai.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1609/28_-_instalacao_de_tachoes.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1610/33-requerimento_zona_rural_saudavel_assinado.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1611/34-requerimento_calendario_pipas_assinado.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1612/35-requerimento_samu_animal_assinado.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1613/requerimento_rogerio.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1614/corrimao_acougue_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1615/iluminacao_rua_santa_cruz_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1616/ventiladores_no_acougue_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1617/esgotamento_sanitario_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1618/codevasf_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1620/requerimento_mecanico_para_preservacao_dos_veiculos_da_frota_municipal_de_bezerros-pe_assinado.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1622/req_037_-_asfalto_na_estrada_de_serra_negra.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1623/req_038_-_solicita_da_compesa_boletim_de_medicao_dos_manaciais.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1624/req_039_-_demarcacao_do_marco_zero_em_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1627/predio_iprebe_diogo_lemos.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1628/coleta_de_animais_diogo_lemos.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1629/30_neoenergia_diogo_lemos.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1630/quebra_molas_residencial_bezerros_ad.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1631/req_040_-_caixas_de_agua_nos_residenciais_em_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1632/req_042_-_acessos_secundarios_para_serra_negra.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1633/req_041_-_limpeza_canal_do_salgado_28ze_antonio29.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1637/36-requerimento_clinica_oftalmologica_assinado.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1638/29_-_bicicletas_eletricas.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1639/30_-_cursos_profissionalizantes.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1641/requerientro_roberto_dinda_rua_carrvoeiro_manoel_elias_e_rua_da_palmeira.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1642/37-requerimento_reforma_postinho_gameleira_assinado.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1645/requerimento_secreataria_de_esporte_ze_antonio.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1646/requerimenro_secreataria_de_agricultura_ze_antonio.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1648/requerimenro_secreataria_de_agricultura_ze_antonio.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1649/requerimento_secreataria_de_esporte_ze_antonio.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1651/requerimento_-_feirinha_do_bairro_sao_sebastiao_assinado.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1652/requerimento_-_ampliacao_das_aulas_de_empreendedorismo_e_educacao_financeira_na_rede_municipal_de_ensino_assinado.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1653/requerimento_-_intervencao_na_av_capitao_eulino_de_mendonca_entre_outras_assinado.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1658/req_045_-_coberta_e_alambrados_no_jose_de_goes.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1659/requerimento_-_feira_livre_assinado.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1660/requerimento_-_identificacao_funcinal_para_o_efeitvo_da_gcm_e_debetrans_assinado.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1664/estrada_de_varzinha_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1665/reparo_de_iluminacao_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1666/saneamento_rua_08_ade_motos.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1667/requerimento_asfaltamento_da_rua_aquilio_bernardo_vieira2c_no_bairro_sao_jose2c_assinado.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1668/38-requerimento_casa_da_gestante_assinado.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1669/32_-_instalacao_fraldario_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1670/31_-_mapa_turistico_na_serra_negra.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1671/33_-_horta_nas_creches.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1672/39-requerimento_monde_de_junco_e_sapucarana_assinado.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1673/26052025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1674/26052025_camara_municipal_de_bezerros_002.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1682/farmacia_do_estado_em_bezerros_ade.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1683/req_048_-_locar_veiculo_para_o_cci_em_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1685/req_047_-_ampliacao_horario_banheiros_publicos_em_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1686/requerimento_-_trilhas_ecologicas_na_serra_negra_assinado.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1687/requerimento_-_centro_de_logistica_reversa_assinado.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1688/requerimento_-_programa_municipal_de_arborizacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1690/40-requerimento_hemo_nucleo_assinado.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1691/42-requerimento_vale_do_pajeu_assinado.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1692/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1693/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1694/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_002.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1695/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1696/02062025_camara_municipal_de_bezerros_casa_jose_francisco_d_oli.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1697/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1698/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1699/02062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_004.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1700/36_-_quadra_sitio_dos_remedios.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1701/34_-_ouvidoria_camara.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1702/34_-_whatssap_na_ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1704/req_050_-_operacao_limpeza_no_residencial_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1705/req_051_-_producao_de_bandeiras_de_bezerros_para_orgaos_municipais.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1706/req_052_-_construcao_de_quebra-molas_na_estrada_de_serra_negra.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1707/39_-_programa_municipal_anti-tabagismo.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1708/38_-_instalacoes_de_totens_nas_ubs.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1709/37_-_semana_da_educacao_financeira.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1713/41-requerimento_melhorias_da_avenida_do_ete_assinado.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1715/requerimento_28_rogerio_pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1716/reiteracao_do_requerimento_rua_padre_cicero_lindineide_tatai.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1717/campo_do_retiro_vando_da_saude.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1718/exaames_novos_no_laboratorio_vando_da_saude.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1720/sementeira_municipal_vando.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1722/requeirimento_escoamento_do_centro_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1723/multirao_de_limpeza_diogo_lemos.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1725/adicionais_noturno_e_insalubridades_guarda_municipal_emanuel.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1726/43-requerimento_trafego_seguro_br_232_assinado.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1727/req_051_-_banheiros_serra_negra.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1731/req_053_-_sinalizacao_e_redutores_de_velocidade_na_via_local_em_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1732/40_-_reforco_escolar.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1733/41_-_levantamento_das_numeracoes_dos_postes.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1734/42_-_lavanderia_publica.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1735/peixe_gratis_semana_santa_vando.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1736/requerimento_placa_av_airton_wellington_de_andrade_assinado.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1737/limpeza_do_parque_esportivo_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1738/escoamento_galdino_gedeao_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1739/lista_de_espera_mercado_barra_branca_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1740/45-requerimento_circuito_de_corridas_assinado.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1741/dedetizacao_acougue_publico_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1742/46-requerimento_reforma_cemaic_reiterando_assinado.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1743/44-requerimento_zona_de_treinamento_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1744/requerimento_-_grupo_trabalho_para_atualizacao_do_regimento_interno_assinado.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1745/requerimento_-_grupo_trabalho_para_atualizacao_da_lei_organica_do_municipio_assinado.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1747/requerimento_29_rogerio_pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1748/20062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1749/48-requerimento_isencao_artistas_assinado.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1750/47-requerimento_reiterando_canal_assinado.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1752/20062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1753/20062025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_004.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1754/20062025_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1755/req_056_-_pontos_de_onibus_nos_residenciais_campestre_e_jurema.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1761/req_057_-_reinstalacao_de_semafaro_do_atacarejo.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1762/req_059_-_monitoramento_municipal.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1763/req_058_-_revitalizacao_do_largo_da_estacao_da_cultura.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1764/req_059_-_lavantamento_tecnico_de_postes_no_santo_amaro_1.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1765/requerimento_30_lombada_eletronicarogerio_pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1766/requerimento_31_iluminacao_rogerio_pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1767/43_-_olimpiada_municipal_de_reciclagem.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1768/44_-_biblioteca_itinerante_nos_bairros.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1769/45_-_implantacao_de_cuidadores_de_idosos.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1771/requerimento_primeira_travessa_laurindo_felix_assinado.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1772/requerimento_segunda_travessa_vereador_antonio_valmir_de_lima_assinado.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1775/requerimento_-_escutas_publicas_presenciais_para_elaboracao_da_pecas_orcamentarias_assinado.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1776/capinacao_da_rua_antonio_cordeiro_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1777/limpeza_do_campo_do_parque_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1779/guarma_minucipal_nos_distritos_tatai.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1780/sala_da_mulher_no_nucleo_tatai.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1783/insalobridade_efetivos_roberto.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1786/47_-_festa_do_padroeiro_da_serra_negra.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1787/46_-_implantacao_de_sala_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1790/48_-_semana_da_distribuicao_de_fraldas.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1792/cameras_de_seguranca_nas_escolas_e_creches_.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1793/assistencia_primeira_infancia_.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1794/secretaria_da_mulher_tatai.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1795/lei_maria_da_penha_nas_escolas_tatai.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1796/47_-_festa_do_padroeiro_da_serra_negra.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1798/req_060_-_novos_sentidos_transito_-_contramao_centenaria.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1799/req_062_-_criacao_do_cimb_-_monitoramento_municipal.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1800/lei_maria_da_penha_guarda_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1802/req_061_-_criacao_de_polo_do_viver_bem_no_residencial_jurema.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1803/caminhao_figrorifico_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1804/passagem_molhada_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1807/camscanner_04-08-2025_10.51.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1808/requerimento_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1812/requerimento_vando_da_saude.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1813/req_064_-_pavimentacao_perto_de_chicota.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1814/req_065_-_fiscalizacao_residuos_solidos_novo_atacarejo_.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1816/51_-_semaforo_rosario.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1817/50_-_semana_da_empregabilidade.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1818/49_-_parque_esportivo_cais_proximo_ao_cnsd.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1819/melhoramento_sitios_e_regioes_perto_de_boas_novas_manuel.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1820/melhoramento_estradas_camaratuba_monde_do_junco_junco_mocos_onca.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1821/animais_na_pe_097_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1822/fardamento_mariquinha_borba_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1823/calcamento_da_rua_x_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1824/53-requerimento_terraplanagem_sitios_pos_chuvas_assinado.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1825/54-requerimento_avaliacao_oftalmologica_e_fono_assinado.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1827/limpeza_do_residencial_bezerros.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1828/requerimento_-_calcamento_de_ruas_assinado.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1829/requerimento_-_escuta_com_empresarios_e_comerciantes_bezerrenses_assinado.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1830/requerimento_-_parceria_com_associacao_dos_artesaos_e_artesaos_para_cursos_o_ano_inteiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1833/tatai.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1834/53_-_upa_solidaria_-_kit_higiene.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1835/54_-_camera_de_seguranca_nos_cemiterios.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1836/52_-_revitalizacao_pracinha_do_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1837/55-requerimento_posto_de_saude_ao_feirante_assinado.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1838/56-requerimento_posto_de_saude_sao_vicente_assinado.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1839/57-requerimento_audiencia_publica_esportes_assinado.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1841/req_068_-_redutores_de_velocidade_na_centenaria.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1842/req_067_-_producao_de_bandeiras_de_bezerros_para_orgaos_municipais.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1843/frota_de_taxi_com_carroceria_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1844/bezerros_vet_fim_de_semana_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1845/recuperacao_de_placas_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1846/refletores_quadra_irma_julia_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1847/programa_do_governo_cisternas_emanuel.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1848/lixeiras_sitio__moreira_tatai.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1850/audiometria_vando.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1851/estradas_dos_sitios_vando_da_saude.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1852/calcamento_rua_maria_jo_se_de_arruda_tatai.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1855/requerimento_solicita_apoio_da_prefeitura_municipal_para_melhorias_em_frente_a_escola_cemaic2c_incluindo_instalacao_de_iluminacao2c_bancos_e_estacionamento_para_bicicletas._assinado.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1856/requerimento_apoio_projeto_de_jaimisson_assinado.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1857/requerimento_solicita_incentivo_e_criacao_de_melhores_condicoes_para_a_pratica_esportiva_de_pessoas_com_deficiencia_assinado.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1858/requerimento_32_rogerio_pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1859/req_071_-_solicita_que_seja_realizada_a_melhoria_da_iluminacao_no_terminal_de_vans_e_na_comunidade_do_sitio_cambao2c_onde_o_equipamento_esta_localizado..docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1860/req_070_-_solicita_a_requalificacao_das_torres_de_iluminacao_do_estadio_municipal_tenente_luiz_gonzaga_em_bezerros_pe..docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1862/55_-_exames_bezerros_vet.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1863/56_-_requalificacao_praca_santander.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1864/mamografo_para_bezerros_ade.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1865/galeria_lilas_tatai.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1866/emendas_para_o_bezerros_vet_tatai.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1867/festa_de_15_anos_tatai.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1868/limpeza_do_cas_e_linha_do_trem_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1869/requerimento_-_app_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1870/requerimento_-_museu_municipal_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1872/coleta_de_medicamentos_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1873/58-requerimento_terminal_integrado_central_assinado.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1874/60-requerimento_calcamento_acesso_do_wacai_arretado_assinado.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1875/requerimento_-_treinamento_acs_para_combate_a_violencia_contra_mulher_assinado.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1876/61-requerimento_limpeza_esgoto_rua_franscisco_patriota_assinado.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1877/quebra_molas_vando.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1878/exame_de_esteira_ergometrico_vando.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1879/calcamento_vando_da_saude.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1881/25082025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1882/25082025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1883/25082025_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1887/20082025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1890/58_-_semana_municipal_do_artesanato.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1891/57_-_predio_da_secretaria_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1892/requerimento_projeto_de_arborizacao_na_cidade_de_bezerros_assinado.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1893/requerimento_solicita_a_prefeitura_municipal_de_bezerros_a_realizacao_de_melhorias_nas_estradas_da_zona_rural_da_comunidade_de_serra_dos_bois._assinado.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1894/requerimento_parceria_entre_prefeitura_e_corpo_de_bombeiros_assinado.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1895/req_074_-_kits_esportivos_nas_escolas_municipais.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1896/req_073_-_regionalizacao_das_licitacoes_municipais.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1897/requerimento_33_rogerio_pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1898/req_072_-_mobilia_para_o_scfv_antigo_ceeb.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1901/62-requerimento_concurso_a_guarda_civil_assinado.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1902/63-requerimento_protecao_a_vida_assinado.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1904/carro_mudanca_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1905/lixeiras_nos_sitios_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1906/calcamento_rua_araripina_ade.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1907/calcamamento_avenida_e_rua_25_cohab_ade.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1908/reforma_da_praca_do_sao_pedro_ade_motos.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1909/recursos_bezerros_vet_tatai.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1910/lixo_mororo_diogo_lemos.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1911/01092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1912/01092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1915/60_-_programa_municipal_de_inclusao_digital_para_idosos.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1916/59_-_farmacia_de_manipulacao_municipal.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1917/req_077_-_scave_em_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1918/req_076_-_melhorias_no_cemiterios.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1920/reforma_da_creche_vovo_vando.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1921/reforma_da_escola_numeriano_vando.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1922/padroes_vando.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1923/ubs_siqueira_campo_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1924/sala_do_emprendedor_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1928/jeton_servidores.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1929/iprebe_diogo_lemos.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1931/motoristas_de_app_ade_motos.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1932/62_-_revitalizacao_santa_imaculada.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1933/61_-_revitalizacao_dao_borba.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1934/numero_da_abordagem_social.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1935/aumento_da_patronal.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1936/req_520_-_revitalizacao_do_parque_recreativo_do_residencial_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1937/req_521_-_risperidona_e_outros_medicamentos_controlados.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1938/wifi_na_upa_bezerros_ade.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1941/tea_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1942/terrenos_para_empresas_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1943/15092025_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1944/15092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1946/req_081_-_homenagem_para_j_borges_assinado.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1950/requerimento_-_pintura_de_quebra-molas_na_estrada_da_serra_negra_assinado.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1951/requerimento_-_acoes_de_combate_a_proliferacao_de_pombos_na_area_urbana_assinado.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1952/requerimento_-_sinalizacao_das_vagas_de_estacionamento_especial_com_simbolo_do_autismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1954/requerimento_casa_da_infancia_assinado.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1959/relatorio_iprebe_vando.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1960/altino_ventura_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1961/limpeza_bairro_irma_julia_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1962/pe_95_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1963/calcamento_nossa_senhora_aparacida_junior.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1964/22092025_camara_municipal_de_bezerros_003.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1965/22092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1966/25082025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1967/22092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1968/22092025_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1969/22092025_camara_municipal_de_bezerros_001.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1970/req_081_-_capinacao_do_residencial_jurema.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1972/requerimento_forca_tarefa_animal_assinado.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1973/66-requerimento_recursos_para_igreja_assinado.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1974/requerimento_-_sinalizacao_das_rotatorias_do_viaduto_da_cohab_assinado.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1975/requerimento_mutirao_pra_retirar_metrlhas_e_capinacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1976/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1977/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1978/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1979/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1980/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_002.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1982/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1983/64_-_interprete_de_libras_upa.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1984/63_-_sistema_eletronico_de_chamada.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1985/req_085_-_solicita_a_requalificacao_do_predio_publico_em_areias2c_onde_funcionava_o_programa_do_leite.d_assinado.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1986/req_084_-_solicita_a_pavimentacao_de_calcamento_de_trecho_da_5c2aa_travessa_da_rua_taumaturgo_sobrinho2c_n_assinado.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1988/29092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_004.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1991/requerimentoincentivoiptu001.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1996/06102025_camara_municipal_de_bezerros__-..pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1997/06102025_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1998/06102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1999/06102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2000/06102025_camara_municipal_de_bezerros_001.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2001/66_-_programa_de_prevencao_de_quedas_e_acidentes_domesticos_no_centro_de_convivencia_dos_idosos.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2002/65_-_nucleo_de_combate_a_violencia_domestica_na_casa_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2003/06102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_002.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2004/06102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2006/requerimento_terraplanagem_sitios_assinado.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2007/requerimento_plano_de_acao_gameleira_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2008/requerimento_plano_de_acao_santana_assinado.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2009/req_087_-_aquisicao_da_escola_da_irma_julia_28casnsd29.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2010/req_088_-_pavimentacao_ruas_do_retiro_.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2011/req_089_-_ligacao_energia_bairro_santana.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2012/camscanner_06-10-2025_10.59.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2015/req_090_-_pavimentacao_do_entorno_da_igreja_da_mae_rainha.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2016/req_091_-_redutores_de_velocidade_proximo_ao_cci.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2017/10102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2018/10102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2019/requerimento_calendario_de_pagamento_dos_aposentados_assinado.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2020/requerimento_terapia_ocupacional_nas_escolas_assinado.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2023/13102025_camara_municipal_de_bezerros___casa_jose_francisco_de_o.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2024/13102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2025/13102025_camara_municipal_de_bezerros_g_casa_jose_francisco_de_o.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2026/04082025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2030/requerimentos_nathan_projeto_de_lei_incentivo_fiscal_assinado.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2031/20102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2032/20102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2033/20102025_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2035/20102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_003.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2036/20102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_002.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2037/20102025_camara_municipal_de_bezerros.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2038/67_-_apoio_psicologico_para_profissionais_da_saude.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2039/requerimento_protecao_aos_aposentados_assinado.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2040/requerimento_reforco_concurso_publico_assinado.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2041/20102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_004.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2044/ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2045/68_-_banco_municipal_de_racoes_e_utensilios.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2046/req_093_-_reinicio_das_obras_da_creche_do_parque_no_santo_amaro.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2049/vando_da_saude_2.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2050/vando_da_saude_1.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2051/vando_da_saude_3.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2052/ze_da_radio_1.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2053/ze_da_radio_2.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2054/ze_da_radio_3.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2061/req_097_-_calendario_esportivo_anual_de_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2062/req_096_-_inclusao_de_e-sports_nos_jogos_escolares_de_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2064/requerimento_034_rogerio_assinado.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2068/ze_da_radio_entulhos.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2069/ze_da_radio_bombeiros_civis.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2070/ze_antonio_da_radio__narciso_lima.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2073/vando_pracas.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2074/vando_calcamento.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2076/requerimento_acoes_contra_o_racismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2079/req_100_-_limpeza_e_capinacao_rua_25_bairro_ns_aparecida.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2080/req_102_-_reforco_na_iluminacao_proximo_a_panificadora_esperanca.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2081/req_101_-_quebra_molas_e_faixa_de_pedestres_proximo_ao_bonanza.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2082/vando_requerimento.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2083/70_-_licitacao_priorizada.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2086/requerimento_ze_da_radio_1.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2087/requerimento_ze_da_radio_2.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2088/requerimento_ze_da_radio_3.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2089/requerimento_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2090/requerimento_roberto_1.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2091/requerimento_roberto_2.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2092/requerimento_tatai.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2093/requerimento_diogo.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2095/requerimento_fia_calcamento_da_rua_da_rua_da_bolsa_.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2096/requerimento_tatai__instalacao_de_postes_sitio_moreira_.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2097/requerimento_tatai_patrolamento_da_estrada_sitio_moreira.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2098/requerimento_roberto_dinda_construcao_de_uma_escola_b._asa_branc.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2099/requerimento_roberto_dinda_regularizacao_fundiaria_b._asa_branca.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2100/requerimento_roberto_dinda_implantacao_de_novo_residencial_habit.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2103/req_104_-_calcamento_da_rua_do_irmao_escapamento.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2104/requerimento_der__ade_motos.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2107/reuqerimento_ze_amaro_melhoria_acougue_publico.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2108/71_-protese_mamaria.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2109/requerimento_aquisicao_de_uma_impressora__adagro_.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2110/requerimento_vando_rua_amara_ferreira_.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2111/requerimento__vando_calcamento__genival_posidonio_.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2112/requerimento__vando_calcamento_rua_josefa_maria_.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2113/requerimento_ze_da_radio_realizacao_multirao_rg_e_registro_.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2114/requerimento__ze_da_radio_instalacao_caixa_d_agua_mercado_b_bran.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2115/requerimento_ze_da_radio_construcao_de_banheiros_praca_sao_sebas.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2118/requerimento_tatai_instalacao_semaforo_rua_pricesa_izabel.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2119/requerimento_tatai_realizacao_de_multirao_de_limpeza_sitio_riach.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2120/requerimento_fia_reforma_da_creche_adebal_jurema_.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2122/requerimento_roberto_dinda_calcamento_sitio_inga.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2123/requerimento_roberto_dinda_instalcao_de_uma_lombada__serra_negra.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2124/requerimento_roberto_dinda_construcao_de_uma_escola_resi._bezerr.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2125/requrimento_ze_amaro_dep._tulio_gadelha_.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2126/requerimento_-_apresentacao_do_plano_de_estruturacao_da_feira_aos_feirantes_assinado.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2128/requerimento_ze_da_rario_audiencia_publica_neoenergia_.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2129/requerimento_ze_da_radio__para_a_compesa_.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2130/73_-_esgoto_frei_caneca.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2135/reqierimento__vando_saneamento_na_rua_maria_do_carmo_santos.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2136/requerimento_vando_calcamento_rua_severino_bezerra_da_silva.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2137/requerimento_vando_calcamento_rua_edilson_gomes_da_silva_.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2138/req_107_-_rotatoria_posto_texaco.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2139/req_106_-_instalacao_e_manutencao_de_canaletas_na_feira_livre.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2140/req_108_-_espaco_para_esposicao_de_dede_ferrugem.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2144/req_111_-_mutirao_de_rg_no_cci.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2145/req_110_-_edicao_do_27jardim_digital27_em_bezerros.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2147/requeriemento_dinda_reajuste_salarial_motoristas_municipais_.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2148/requerimento_tatai_poldagem_de_arvores_r_jose_monteiro.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2149/requerimento_tatai_mutiram_limpeza_rio_ipojuca_.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2150/requerimento_ze_antonio_instalacao_caixa_d_agua_riacho_verde_.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2151/requerimento_ze_antonio_instacao_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2155/74_-_kit_higiene_moradores_de_rua.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2157/requerimento_ze_amaro__instalacao_redutor_de_velocidade__saturni.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2165/requerimento_vando_calcamento_rua_monoel_rodrigues_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2166/requerimento_vando_saneamento_basico_ruaa_severino_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2167/requerimento_vando_calcamento_rua_maria_do_socorro_rodrigues_.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2168/req_113_-_manutencao_poste_br_232_-_neoenergia.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2169/req_114_-_troca_ou_manutencao_dos_bancos_do_botafogo.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2170/req_115_-_calcamento_ao_lado_do_campo_do_botafogo.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2171/requeriento__ze_amaro__disponibilidade_ambulancia_feira_livre.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2172/75_-_programacao_de_natal_nas_comunidades.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2173/76_-_acessibilidade_natalina.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2174/requeirmento_fia_instalacao_caixa_de_agua_asembreia_de_deus__caj.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2175/requerimento_ze_da_radio_abertura_de_inscricoes_para_proj._cutur.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2176/requerimento_ze_da_radio_apoio_psicologico_secreataria_de_educac.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2177/requerimento__ze_da_radio_sinalizacao_sitios_dos_remedios_.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2179/req_115_-_manutencao_de_iluminacao_na_area_de_lazer_do_residencial_jurema.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1258/mocao_de_aplausos_policia.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1396/mocao_de_aplausos_concurso_de_matematica_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1400/mocao_de_aplausos_jovens_da_matematica_-_nathan_assinado.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1434/13032025_004.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1435/13032025_003.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1494/mocao_netinho_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1537/mocao_de_aplausos_assinado.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1567/mocao_de_aplauso_cancao_nova_assinado.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1607/01_-_pipeiros.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1619/mocao_amarildo_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1621/mocao_aplausos_zoovo_assinado.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1643/mocao_de_aplauso_wagne_rodigro_de_lima_roberto_dinda.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1644/mocao_de_aplausos__assinado.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1647/mocao_de_aplauso_radio_104_ze_antonio.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1650/mocao_de_aplauso_radio_104_ze_antonio.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1656/mocao_001_-_merinha_parteira.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1657/mocao_002_-_louro_enfermeiro.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1663/mocao_de_aplausos_mulheres_vem_cantar_forro_assinado.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1675/26052025_camara_municipal_de_bezerros_001.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1684/mocao_003_-_aplausos_-_zeze_e_zezita.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1689/mocao_de_aplausos_3_-_empresarios_assinado.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1712/mocao_de_aplausos_faculdade_vale_do_pajeu_assinado.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1721/mocao_de_aplausos_ze_dvaldo_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1724/mocao_de_aplausos_vale_do_pajeu_assinado.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1729/map001_-_tonho_da_quadrilha.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1730/ma004_-_andresson_rei_do_cangaco.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1751/mocao_de_aplausos_4_-_fazedores_de_cultura_assinado.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1778/mocao_de_aplausos_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1781/mocao_de_cicero.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1782/mocao_de_rose_.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1788/mocao_de_aplausos_bombeiros_assinado.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1797/mocao_de_aplausos_-_servidores.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1801/mocao_dia_do_padre_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1811/mocao_de_aplausos_papa-leguas_diogo.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1815/ma005_-_mocao_de_aplausos_para_adauto_alves_de_oliveira_28adauto_da_venda.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1826/dia_do_advogado_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1849/mocao_daniel_lopes_vando.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1840/map002_-_horacio_cantinho_estudante.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1861/ma006_-_mocao_de_aplausos_para_isaac_cirilo_de_lima_28zacarias_ferreiro29_.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1871/mocao_de_aplausos_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1903/mocao_de_aplausos_8_-_servidores_da_guarda_e_agentes_de_transito_assinado.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1919/ma007_-_mocao_de_aplausos_para_banda_marcial_do_scfv_para_pessoa_com_deficiencia.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1925/mocao_cabf_ze_da_radio.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1926/mocao_de_aplausos_bandas_marciais.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1927/mocao_a_voz_do_povo.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1940/mocao_de_lunas.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1953/mocao_de_aplausos_12_-_fundador_da_feirinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1955/mocao_de_aplausos_13_-_projeto_do_ete_assinado.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1957/map003_-_gordo.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1958/ma008_-_senhor_eloi.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1981/mocao_de_aplausos_14_-_coopasa_sapucarana_assinado.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1987/map004_-_alzira_alcantara_lima.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1990/mocaoaplausoseremb002.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2005/mocao_de_aplausos_-_comunidade_ressureicao_eduardo_lima.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2014/ma009_-_zezinho_expressinho.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2022/13102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2028/mocao_de_aplausos_rogerio_assinado.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2034/mocao_de_aplausos_15_-_semana_tecnologia_ete_assinado.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2047/ma010_-_dede_ferrugem.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2048/map005_-_gilvan_do_bahia.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2055/mocao_de_aplausos_16_-_marcone_borba_assinado.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2056/mocao_de_aplausos_17_-_mocao_bem_estar_e_lamour_assinado.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2057/mocao_de_aplausos_18_-_tulio_gadelha_assinado.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2072/mocao_de_aplausos_19_-_ao_conselho_tutelar_assinado.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2075/mocao_de_aplausos_20_-_as_associacoes2c_projetos_e_pontos_assinado.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2105/mocao_de_aplauso_adrezinho_de_povo_ade_moto.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2127/mocao_de_aplauso_ze_da_radio_coral_sao_jose_.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2146/ma011_-_ballet_corpo.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1384/mocao_de_pesar_-_kelvin_assinado.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1392/mocao_de_pesar_003_assinado.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1409/mocao_de_pesar_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1502/mocao_de_pesar_sargento_fabiano_assinado.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1503/mocao_de_pesar_025.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1533/mocao_de_pesar_josefa_mota_assinado.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1553/mocao_de_pesar_gabriel_santos_assinado.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1625/mocao_de_pesar_assinado.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1635/mocao_de_pesar_09_assinado.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1661/mocao_de_pesar_gerson._rinaldo_luiz.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1662/mocao_de_pesar_10_assinado.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1679/mocao_de_pesar_junior.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1773/mocao_de_pesar_joao_claudio_assinado.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1774/mocao_de_pesar_sidronio_assinado.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1805/mocao_de_pesar_carioca_do_taxi_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1806/mocao_de_pesar_ze_de_tota_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1884/22082025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1945/15092025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2027/13102025_camara_municipal_de_bezerros_casa_jose_francisco_de_oli_001.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2065/mocao_de_pesar_014_assinado.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2066/emanuel_boaas_novas_mocao_pesar.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2071/ze_da_radio_mocao_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2077/mocao_de_pesas.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2084/mocao_ze_da_radio_2.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2085/mocao_ze_da_radio_1.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2106/mocao_de_pesar__ade_motos__kidinho.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2154/01_-_zezinho_claudino.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2156/mocao_de_pesar_ze_antonio_e_rinaldo__jose_clemildo.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2178/mocao_de_pesar_16_assinado.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1571/pdi_001_-_arpe_compesa.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2063/pdi_002_-_sinalizacao_via_local_lenta_semobi.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1273/ata_eletronica_da_1_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1309/ata_eletronica_da_2_reuniao_ordinaria_da_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1346/ata_eletronica_da_3_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1393/ata_eletronica_da_4_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1422/ata_eletronica_da_5_reuniao_ordinaria_da_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1443/ata_eletronica_da_6_reuniao_ordinaria_da_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1474/ata_eletronica_da_7_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1504/ata_eletronica_da_8_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1535/ata_eletronica_da_8_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1562/ata_eletronica_da_10_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1587/ata_eletronica_da_12_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1608/ata_eletronica_da_13_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1626/ata_eletronica_da_14_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1655/ata_eletronica_da_15_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1678/ata_eletronica_da_16_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1703/ata_eletronica_da_17_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1728/ata_eletronica_da_18_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1746/ata_eletronica_da_19_reuniao_ordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1284/ata_eletronica_da_1__reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1285/ata_eletronica_da_2__reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura_-_copia.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1399/ata_eletronica_da_3__reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1456/ata_eletronica_da_4__reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1475/ata_eletronica_da_5__reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1526/ata_eletronica_da_6_reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1527/ata_eletronica_da_7_reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1540/ata_eletronica_da_8_reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1714/ata_eletronica_da_9_reuniao_extraordinaria_da_1_sessao_legislativa_da_20_legislatura.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1320/proposta_de_emenda_supressiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1321/proposta_de_emenda_modificativaaa_assinado.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1344/modificativa_02_assinado.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1421/emenda_modificativa_ao_projeto_de_lei_complementar_n9_032025.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1676/emenda_modificativa_ao_projeto_de_lei_do_poder_executivo_n_09_2025.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1677/ref._projeto_de_le_legislativo_n_026_de_17_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1889/emendamodpl013.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1899/emenda_supressiva_funprev_assinado.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/1900/emenda_modificativa_funprev_assinado.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2158/emenda_supressiva_plc_10_2025_beneficios_iprebe_29_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2159/emenda_modificativa_plc_09_2025_custeio_iprebe_29_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2025/2160/emenda_modificativa_plc_10_2025_beneficios_iprebe_29_assinado_assinado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H945"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="214.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>