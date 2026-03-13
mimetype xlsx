--- v0 (2025-12-07)
+++ v1 (2026-03-13)
@@ -54,2715 +54,2715 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Maria Lucielle Silva Laurentino</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1079/projeto_de_lei_n.003_de_20_de_maio_de_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1079/projeto_de_lei_n.003_de_20_de_maio_de_2024.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA NO MUNICIPIO DOS BEZERROS (PE), A NOVA METODOLOGIA DE CONFINANCIAMENTO FEDERAL DO PISO DE ATENÇÃO PRIMÁRIA À SAÚDE - APS, NO ÂMBITO DO SISTEMA ÚNICO DE SAÚDE (SUS), QUE AUTORIZA O PAGAMENTO DA GRATIFICAÇÃO POR DESEMPENHO NA ATENÇÃO PRIMÁRIA À SAÚDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1107/projeto_de_lei_n_04_de_17_de_junho_de_2024_2.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1107/projeto_de_lei_n_04_de_17_de_junho_de_2024_2.pdf</t>
   </si>
   <si>
     <t>Promove adequação orçamentária no âmbito do Município de Bezerros-PE e autoriza a abertura de crédito adicional ao orçamento anual de 2024 no valor de R$470.542,84 (quatrocentos e setenta mil, quinhentos e quarenta e dois reais e oitenta e quatro centavos).</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1117/projeto_de_lei_n_05_de_21_de_junho_de_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1117/projeto_de_lei_n_05_de_21_de_junho_de_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Municipal de Cultura do Município dos BezerrosPE, seus princípios, objetivos, estrutura, organização, gestão, interrelações entre os seus componentes, recursos humanos, financiamento e dá outras providências.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1127/ldo_2025.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1127/ldo_2025.pdf</t>
   </si>
   <si>
     <t>Estabelece as diretrizes orçamentárias para o_x000D_
 exercício de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1134/projeto_de_lei_no_07_de_05_de_agosto_de_2024_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1134/projeto_de_lei_no_07_de_05_de_agosto_de_2024_1.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar ao Orçamento Geral do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1154/p.loa.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1154/p.loa.pdf</t>
   </si>
   <si>
     <t>Estima a RECEITA e fixa a DESPESA do _x000D_
 Município para o exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1155/p.ppa.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1155/p.ppa.pdf</t>
   </si>
   <si>
     <t>Estabelece a Revisão do Plano Plurianual 2022/2025 _x000D_
 para o exercício financeiro de 2025 e dá outras _x000D_
 providências.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1176/pl_010_de_21_de_outubro_de_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1176/pl_010_de_21_de_outubro_de_2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICIPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1180/pl_no11_de_25_de_outubro_de_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1180/pl_no11_de_25_de_outubro_de_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar _x000D_
 contrato e/ou convênio com cartórios e/ou _x000D_
 órgãos mantenedores de cadastro de proteção _x000D_
 ao crédito, para fins de inscrição de débitos _x000D_
 municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1181/pl_no12_de_25_de_outubro_de_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1181/pl_no12_de_25_de_outubro_de_2024.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo IX – Tabela para Cobrança da Taxa_x000D_
 de Fiscalização de Obra Particular, Itens 7 –_x000D_
 Loteamentos, 8 – Desmembramentos, 9 –_x000D_
 Remembramentos e 11 – Valor Máximo da Taxa_x000D_
 para Qualquer Item, da Lei Municipal nº 768, de 12_x000D_
 de dezembro de 2005, que define as taxas_x000D_
 municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1224/projeto_de_lei_no_24_de_2_de_dezembro_de_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1224/projeto_de_lei_no_24_de_2_de_dezembro_de_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação do Fundo Municipal de Educação e dá outras providências.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1226/projeto_de_lei_no_013_de_06_de_dezembro_de_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1226/projeto_de_lei_no_013_de_06_de_dezembro_de_2024.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 194 da Lei_x000D_
 Municipal nº 1.321, de 22 de março de_x000D_
 2019 (Código de Posturas do Município_x000D_
 dos Bezerros-PE), e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1230/projeto_de_lei_n.15_de_09_de_dezembro_de_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1230/projeto_de_lei_n.15_de_09_de_dezembro_de_2024.pdf</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Tatai</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1078/projeto_de_lei_airton_santa_cruz.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1078/projeto_de_lei_airton_santa_cruz.pdf</t>
   </si>
   <si>
     <t>dispõe sobre a denominação RUA JOSE AIRTON DE SANTA CRUZ  e das outras providencias</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Eduardo Lima</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1091/pl_rua_isaura_maria_de_oliveira_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1091/pl_rua_isaura_maria_de_oliveira_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da RUA ISAURA MARIA DE OLIVEIRA e dá outras providências.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>Emanuel de Boas Novas</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1096/projeto_de_lei_rua_maria_guiomar.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1096/projeto_de_lei_rua_maria_guiomar.pdf</t>
   </si>
   <si>
     <t>Art.1° - Fica denominada RUA MARIA GUIOMAR DA SILVA RODRIGUES DE SANTANA, a Rua Nova, começando no final da Rua Manoel Bezerra e que dá acesso a Escola Municipal Vicente Ferreira, localizada no Distrito de Boas Novas, em nosso Município._x000D_
 Art. 2-0 Poder Executivo tomará todas as providências cabíveis à execução do disposto nesta Lei, na vigência desta Lei concluirá a fixação de placas, como consta no artigo anterior._x000D_
 Art. 3° - Esta lei entrará em vigor da data de sua publicação.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>Diogo Lemos</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1101/projeto_de_lei_dia_da_vaquejada.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1101/projeto_de_lei_dia_da_vaquejada.pdf</t>
   </si>
   <si>
     <t>EMENTA : institui e inclui no calendário oficial  de eventos do Municipio de Bezerros o ¨O DIA DA VAQUEJADA ¨e da outras providencias</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>Adé Motos</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1111/projeto_de_lei_denominacao_do_mercado_publico.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1111/projeto_de_lei_denominacao_do_mercado_publico.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação_x000D_
 MERCADO CULTURAL JOSÉ ALVES IRMÃO_x000D_
 e dá outras providências._x000D_
 Art.1® - Após a requalificação do antigo Mercado de feijão, localizado em nosso Município, o_x000D_
 referido Mercado passa a se chamar MERCADO CULTURAL JOSÉ ALVES IRMÃO._x000D_
 Art. 2° - O Poder Executivo tomará todas as providências cabíveis à execução do disposto_x000D_
 nesta Lei, na vigência desta Lei concluirá a fixação de placas, como consta no artigo anterior._x000D_
 Art. 3° - Esta lei entrará em vigor da data de sua publicação.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1112/dia_da_pega_de_boi.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1112/dia_da_pega_de_boi.pdf</t>
   </si>
   <si>
     <t>EMENTA. institui e inclui no calendário oficial de eventos  do município de  Bezerros , ¨DIA DA PEGA DO BOI¨ e da outras providencias</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1123/projeto_de_lei_centro_de_saude_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1123/projeto_de_lei_centro_de_saude_1.pdf</t>
   </si>
   <si>
     <t>Fica denominado CENTRO INTEGRADO DE SAUDE DE BEZERROS - JOSE_x000D_
 ALVES IRMÃO, o centro de saúde localizado no prédio do antigo Fórum na Av. Governador_x000D_
 Agamenon Magalhães, em nosso Município.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>Luisinho do Sindicato</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1144/pl_-_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1144/pl_-_2024.pdf</t>
   </si>
   <si>
     <t>Institui a política de conscientização e incentivo da doação de sangue, órgãos, tecidos e leite materno -promoção 3D, no município de Bezerros-PE</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1164/pl_praca_julio_emilio_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1164/pl_praca_julio_emilio_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da PRAÇA JÚLIO EMÍLIO ALBERTO DE LOMBAERDE, alterando o disposto na Lei municipal nº 723 de 31 de dezembro de 2004 e dá outras providências.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>Eduardo Lima, Vando da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1168/projeto_de_lei_diadobacamarteiro_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1168/projeto_de_lei_diadobacamarteiro_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição e inclusão no calendário oficial de eventos do município de Bezerros o DIA MUNICIPAL DO BACAMARTEIRO e dá outras providências.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1183/projeto_de_lei__rua_projetada_26_loteamento_chico_lemos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1183/projeto_de_lei__rua_projetada_26_loteamento_chico_lemos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação RUA JOSE AIRTON DE SANTA CRUZ e da outras providencias</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1191/biu_de_narciso_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1191/biu_de_narciso_1.pdf</t>
   </si>
   <si>
     <t>EMENTA: Dispõe sobre a denominação FARMÁCIA BIU DE NARCISO e dá outras providências.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1194/projeto_de_lei_emanuel.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1194/projeto_de_lei_emanuel.pdf</t>
   </si>
   <si>
     <t>Art.1° - Fica denominada RUA JOSÉ LOURENÇO DA SILVA (TENENTE), a antiga Rua_x000D_
 Araripina, localizada no bairro Nossa senhora aparecida, em nosso Município.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1211/pl_auxilio_saude.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1211/pl_auxilio_saude.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do auxílio-saúde no_x000D_
 âmbito do Poder Legislativo do Município de_x000D_
 Bezerros, e dá outras providências.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1212/projeto_de_lei_auxilio_alimentacao.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1212/projeto_de_lei_auxilio_alimentacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do auxílio-alimentação_x000D_
 no âmbito do Poder Legislativo do Município de_x000D_
 Bezerros, e dá outras providências.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1214/pl_nomeclaturas_dos_cargos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1214/pl_nomeclaturas_dos_cargos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomenclatura, os requisitos, as atribuições,_x000D_
 os vencimentos e a carga horária do quadro de cargos_x000D_
 efetivos, dos cargos de direção, de chefia e de_x000D_
 assessoramento da Câmara de Vereadores de Bezerros, no_x000D_
 estado de Pernambuco, e dá outras providências.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1217/pl_subsidio_prefeito_e_secretarios.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1217/pl_subsidio_prefeito_e_secretarios.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito, Vice-Prefeito e Secretários_x000D_
 do Município para o período da legislatura 2025 a 2028 e_x000D_
 dá outras providências.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1029/pr_nbaxxx_titulo_de_cidada_-_nena_borges_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1029/pr_nbaxxx_titulo_de_cidada_-_nena_borges_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Título honorífico de CIDADÃ BEZERRENSE à pessoa que menciona e dá outras providências. (GRACIETE CORREIA BORGES – NENA BORGES)</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1035/projeto_de_resolucao_04_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1035/projeto_de_resolucao_04_2024.pdf</t>
   </si>
   <si>
     <t>dispõe sobre a concessão de titulo de CIDADÃO BEZERRENSE  a pessoa que menciona, e das outras providencias</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1063/projeto_de_resolucao.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1063/projeto_de_resolucao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título honorífico de CIDADÃO BEZERRENSE ao Sr. Cleonildo Lopes da Silva (Painha), e dá outras providências.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1092/titulo_santanna__assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1092/titulo_santanna__assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título honorífico de CIDADÃO BEZERRENSE ao Sr. Cícero Pereira de Souza Santanna (SANTANNA O CANTADOR), e dá outras providências.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>Valmir Neto</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1116/007_valmir_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1116/007_valmir_assinado.pdf</t>
   </si>
   <si>
     <t>Art.1º - Fica concedido o Título Honorífico de CIDADÃO BEZERRENSE, ao SR._x000D_
 SEVERINO JOÃO DE ALBUQUERQUE (conhecido por Biu Limoeiro), empresário no ramo_x000D_
 agropecuário, natural da cidade de Sairé-PE. _x000D_
 Parágrafo Único – A outorga do título a que se refere a presente RESOLUÇÃO, far-se-à_x000D_
 em Sessão Solene desta Câmara, em data a ser previamente designada, preferencialmente, ainda_x000D_
 na atual legislatura</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1128/projeto_de_resolucao_2024_diogo_lemos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1128/projeto_de_resolucao_2024_diogo_lemos.pdf</t>
   </si>
   <si>
     <t>Art.1® - Fica concedido o Título Honorífico de CIDADÃO BEZERRENSE, ao Dr. Heber Vieira_x000D_
 Coutinho Júnior, natural da cidade de São Gonçalo, no estado do Rio de Janeiro, Formado em Medicina, pela_x000D_
 Universidade Iguaçu em 2005, fez Residência Médica em pediatria pelo Hospital Souza Aguiar, no estado do Rio_x000D_
 de Janeiro, atualmente é médico pediatra, CEO e Diretor Médico da Fundação Altino Ventura (FAV), Vice_x0002_Presidente do Conselho de Administração da Federação de Hospitais Filantrópicos e Misericórdias de_x000D_
 Pernambuco (FEHOSPE), pediatra da Prefeitura do Recife, lotado na emergência do Hospital Geral de Areias, e_x000D_
 pediatra do CISAM-UPE, lotado no Núcleo Epidemiológico e no Alojamento Conjunto, Possui Especialização_x000D_
 Qualidade Internacional e Segurança do Paciente pela FIOCRUZ - Fundação Oswaldo Cruz e MBA de Gestão_x000D_
 em Saúde pela FGV.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>Branco do Cruzeiro</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1141/projeto_de_resolucao_2024_branco.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1141/projeto_de_resolucao_2024_branco.pdf</t>
   </si>
   <si>
     <t>Art.1°- Fica concedido o Titulo Honorífico de CIDADÃO BEZERRENSE, ao SR. GERALDO_x000D_
  FERREIRA DA SILVA (GERALDO DO ÔNIBUS), natural da cidade de Recife-PE. empresário no ramo de_x000D_
  transporte de passageiro._x000D_
  Parágrafo Único- A outorga do título a que se refere a presente RESOLUÇÃO, far-se-à em_x000D_
  Sessão Solene desta Câmara, em data a ser previamente designada, preferencialmente, ainda na atual_x000D_
  legislatura.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1156/010_diogo_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1156/010_diogo_assinado.pdf</t>
   </si>
   <si>
     <t>Art.1º - Fica concedido o Título Honorífico de CIDADÃO BEZERRENSE, ao Des. Ricardo _x000D_
 de Oliveira Paes Barreto, natural da cidade de Recife-PE.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1157/011_diogo_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1157/011_diogo_assinado.pdf</t>
   </si>
   <si>
     <t>Fica concedido o Título Honorífico de CIDADÃO BEZERRENSE, Des. Fausto de _x000D_
 Castro Campos, natural da cidade de Salvador-BA.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1158/012_diogo_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1158/012_diogo_assinado.pdf</t>
   </si>
   <si>
     <t>Fica concedido o Título Honorífico de CIDADÃO BEZERRENSE, ao Des. Francisco _x000D_
 Eduardo Gonçalves Sertório Canto.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1159/013_diogo_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1159/013_diogo_assinado.pdf</t>
   </si>
   <si>
     <t>Fica concedido o Título Honorífico de CIDADÃO BEZERRENSE, ao Des. Francisco _x000D_
 José dos Anjos Bandeira de Mello, natural da cidade de Recife-PE</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1160/014_diogo_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1160/014_diogo_assinado.pdf</t>
   </si>
   <si>
     <t>Fica concedido o Título Honorífico de CIDADÃO BEZERRENSE, ao Des. Erik de _x000D_
 Sousa Dantas Simões, natural da cidade de Recife-PE.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1161/015_diogo_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1161/015_diogo_assinado.pdf</t>
   </si>
   <si>
     <t>Fica concedido o Título Honorífico de CIDADÃO BEZERRENSE, ao Des. Paulo _x000D_
 Augusto de Freitas Oliveira, natural da cidade de Recife-PE.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1162/016_diogo_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1162/016_diogo_assinado.pdf</t>
   </si>
   <si>
     <t>Fica concedido o Título Honorífico de CIDADÃO BEZERRENSE, ao Des. Agenor _x000D_
 Ferreira de Lima Filho, natural da cidade de Recife-PE.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Antônio Amorim</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1172/titulo_de_cidadao_bezerrense_italo.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1172/titulo_de_cidadao_bezerrense_italo.pdf</t>
   </si>
   <si>
     <t>Fica concedido o Título Honorífico de CIDADÃO BEZERRENSE, ao Sr. ÍTALO_x000D_
  HENRIQUE KOKAY, natural da cidade de RecIfe-PE.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1196/018_luis_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1196/018_luis_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão _x000D_
 de título honorífico de CIDADÃO _x000D_
 BEZERRENSE a Srª. Marília _x000D_
 Tavares de Lucena e dá outras _x000D_
 providências</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1197/017_luis_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1197/017_luis_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão _x000D_
 de título honorífico de CIDADÃO _x000D_
 BEZERRENSE ao Sr. Luís Cabral _x000D_
 Sales de Azevedo Melo e dá outras _x000D_
 providências</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1198/019_luis_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1198/019_luis_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão _x000D_
 de título honorífico de CIDADÃO _x000D_
 BEZERRENSE ao Sr. JOÃO RALPH _x000D_
 FILHO e dá outras providências</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1203/titulo_de_cidadao_diogo_lemos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1203/titulo_de_cidadao_diogo_lemos.pdf</t>
   </si>
   <si>
     <t>Fica concedido o Título Honorífico de CIDADÃO BEZERRENSE, ao Promotor de_x000D_
 Justiça, Dr. Fábio Henrique Cavalcanti Estevam, natural da cidade de Olinda-PE.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1205/projeto_de_resolucao_ade_rhafanny.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1205/projeto_de_resolucao_ade_rhafanny.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título honorífico de CIDADÃO BEZERRENSE ao Sr. Rhafanny C. Vasconcelos Damasceno e dá outras providências.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1208/pr_titulocidadao_ade.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1208/pr_titulocidadao_ade.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título honorífico de CIDADÃO BEZERRENSE ao Sr. Pedro Henrique dos Santos Arôxa e dá outras providências.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Nathan de Demir</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1209/022_nathan_assinado_correto.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1209/022_nathan_assinado_correto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de_x000D_
 título honorífico de CIDADÃ_x000D_
 BEZERRENSE a Srª. MARILIA SILVA_x000D_
 VASCONCELOS MOTTA e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1213/projeto_de_resolucao_arquivo_publico.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1213/projeto_de_resolucao_arquivo_publico.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o instituição do Arquivo Público e Tabela de Temporalidad_x000D_
 Documental da Câmara Municipal de Bezerros, Estado de Pernambuco.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1215/pr_valor_do_quilometro_rodado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1215/pr_valor_do_quilometro_rodado.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 6° da Resolução nº 133/2022 e dá outras providências.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1216/pr_diarias.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1216/pr_diarias.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo Único da Resolução nº 138/2023 e dá outras providências.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>PDCO</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1229/projeto_de_lei_complementar_n_01-2024_-_altera_a_lei_complementar_n_065-2022.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1229/projeto_de_lei_complementar_n_01-2024_-_altera_a_lei_complementar_n_065-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 65, de 19 de dezembro de 2022, que “Implanta a Lei de Uso, Ocupação e Parcelamento do Solo na Área Urbana e Rural, institui o Plano Específico de Manejo do Município de Bezerros”, e dá outras providências.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1028/projeto_de_decreto_legislativo_n_001_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1028/projeto_de_decreto_legislativo_n_001_2024.pdf</t>
   </si>
   <si>
     <t>dispõe sobre a aplicação da lei federal  n° 13.709 de  14 de agosto de 2018  lei geral de proteção de dados pessoais LGPD no  âmbito da camara de bezerros pernambuco</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1173/resolucao_lgpd.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1173/resolucao_lgpd.pdf</t>
   </si>
   <si>
     <t>A mesa Diretora da Câmara Municipal de Bezerros, estado de Pernambuco, no uso de suas_x000D_
  atribuições legais e normas contidas na Lei Orgânica Municipal, Regimento Interno da Câmara_x000D_
  Municipal, e_x000D_
  CONSIDERANDO a Lei Federal n” 13.709, de 14 de agosto de 2018, que dispõe sobre o_x000D_
  tratamento dc dados pessoais, inclusive nos meios digitais, por pessoa natural ou por pessoa_x000D_
  jurídica de direito público ou privado visando a proteção da liberdade, privacidade,_x000D_
  especial os dados pessoais;_x000D_
  CONSIDERANDO a necessidade de adequar os processos, ativos, serviços e políticas públicas,_x000D_
  do Poder Legislativo Municipal, em cumprimento à norma;</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1179/proposta_de_emenda_a_lei_organica_ok.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1179/proposta_de_emenda_a_lei_organica_ok.pdf</t>
   </si>
   <si>
     <t>Estabelece regras do Regime Próprio de_x000D_
 Previdência Social do Município de_x000D_
 Bezerros com base nas alterações_x000D_
 propostas pela Emenda à Constituição_x000D_
 Federal nº 103, de 12 de novembro de 2019_x000D_
 e dá outras providências.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1064/indicacao_titulo_de_cidadao.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1064/indicacao_titulo_de_cidadao.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, apresenta à apreciação da Mesa_x000D_
 Diretora desta Câmara, nos termos da INSTRUÇÃO NORMATIVA N°_x000D_
 001/2013, de 30.04.2013, o nome do Sr EVERALDO JOSÉ DE FRANÇA,_x000D_
 Policial Reformado pelo Estado de Pernambuco, para receber desta_x000D_
 Câmara, o DIPLOMA DE MÉRITO 18 DE MAIO” , correspondente ao ano_x000D_
 de 2024, instituído por força da RESOLUÇÃO N® 030/07, de 27.04.2007.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1066/indicacao_titulo_de_cidadao.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1066/indicacao_titulo_de_cidadao.pdf</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1074/indicacao_2fa.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1074/indicacao_2fa.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, apresenta à apreciação da Mesa Diretora desta Câmara, nos termos da INSTRUÇÃO NORMATIVA Nº 001/2013, de 30.04.2013, o nome do Sr. ITALO HENRIQUE KOKAY, Médico Veterinário, para receber desta Câmara, o “DIPLOMA DE MÉRITO 18 DE MAIO”, correspondente ao ano de 2024, instituído por força da RESOLUÇÃO Nº 030/07, de 27.04.2007.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>Cláudio do Salgado</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1075/indicacao_jose_francisco.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1075/indicacao_jose_francisco.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, apresenta á apreciação da Mesa Diretora desta_x000D_
 Câmara, nos termos da INSTRUÇÃO NORMATIVA N° 001/2013, de 30,04.2013, o nome do Sr._x000D_
 EROTIDES BONIFÁCIO DE LIMA NETO, Ex-vereador mais votado da história de Bezerros, Ex_x0002_Secretário Municipal por diversas vezes, Vaqueiro e Empresário, para receber desta Câmara,_x000D_
 0 “DIPLOMA DE MÉRITO 18 DE MAIO”, correspondente ao ano de 2023, instituído por força da_x000D_
 RESOLUÇÃO N° 030/07, de 27.04.2007.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>Vando da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1076/indicacao_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1076/indicacao_vando.pdf</t>
   </si>
   <si>
     <t>0 Vereador abaixo subscrito, vem na forma regimental, apresentar Indicação, a ser encaminhada a_x000D_
 Senhora Prefeita, sugerindo que se institua o Calendário de Datas Comemorativas e de Conscientização do_x000D_
 Municipio de Bezerros, incluindo o 3® domingo do mês de maio, como dia do BACAMERTEIRO e que a_x000D_
 ASSOCIAÇÃO DOS BACAMARTEIROS DE BEZERROS faça parte de todos os eventos festivos da cidade.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1087/indicacao_branco.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1087/indicacao_branco.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, apresenta à apreciação da Mesa Diretora desta_x000D_
 Câmara, nos termos da INSTRUÇÃO NORMATIVA N° 001/2013, de 30.04.2013, o nome do Sr._x000D_
 ADILSON JOSÉ DA SILVA, Empresário, Proprietário de Parque de Diversão e Barraca de_x000D_
 Fogos, para receber desta Câmara, o “DIPLOMA DE MÉRITO 18 DE MAIO”, correspondente ao_x000D_
 ano de 2024, instituído por força da RESOLUÇÃO N° 030/07, de 27.04.2007.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1103/requewrimewnto_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1103/requewrimewnto_vando.pdf</t>
   </si>
   <si>
     <t>o vereador que a presente subscreve , apresenta a apreciação da mesa diretora desta câmara , nos termos da INSTRUÇÃO NORMATIVA Nº 001/2013 de 30 .04.2013 , o nome do Sr. LUNAS DE CARVALHO COSTA , poeta escritor de contos e romances, musico percussionista produtor cultural e apresentador , folião convictor , todos os anos , durante o carnaval ele sai pelas ruas de Bezerros-Pe , com fantasias de papangu tradicional, engajado e muitas vezes atuando como voluntario de instituições socioculturais , para receber desta câmara o ¨DIPLOMA DE MERITO 18 DE MAIO ¨, correspondente ao ano de 2024 , istiuido por força da RESOLUÇÃO Nº 030/07 DE 27.04.2007</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/994/requerimento_001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/994/requerimento_001.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimentos de minha autoria, requeiro a Mesa, atendendo reivindicações da população deste Município, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Excia., juntamente com a Secretaria competente, providencie a LIMPEZA E REVITALIZAÇÃO DO RIO IPOJUCA, no perímetro urbano de nossa cidade, tendo em vista que o referido Rio se encontra em estado de calamidade, com mal cheiro e sujeira. Solicito ainda, que seja feita a limpeza de todos os bueiros de nossa cidade, tendo em vista que, a grande maioria está obstruído, gerando preocupação com alagamentos em dias de chuva devido é falta de drenagem nas vias.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>Zé Amaro</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/995/requerimento_002.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/995/requerimento_002.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, para que, V.Excia. juntamente com a Secretaria de lnfraestrutura e Serviços Urbanos, inclua no plano de governo, a instalação de box ou barracas para os comerciantes que negociam na Praga lmaculada Conceição, bem como abrigos para aqueles que ficam jogando e se divertindo na referida Praça.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/996/requerimento_003.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/996/requerimento_003.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de autoria da Vereadora Lindineide Bezerra da Silva, Requeiro a Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Infra Estrutura e Serviços Urbanos, providencie a ENCANAÇÃO DE ÁGUA para o Sítio Poço Verde até a subida do Pajeú, Iocalizado em nosso Município.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/997/requerimento_004.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/997/requerimento_004.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Exª, juntamente com as Secretarias competentes, providencie a limpeza do esgoto que começa na Rua Princesa Izabel e despeja no canal conhecido como “Canal do Salgado", bem como a limpeza do referido canal, localizado no bairro Irma Julia em nosso Município.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>Rogério de Natal</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/998/requerimento_005.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/998/requerimento_005.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Exª. juntamente com a Secretaria competente, providencie, com a máxima urgência possível sentido Caruaru/Recife, no perímetro urbano do bairro de Encruzilhada de São João, em nosso Município, tendo em vista que, quando chove, a água transborda, devido ao acumulo de lixo.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/999/requerimento_006.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/999/requerimento_006.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Exª. juntamente com o departamento de iluminação, providencie, com a máxima urgência possível, com a requalificação de lâmpadas nos postes que estão apagados, bem como a instalação das luminárias em alguns postes do bairro de Encruzilhada do São João, em nosso Município.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1000/requerimento_007.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1000/requerimento_007.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Infra Estrutura e Serviços Urbanos, providencie a PINTURA de todas as faixas de pedestres existente em nosso Município.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1001/requerimento_008.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1001/requerimento_008.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro a Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria competente viabilize a recuperação das estradas que dão acesso aos Sítios: Assentamento Canavieira, Pedra Preta, Guaribas de Cima, Guaribas de Baixo, Sitio Quilombos e estrada principal de Boas Novas, todas localizadas no Distrito de Boas Novas em nosso Município.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1002/requerimento_009.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1002/requerimento_009.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que a mesma, juntamente com a Secretaria Serviços Urbanos, viabilize, com a máxima urgência possível, a instalação de quebra-molas nas Ruas: Martins Abade, Romualdo Abade e São Lucas, todas localizadas no bairro do Retiro, em nosso Município.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1003/requerimento_010_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1003/requerimento_010_1.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, REQUEIRO a mesa, ouvido o Plenário, e cumpridas as demais formalidades regimentais, seja, formulado apelo a Exmª Srª Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, no sentido daquela autoridade juntamente com a Secretaria de Educação, faça a aquisição de veículos, tipo ônibus, para transportar os universitários do nosso Município, para as faculdades das cidades vizinhas de Caruaru e Vitória de Santo Antão, tendo em vista que muitos deles trancam a matricula por falta de dinheiro para pagar o transporte, solicito ainda, que, enquanto isso não é possível, V.Excia. crie e coloque em prática um Programa de Auxilio Financeiro para transporte aos estudantes universitários bezerrenses, de menor poder aquisitivo, com valores atualizados.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1004/requerimento_011.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1004/requerimento_011.pdf</t>
   </si>
   <si>
     <t>REQUEIRO a mesa, ouvido o Plenário, e cumpridas as demais formalidades regimentais, seja, formulado apelo a Exmª Srª Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, no sentido que V.Excia. juntamente com a Secretaria de Obras e Serviços Públicos, providencie A REFORMA DO BANHEIRO PUBLICO, COM PEDIDO DE URGÊNCIA, LOCALIZADO NA RUA DA MATRIZ, levando em consideração ser um banheiro feminino, que nem mesmo tem porta, oferecendo possíveis riscos para as usuárias daquele ambiente. Solicito ainda, que além da reforma do referido banheiro, seja disponibilizado servidores públicos ou terceirizados para permanecer no local diariamente, bem como fazer a limpeza, por se tratar de um local de grande movimentação necessária para todas as pessoas.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1005/requerimento_012.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1005/requerimento_012.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimentos de minha autoria, requeiro à Mesa, atendendo reinvindicações da população deste Município, ouvido o Plenário e cumpridas todas as formalidades regimentai, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V. Excia., juntamente com a Secretaria competente, providencie a reforma do matadouro de suínos, localizado no matadouro público de nosso Município.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1006/requerimento_013.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1006/requerimento_013.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro a Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Infra Estrutura e Serviços Urbanos, providencie o SANEAMENTO E CALÇAMENTO dos povoados dos Sítios Varzinha e Poço Verde, solicito ainda que seja feita a ENCANAÇÃO DE ÁGUA para as referidas localidades, ambas localizadas em nosso Município.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1007/requerimento_014.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1007/requerimento_014.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo ao lIm° Comandante do 4° Batalhão de Policia Militar, que aquela autoridade, tome as medidas cabíveis para que seja intensificadas as rodas Policiais e fiscalização da concentração de_x000D_
 pessoas, no Sitio Serra de Aires, em nosso Município, a fim de combater e inibir as ações de pessoas mal intencionadas que cheguem a frequentar a referida Iocalidade.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1008/requerimento_015.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1008/requerimento_015.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que a mesma, juntamente com a Secretaria de Agricultura, viabilize, o abastecimento de água potável, através de carro pipa, a cada 30 dias, para os munícipes que residem na área rural, tendo em vista que estão passando de 60 a 70 dias para o abastecimento,_x000D_
 deixando faltar agua nas propriedades rurais. Deste modo, disponibilizar caminhões pipas para realização do serviço de atendimento irá beneficiar diversos munícipes que residem na área rural e necessitam de água potável por vários motivos.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1009/requerimento_016.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1009/requerimento_016.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que a mesma, juntamente com os órgãos competentes, viabilize a instalação de “BOX CROSS TRAINING" público em nossa cidade com o objeto de estimular e democratizar o acesso à prática esportiva em todas as idades, baseadas nos princípios do CrossFit, visando a melhoria da qualidade de vida e a promoção da saúde da população, sugiro que tal programa seja desenvolvido em parceria com academias e instrutores devidamente e certificados em CrossFit, com a finalidade de oferecer treinamentos acessíveis e orientados aos cidadãos bezerrenses.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1010/requerimento_017.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1010/requerimento_017.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo ao Exmª. Srª. Deputado Federal, MENDONÇA FILHO, para que, através de Emenda Parlamentar envie recursos para a construção de UMA ESCOLA DE REFERENCIA, UMA CRECHE e UM POSTO DE SAÚDE para o Bairro do Retiro em nosso Município.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1011/requerimento_018.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1011/requerimento_018.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo ao Exmº. Sr. Deputado Estadual CLEBER JOSE DE AGUIAR DA SILVA (CHAPARRAL), que através de Emenda Parlamentar, envie recursos para a construção DE 12 PORCOS ARTESIANOS, sendo eles, distribuídos para o Sitio Côcos, Sitio Riacho Verde, Sitio Boqueirão, Sitio Olho D'agua, Sitio Moreira, Sitio Serra do Aires, Sitio Gamela, Sitio dos Remédios, Distrito de Sapucarana, Sitio Colônia, Sitio Portões e Sitio Lagoa Nova, todos localizados em nosso Município.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1012/requerimento_019_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1012/requerimento_019_1.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Excia., juntamente com as Secretarias e órgãos competentes, viabilize a implantação e implementação, com a possível brevidade, 1 (uma) CRECHE no Bairro de São Pedro, a fim de atender a grande demanda existente no referido bairro, onde as mães precisam trabalhar fora de seus lares e não tem onde deixar seus filhos menores.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1013/requerimento_020_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1013/requerimento_020_1.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, para que V.Exa. envide esforços juntamente com a Governadora do Estado Srª Raquel Lyra, para dar continuidade as obras de abastecimento d’agua do Loteamento João Paulo ll, haja vista que algumas ruas já estão sendo beneficiadas, contudo, faz-se necessário que as demais etapas sejam executadas para atender toda a comunidade daquela Iocalidade, dentro do mais legitimo interesse público.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1014/requerimento_021_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1014/requerimento_021_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exma. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO através da qual se apela a chefe do Executivo Municipal, juntamente com o órgão competente, que sejam efetuados melhoramentos, com máquina Patrol e colocação de piçarro em todas as ruas do Loteamento Joao Paulo ll localizado em nosso Município, em virtude do péssimo estado de conservação em que as mesmas se encontram.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1015/requerimento_022_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1015/requerimento_022_1.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais e atendendo apelo dos comerciantes, que seja formulado apelo a Exma. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Exª, juntamente com a Secretaria de Infra Estrutura e Serviços Urbanos, providencie a construção de canaletas na Rua Dantas Barreto, Iocalizada no centro de nosso Munícipio. O objetivo desta ação é melhorar o escoamento da água das chuvas que devido é grande demanda invadem os estabelecimentos, bem como, melhorar as condições de trafego e mobilidade urbana.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1016/requerimento_024_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1016/requerimento_024_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exma. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que a mesma, juntamente com a Secretaria Serviços Urbanos, providencie o calçamento nas Ruas: Manoel Caetano da Silva, Angelo Grise e 1ª, 2ª, 3ª, 4ª, 5ª e 6ª Travessa Ubirajara Portela, todas localizadas no bairro do Retiro em nosso Município</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1017/requerimento_025_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1017/requerimento_025_1.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exma. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que a mesma, juntamente com a Secretaria Serviços Urbanos, providencie o complemento do calçamento da Rua José Taumaturgo Sobrinho, até chegar a PE que dá acesso a piscina de Geová localizada no bairro do Retiro em nosso Município</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1018/requerimento_026_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1018/requerimento_026_1.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro a Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exma. Srª’. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Excia, juntamente com a Secretaria competente viabilize a recuperação das estradas com maquina patrol, cagamba e enchedeira nas estradas que dão acesso aos Sítios: Jurubeba e Bento Velho, ambos localizados no Bairro de Encruzilhada de São João em nosso Município, tendo em vista que as referidas estradas encontram-se intransitáveis.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1019/requerimento_027_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1019/requerimento_027_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, atendendo solicitação dos moradores, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exma. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que a mesma, juntamente com a Secretaria Serviços Urbanos, viabilize, com a máxima urgência possível, a instalação de quebra-molas nas seguintes ruas do bairro de Encruzilhada de São Joao, em nosso Município: Rua Professora Margarida (Rua do Campo), Rua José Francisco de Assis (Rua do Correio), Rua José Ferreira de Azevedo (Rua da Escola), Rua João Tavares (Praça Academia da SGUCIG).</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1020/requerimento_028_2.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1020/requerimento_028_2.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro a Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exma. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria competente viabilize a recuperação das estradas que dão acesso aos Sítios Assentamento Canavieira, Pedra Preta, Guaribas de Cima, Guaribas de Baixo, Sitio Quilombos e Gruta do Mel, todas localizadas no Distrito de Boas Novas em nosso Município, solicito ainda, que seja feita a conclusão da estrada principal de Boas Novas, bem como da estrada do Sitio São Domingos, que dá acesso aos Distritos de Boas Novas e Sapucarana.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1021/requerimento_029.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1021/requerimento_029.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimentos de minha autoria, Requeiro é Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exma. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Excia, juntamente com a Secretaria e/ou órgão competente, viabilize a construção de um MURO DE ARRIMO no cais perto da linha férrea de nosso Município, tendo em vista que devido chuvas o referido muro está deteriorado.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1022/requerimento_030_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1022/requerimento_030_1.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exma. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Saúde de nosso Município, viabilize para que o laboratório Municipal faça todos os seguintes exames: TSH, T3,T4, ionograma, Na, K, toxoplasmose, rubéola, citomegaiovirus, coobs direito e indireto, tendo em vista que é de grande impotência para a população, e especialmente necessários para mulheres gestantes, solicito ainda que seja estudada a possibilidade de aquisição das maquinas laboratoriais, uma vez que, adquiridas, vão trazer economia para o município, e não será preciso alugar de terceiros, e que inclua nos exames realizados em nosso Município o exame de eletroencefalograma e contratação de médico gastro.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1037/requerimento_n_031_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1037/requerimento_n_031_2024.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V. Exª, estude a possibilidade de voltar a distribuição de peixes, na Semana Santa, para a população mais carente do Município, levando em consideração que o consumo de peixe na Semana Santa é uma tradição para muitas famílias e esse requerimento tem como objetivo possibilitar à população o acesso a esse tipo de alimento.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1038/requerimento_n_032_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1038/requerimento_n_032_2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO através da qual se apela a chefe do Executivo Municipal, juntamente com o órgão competente, que sejam tomadas as providencias necessárias para aquisição ou manutenção do aparelho de Raio x Odontológico do CEO- Centro de Especialidades Odontologias de nosso Município, considerando-se que, nesta área de atendimento tão específica, existe a necessidade de que todos os aparelhos estejam sempre em perfeito funcionamento e a presença de um técnico em equipamentos utilizados em odontologia é de fundamental importância, e considerando ainda_x000D_
 que chegaram informações de que os referido equipamento está quebrado há alguns meses obrigando os usuários a pagarem por esse serviço, em clinicas particulares.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1039/requerimento_n_033_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1039/requerimento_n_033_2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO através da qual se apela a chefe do Executivo Municipal, juntamente com o órgão competente, que sejam tomadas as providencias necessárias para implantação de rampas de deficiência ou com mobilidades reduzidas nas Secretarias de Educação acesso para pessoas com e de Cidadania. Sendo assim, no anseio em atender e promover a acessibilidade das pessoas a tudo que as torna cidadã, é o que que se busca através deste requerimento, a análise de viabilidade pela implantação das rampas de acesso junto ao local indicado.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1040/requerimento_n_034_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1040/requerimento_n_034_2024.pdf</t>
   </si>
   <si>
     <t>Requeiro á Mesa, ouvido o Plenário, atendendo solicitação dos moradores e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Excia., juntamente com as Secretarias e órgãos competentes, viabilize a construção e implantação de uma praça no bairro São Pedro.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1041/requerimento_n_036_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1041/requerimento_n_036_2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Excia, juntamente com o Dept° de Iluminação Pública de nosso Município, que seja restabelecida a iluminação dos postes localizados no Sítio Mulungu, logo após o presidio.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1042/requerimento_n_037_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1042/requerimento_n_037_2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V. Exª, juntamente com a Secretaria de Serviços Urbanos, providencie o saneamento e calçamento das Ruas 8, 9 e 10, localizadas no bairro da Gameleira, em nosso Município, tendo em vista que quando chove o esgoto a céu aberto transborda, impossibilitando a passagem e causando transtornos aos moradores daquela localidade, inclusive dificultando o acesso das crianças que vão para a escola.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1043/requerimento_n_038_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1043/requerimento_n_038_2024.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V. Exa., através das Secretarias e órgãos Competentes, viabilize a aquisição de carro tipo frigorifico para ser usado no transporte das carnes do açougue público de nosso Município.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1044/requerimento_n_039_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1044/requerimento_n_039_2024.pdf</t>
   </si>
   <si>
     <t>Requeiro á Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª Srª SIMONE SANTANA, Deputada Estadual de Pernambuco, que V.Exª envide esforços, através de Emenda Parlamentar no valor de R$ 200.000,00 (duzentos mil reais) para a reforma do antigo prédio onde funcionava a Escola Municipal Vicente Ferreira com o intuito do referido prédio ser usado para a instalação de uma Creche Municipal no Distrito de Boas Novas nosso Município.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1045/requerimento_n_040_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1045/requerimento_n_040_2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. RAQUEL LYRA, Governadora do Estado de Pernambuco, solicitando a pavimentação asfáltica da estrada que liga a BR 232 ao Distrito de Boas Novas, em nosso Município, totalizando 12 km de comprimento, a qual encontra-se grandemente danificada, causando problemas para a entrega de insumos, e escoamento da produção._x000D_
 Diante do exposto, por se tratar de demanda pautada no interesse social, para que a população realize suas tarefas básicas, solicito que tal manutenção seja feita com a máxima celeridade possível.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1046/requerimento_n_041_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1046/requerimento_n_041_2024.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Exª, inclua no Plano de Governo a aquisição de um terreno para construção de uma Praça com equipamentos para prática de exercícios físicos e recreação infantil na Comunidade Quilombolas, tendo em vista que o moradores da localidade sentem a necessidade de um espaço de lazer que possibilite interação social.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Fia de Cajazeiras</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1047/requerimento_n_042_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1047/requerimento_n_042_2024.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro á Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V. Exa., juntamente com a Secretaria de Serviços Públicos, tome providencias para que seja feito o calçamento da Rua Nossa Senhora Aparecida (conhecida como rua da Bolsa) e Rua do Campo, ambas localizadas em Areias, em nosso Município.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1048/requerimento_n_043_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1048/requerimento_n_043_2024.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município. MARIA LUCIELLE SILVA LAURENTINO, que V.Exa, juntamente com a Secretaria de Serviços Públicos, viabilize a construção de uma Praça na Rua da Bolsa, localizada em Areias, em nosso Município.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1049/requerimento_n_044_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1049/requerimento_n_044_2024.pdf</t>
   </si>
   <si>
     <t>Requeiro á Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO que V,Exª juntamente com a Secretaria Serviços Urbanos, providencie a capinação e o complemento do calçamento em todas as ruas do Loteamento Portal da Serra (Mororó) em nosso Município.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1050/requerimento_n_045_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1050/requerimento_n_045_2024.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que S.Exª juntamente com as Secretarias competentes, inclua no calendário de eventos do Município, a volta do Projeto “SÃO JOÃO NOS BAIRROS”, com o intuito de dar oportunidade para os comerciantes que não conseguem comercializar na Serra Negra e para a população em geral que, por algum motivo, não tem como ir até o referido Distrito para vivenciar os festejos juninos, por isso vi no projeto uma forma de amenizar essas dificuldades.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1051/requerimento_n_046_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1051/requerimento_n_046_2024.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Exª. juntamente com a Secretaria competente, providencie, com a máxima urgência possível, um Mutirão de Limpeza para retirada de metralhas em todo bairro Santo Amaro I e II. em nosso Município. Solicito ainda,_x000D_
 que seja feita a restruturação das ruas do referido bairro, com colocação de piçarro e nivelamento com a máquina PATROL, em virtude do péssimo estado de conservação em que as mesmas se encontram.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1052/requerimento_n_047_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1052/requerimento_n_047_2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Exª. juntamente com a Secretaria competente, providencie, com a máxima urgência possível a iluminação dos postes que estão apagados em todo Loteamento São Rafael, em nosso Município. Solicito ainda, que seja feita a restruturação das ruas do referido loteamento, com colocação de piçarro e nivelamento com a máquina PATROL, em virtude do péssimo estado de conservação em que as mesmas se encontram.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1053/requerimento_n_048_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1053/requerimento_n_048_2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que a mesma, juntamente com a Secretaria Serviços Urbanos, viabilize, com a máxima urgência possível, reparo na rede de esgoto da Rua Josefa Guilhermina de Oliveira, localizada no bairro são Pedro, próximo ao Estádio Tenente Luiz Gonzaga em nosso Município_x000D_
 tendo em vista que o referido esgoto, por estar obstruído, transborda e invade a calçada de algumas residências.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1054/requerimento_n_049_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1054/requerimento_n_049_2024.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V. Exa., juntamente com a Secretaria de Serviços Públicos, tome providências para que seja feito o calçamento da Rua Nossa Senhora Aparecida (conhecida como rua da Bolsa) e Rua do Campo, ambas localizadas em Areias, em nosso Município.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1055/requerimento_n_050_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1055/requerimento_n_050_2024.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª Srª. Prefeita deste Município MARIA LUCIELLE SILVA LAURENTINO, que V.Exª juntamente com as Secretarias de Saúde e Cidadania, viabilize a contratação de um (a) COORDENADOR (A) com especialização, para acompanhamento de todos os direitos que irão favorecer as crianças, jovens e adultos portadoras de Síndrome de Down, Autismo e outras comorbidades, de nosso Município.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1056/requerimento_n_051_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1056/requerimento_n_051_2024.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V. Excia., viabilize a reativação das câmeras de segurança e monitoramento em pontos estratégicos da cidade para ajudar no combate à criminalidade, tendo em vista a grande quantidade de roubos e furtos em mercados, postos de gasolina, estabelecimentos comerciais, motocicletas e moradores em geral, e as Câmeras ajudariam a desvendar esses crimes e seriam de grande valia para nosso Município.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1026/requerimento_n_52_-_reforco_de_seguranca_nas_pracas_em_horarios_de_celebracoes_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1026/requerimento_n_52_-_reforco_de_seguranca_nas_pracas_em_horarios_de_celebracoes_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que respeitado o Art. 5º, VI CF/88, que diz: “é inviolável a liberdade de consciência e de crença, sendo assegurado o livre exercício dos cultos religiosos e garantida, na forma da lei, a proteção aos locais de culto e a suas liturgias” seja reforçado a manutenção da ordem e do silêncio nas praças de nossa cidade, bem como a não realização de atividades esportivas, durante os horários de atividades religiosas nas Igrejas e templos de nossa cidade.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1025/requerimento_053_tatai.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1025/requerimento_053_tatai.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Infra Estrutura e Serviços Urbanos, providencie a COLOCAÇÃO DE TRAVAS DE FERRO NO BECO DA RUA JOSE AMERICO TORRES , para proibição de passagem de motos no Bairro  São Sebastião , localizado em nosso município.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1030/1904202403_20240419_0001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1030/1904202403_20240419_0001.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
 seja formulado apelo a Exm". Sr". Prefeita deste Município., MARIA LUCIELLE SILVA_x000D_
 LAURENTINO, que V.Exª, juntamente com a Secretaria de Serviços Urbanos, providencie o_x000D_
 complemento do calçamento Travessa Laurindo Felix, localizada no bairro São Pedro em nosso_x000D_
 Município</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1036/requerimento_ade_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1036/requerimento_ade_2024.pdf</t>
   </si>
   <si>
     <t>Requerimento solicitando a instalação de uma lombada eletrônica na BR 232, nas imediações da Maravilha Motos e Weneza  construção.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1061/29042024_002.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1061/29042024_002.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumprida todas as formalidades regimentais, que seja formulado apelo a Exma, Sra Prefeita deste Município,_x000D_
 MARIA LUCIELLE SILVA LAURENTINO, para que Juntamente com a Secretaria de Infra Estrutura, viabilize a instalação de 02 postes com luminárias na rua;_x000D_
 Josefa Guilhermina de Oliveira, próximo ao campo de futebol Tenente Luiz Gonzaga,</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1062/requerimentonathan_20240501_0001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1062/requerimentonathan_20240501_0001.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
 seja formulado apelo a Exmª'. Sraª. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
 LAURENTINO, que V. EXª juntamente com a Secretaria de Serviços Urbanos, providencie o_x000D_
 complemento do calçamento da Rua Josefa Guilhermina de Oliveira, localizada no bairro São Pedro_x000D_
 em nosso Município</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1071/requerimento_tatai.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1071/requerimento_tatai.pdf</t>
   </si>
   <si>
     <t>colocação de piçarro na estrada vicinal ao lado da BR 232 dando inicio na antiga churrascaria de caju e finalizando no rancho da pamonha</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1081/requerimentonathansinalizacaoconego2024_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1081/requerimentonathansinalizacaoconego2024_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que _x000D_
 seja formulado apelo à Exmaª. Sraª. Prefeita deste Município, MARIA LUCIELLE SILVA _x000D_
 LAURENTINO, que V.Exaª., juntamente com a Secretaria de Serviços Urbanos e o _x000D_
 Debetrans, providencie melhorias nas sinalizações em frente à Escola Cônego Alexandre _x000D_
 Cavalcanti.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1083/requerimento_extraordinaria.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1083/requerimento_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
 formulado apelo ao Exm°. Sr. DIOGO LEMOS MELO, Presidente desta Casa Legislativa, solicitando_x000D_
 que seja feita uma reunião extraordinária, na próxima quarta-feira, para votação do Projeto de Lei n°_x000D_
 003/2024 que regulamenta no município dos Bezerros (PE), a nova metodologia de confinanciamento_x000D_
 federai do piso de atenção primária á saúde - APS, no âmbito do sistema único de saúde (sus), que_x000D_
 autoriza o pagamento da gratificação por desempenho na atenção primária à saúde, e dá outras_x000D_
 providências, de autoria do Poder Executivo Municipal, tendo em vista a urgência do referido Projeto.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1084/reqyerimento_raquel_lyra.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1084/reqyerimento_raquel_lyra.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
 formulado apelo a Exm®. Sr^. RAQUEL LYRA, Governadora do Estado de Pernambuco, solicitando_x000D_
 uma operação TAPA BURACO na PE 119 que liga a BR 232 ao Distrito de Sapucarana, em nosso_x000D_
 Município, a qual encontra-se grandemente danificada, causando problemas para a entrega de_x000D_
 insumos, e escoamento da produção._x000D_
 Diante do exposto, por se tratar de demanda pautada no interesse social, para que a_x000D_
 população realize suas tarefas básicas, solicito que tal manutenção seja feita com a máxima celeridade_x000D_
 possível.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1085/requerimento_acougue.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1085/requerimento_acougue.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, atendendo reivindicações da_x000D_
 população ouvido 0 Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo_x000D_
 a Exm^ Sr". Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela_x000D_
 autoridade, através da Secretaria competente, viabilize a instalação de um açougue nos prédios onde_x000D_
 funcionavam as Escolas Municipais: Presidente Kennedy e Wilson Santa Cruz, no bairro Asa Branca_x000D_
 em nosso Município, tendo em vista que as carnes estão sendo comercializadas em bancos de feira,_x000D_
 diante disso faz-se necessário que sejam adotadas medidas para a melhoria na qualidade dos_x000D_
 alimentos vendidos bem como, nas condições de trabalhos dos próprios feirantes.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1086/requerimento_estrada.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1086/requerimento_estrada.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja_x000D_
 formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
 LAURENTINO, que V.Excia, juntamente com a Secretaria competente viabilize a recuperação_x000D_
 das estradas com maquina patrol, caçamba e enchedeira da TV® IMACULADA CONCEIÇÃO E_x000D_
 DA ESTRADA QUE LIGA O SITIO VARZINHA, tendo em vista que as referidas estradas_x000D_
 encontram-se intransitáveis.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1088/camscanner_27-05-2024_10.211.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1088/camscanner_27-05-2024_10.211.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Exª junto a secretaria de esportes a implementação de um projeto voltado à promoção da saúde e bem-estar da nossa comunidade, intitulado "Bezerros Saudável". Esta iniciativa visa incentivar hábitos saudáveis entre os cidadãos através de atividades físicas e orientação nutricional, contribuindo assim para a melhoria da qualidade de vida de todos. A proposta consiste em destinar uma via pública para uso exclusivo de caminhantes, corredores e ciclistas em dois dias da semana, a partir das 18h. As opções de vias sugeridas são:_x000D_
 1. A via que vai do Santo Amaro até o cemitério._x000D_
 2. A lateral da igreja da Praça da Bola até o Colégio Nossa Senhora das Dores._x000D_
 Para a execução do projeto, a Prefeitura poderia disponibilizar os seguintes recursos:_x000D_
 - *Educador Físico*: Responsável por ministrar aulas de dança e outras atividades físicas._x000D_
 - *Nutricionista*: Para oferecer atendimento e orientação nutricional aos participantes, utilizando um toldo ou ônibus da Secretaria de Saúde._x000D_
 - *Guarda Municipal*: Para realizar o fechamento das extremidades da avenida, garantindo a segurança dos participantes_x000D_
 Este modelo já foi adotado com sucesso em outras cidades do Estado, resultando em benefícios significativos para a saúde pública e a integração social._x000D_
 Agradecemos a atenção e colocamo-nos à disposição para quaisquer esclarecimentos necessários. Esperamos que esta proposta seja avaliada positivamente e que possamos, juntos, promover um estilo de vida mais saudável para nossa comunidade.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1093/requerimento_da_rua_nestor_cesar_.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1093/requerimento_da_rua_nestor_cesar_.pdf</t>
   </si>
   <si>
     <t>Requerimento para calçamento da rua Nestor César, bairro: alto das quixabas.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1097/requerimento_atendimento_psicologico.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1097/requerimento_atendimento_psicologico.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
 Secretaria de Saúde, viabilize a implementação de um programa de formulado apelo a Exm. Sr“. Prefeita deste Município_x000D_
 V.Ex®. juntamente com a_x000D_
 atendimento psicológico na comunidade de Boas Novas.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1102/requerimento_sapucarana.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1102/requerimento_sapucarana.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa , ouvido o plenário,  cumpridas todas formalidades regimentais que seja formulado apelo a Exmª  Srª , Prefeita desta Município MARIA LUCIELLE SILVA LAURENTINO, que V.excia., viabilize , com brevidade possivel a reposição do calçamento da Rua Principal do Distrito de Sapucarana, visto que a referida encontra-se com buracos, causando grandes transtornos aos motoristas, pedestres e moradores daquela localidade , faça um paliativo imediato com a colocação de  piçarro</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1105/requerimento_gsp_tatai.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1105/requerimento_gsp_tatai.pdf</t>
   </si>
   <si>
     <t>requeiro a mesa , ouvido o plenário, cumprida todas formalidades regimentais que seja formulado apelo a Exmª, Srª Prefeita deste  município, MARIA LUCIELLE SILVA LAURENTINO , que aquela autoridade , juntamente com a gerencia de segurança publica , GSP , que seja feita rondas ostensivas no loteamento João Paulo II, onde a mesma localidade vem sofrendo constantes furtos trazendo sensação de insegurança naquela localidade</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1106/requerimento_joao_paulo_picarro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1106/requerimento_joao_paulo_picarro.pdf</t>
   </si>
   <si>
     <t>requeiro a mesa , ouvido o plenário e cumpridas  todas as formalidades regimentais que seja formulado apelo a Exmª Srª Prefeita do Município , MARIA LUCIELLE SILVA LAURENTINO , que V.Exª, juntamente com a secretaria competente , providencie , com a máxima urgência possível a iluminações dos postes que estão apagados em todo loteamento João Paulo II , em nosso município  solicito ainda , que seja feita a restruturação das ruas do referido loteamento, com colocação de piçarra e nivelamento com a maquina patrol , em virtude do péssimo estado de conservação em as mesmas se encontram</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1108/sao_joao_do_bairro_do_salgado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1108/sao_joao_do_bairro_do_salgado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm^ Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO que S.Ex^, juntamente com as Secretarias competentes, inclua no calendário de eventos do Município como abertura dos festejos juninos de nosso Município o “SÃO JOÃO DO BAIRRO DO SALGADO", tendo em vista que essa festa já é realizada a 13 anos.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1109/posto_de_saude_santo_amaro_2.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1109/posto_de_saude_santo_amaro_2.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exm®. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Ex^, juntamente com os órgãos competentes, viabilize a volta do Posto de Saúde do bairro de Santo Amaro II, tendo em vista que o referido necessita um urgentemente de uma Unidade Básica de Saúde — UBS, para melhoria do atendimento na região e, também, para maior comodidade, vez que as famílias se obrigam a deslocar-se para outros bairros quando necessitam de atendimento médico. Com isso se faz necessária à instalação de Posto de Saúde, para atender as demandas da população local e bairros vizinhos, evitando assim 0 desconforto, principalmente com o deslocamento de doentes até os bairros vizinhos que já estão sobrecarregados.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1110/cozinha_comunitaria_na_gamelerira.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1110/cozinha_comunitaria_na_gamelerira.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, extensivo a Secretaria Competente, no sentido de envidar esforços para realizar estudos e execução para que junto ao governo estadual, adquirir uma Cozinha Comunitária para o bairro da Gameleira em nosso Município para garantia de acesso a uma refeição saudável e adequada para os que estão em situação de vulnerabilidade social e insegurança alimentar e nutricional.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1115/requerimento_paulo_viana_de_queiroz.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1115/requerimento_paulo_viana_de_queiroz.pdf</t>
   </si>
   <si>
     <t>reiterando o requerimento n° 111/2022do vereador Carlos Eduardo da Silva Lima , requeiro a mesa . ouvido o plenário e cumpridas todas formalidades regimentais, que seja formulado apelo a Exmª Srª prefeita de Município , MARIA LUCIELLE SILVA LAURENTINO ,  que aquela  autoridade  , juntamente com a secretaria competente, providencie, a colocação de ASFALTO  na Avenida Dr. Paulo Viana de Queiroz (rua da escola professora maria Ana ), localizada no bairro são Sebastiao em nosso município tendo em vista a grande movimentação de veículos que trafegam no perimetro por conta da instituição de ensino que existe naquela localidade , tanto quanto toda população residente desses bairros .</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1124/requerimento_ze_amaro_julho.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1124/requerimento_ze_amaro_julho.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A MESA, QUE ATRAVÉS DA SECRETARIA COMPETENTE, VIABILIZE A INSTALAÇÃO DE ABRIGOS, TIPO CORETOS, NA PRAÇA IMACULADA CONCEIÇÃO, PARA SEREM USADOS PELOS MUNÍCIPES, QUE FREQUENTAM A REFERIDA PRAÇA, TENDO EM VISTA A FALTA DE LOCAIS ADEQUADOS PARA OS MORADORES QUE SE REÚNEM PARA JOGAR DOMINÓ, CUJA A PRATICA JÁ VIROU ROTINA. ALEM DOS JOGOS, OS REFERIDOS CORETOS, IRÃO PROPORCIONAR RODAS DE CONVERSAS, LAZER E PASSATEMPO DA POPULAÇÃO.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1130/05082024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1130/05082024.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro à Mesa, ouvido o Plenário, cumpridas_x000D_
 todas as formalidades regimentais que seja formulado apelo a Exm^. Sr^. Prefeita deste Município,_x000D_
 MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria_x000D_
 competente viabilize a recuperação das estradas que dão acesso aos Sítios: Assentamento_x000D_
 Canavieira, Pedra Preta, Guaribas de Cima, Guaribas de Baixo, Sítio Quilombos e Gruta do Mel,_x000D_
 todas localizadas no Distrito de Boas Novas em nosso Município, solicito ainda, que seja feita a_x000D_
 conclusão da estrada principal de Boas Novas, bem como da estrada do Sítio São Domingos, que_x000D_
 dá acesso aos Distritos de Boas Novas e Sapucarana.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1131/05082024_001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1131/05082024_001.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro à Mesa, ouvido o Plenário e cumpridas_x000D_
 todas as formalidades regimentais, que seja formulado apelo a Exm"*. Sr7 Prefeita deste Município,_x000D_
 MARIA LUCIELLE SILVA LAURENTINO através da qual se apela ao chefe do Executivo_x000D_
 Municipal, no sentido de serem, através do órgão competente, efetuados melhoramentos NAS_x000D_
 estradas vicinais dos Sítios: Camaratuba I e II, Mondé do Junco, Junco, Mocós, Sapucaia Grande,_x000D_
 São Domingos, Onça e Serra de Aires, todas localizadas no Distrito de Sapucarana, em nosso_x000D_
 Município.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1136/requerimento_vando_placas.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1136/requerimento_vando_placas.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
 formulado apelo a Exm Sr. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que_x000D_
 aquela autoridade, juntamente com a Secretaria Competente, providencie todos os tipos de_x000D_
 sinalizações, entre eles: placas indicativas, sonorizadores, lombadas e até lombadas eletrônicas, se_x000D_
 necessário for, começando do viaduto que dá acesso ao bairro Nossa Senhora Aparecida até a EREM_x0002_Escola de Referência em Ensino Médio de Bezerros, em nosso Município, tendo em vista que os_x000D_
 motoristas e motoqueiros passam em alta velocidade colocando em risco a vida os alunos da escola_x000D_
 EREM e seus respectivos funcionários, bem como a vida dos funcionários das empresas que são_x000D_
 instaladas no parque industrial.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1145/requerimento_072_diogo_ass.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1145/requerimento_072_diogo_ass.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que, diante da extrema dificuldade encontrada pelos estudantes do nosso município em conseguir estágio, venho, penhoradamente, rogar de V. Exa., que determine, de maneira urgente, a viabilização de vagas suficientes e indispensáveis para disponibilização de estágio, especialmente na área da saúde, sem prejuízo da contemplação de outros setores da administração pública.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1146/camscanner_09-09-2024_10.50.47.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1146/camscanner_09-09-2024_10.50.47.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que, considerando a trajetória e a importância cultural de José Francisco Borges, conhecido artisticamente como J. Borges, renomado artista, cordelista, poeta e xilógrafo, natural de Bezerros, reconhecido nacional e internacionalmente pelo seu trabalho de valorização da cultura popular pernambucana; Considerando que o artista, através de sua arte, levou o nome de Bezerros para todo o Brasil e o mundo, sendo um embaixador da cultura nordestina e um dos maiores xilógrafos do país, contribuindo de forma notável para o patrimônio cultural brasileiro; seja prestada uma justa homenagem ao referido artista, através da construção de um monumento ou estátua em praça pública, em sua cidade natal, Bezerros, como reconhecimento de sua contribuição inestimável para a arte e a cultura do município e do Brasil.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1150/requerimento_diogo_lemos_santana.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1150/requerimento_diogo_lemos_santana.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, atendendo solicitação de moradores e  cumpridas todas as formalidades regimentais, que seja formulado apelo a Exa. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Exa., viabilize, com a brevidade possível o calçamento da Rua Projetada, localizada no Bairro Santana, rua do deposito de gás e da casa de material de construção, visto que a referida rua encontra-se com buracos, causando grandes transtornos aos motoristas, pedestres e moradores daquela localidade, (abaixo assinado em anexo).</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1169/requerimento_ade_igreja.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1169/requerimento_ade_igreja.pdf</t>
   </si>
   <si>
     <t>Requeiro á Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais que_x000D_
  seja formulado apelo a Exma. Sra. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, no sentido de que V. Excia. através de Projeto de Lei a ser remetido à apreciação_x000D_
  desta Câmara, disponibilize para doação, um terreno localizado na Av. São José dos Bezerros_x000D_
  com divisa na Rua Sanharó, localizada no residencial Bezerros, para construção de uma Igreja_x000D_
  Católica, tendo em vista que a referida Igreja irá abranger os residências Bezerros, Jurema e_x000D_
  adjacências.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1170/requerimento_ze_amaro_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1170/requerimento_ze_amaro_1.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
  seja formulado apelo a Exm®. Sr®, Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
  LAURENTINO, que V.Ex®. juntamente com a Secretaria competente, providencie, com a máxima_x000D_
  urgência possível, um Mutirão de Limpeza para retirada de entulhos causados pelas podas de_x000D_
  no entorno e proximidades do Terminal Rodoviário de nosso Município.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1171/requerimento_ze_amaro_2.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1171/requerimento_ze_amaro_2.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros, submete_x000D_
  á apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
  PROFUNDO PESAR pelo falecimento da St^. TEREZINHA MARIA PONTES, ocorrido_x000D_
  no dia 16 de outubro do corrente ano, em nosso Município.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1178/requerimento_ade_calcamento.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1178/requerimento_ade_calcamento.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, atendendo solicitação de moradores e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exª. Srª, Prefeita deste Município MARIA LUCIELLE SILVA LAURENTINO, que V. Exa., viabilize, com a brevidade possível o calçamento da Travessa Severino Lima da Silva, por trás do debetrans, visto que a referida rua encontra-se com buracos, causando grandes transtornos aos motoristas, pedestres e moradores daquela localidade.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1184/requerimento-calcamento-nathan-6_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1184/requerimento-calcamento-nathan-6_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª'. Sraª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V. EXª juntamente com a Secretaria de Serviços Urbanos, providencie o calçamento da Rua Jordão Joaquim dos Santos, localizada no bairro São Pedro em nosso Município</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1185/requerimento_vando_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1185/requerimento_vando_1.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria Competente, providencie todos os tipos de sinalizações, entre eles: placas indicativas, sonorizadores, lombadas e até lombadas eletrônicas, se necessário for, começando do viaduto que dá acesso ao bairro Nossa Senhora Aparecida até a EREM - Escola de Referência em Ensino Médio de Bezerros, em nosso Município, tendo em vista que os motoristas e motoqueiros passam em alta velocidade colocando em risco a vida os alunos da escola EREM e seus respectivos funcionários, bem como a vida dos funcionários das empresas que são instaladas no parque industrial.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1186/requerimento_vando_2.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1186/requerimento_vando_2.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa. ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
 formulado apelo a CELPE - COMPANHIA DE ELETRICIDADE DE PERNAMBUCO - NEOENERGIA,_x000D_
 que seja feita a instalação de alguns transformadores elétricos no bairro João Paulo II em nosso_x000D_
 Município, tendo em vista as frequentes quedas de energia no referido bairro, e a grande quantidade_x000D_
 de postes com lâmpadas queimadas, causando transtornos e prejuízos ao moradores daquela_x000D_
 localidade.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1187/requerimento_vando_3.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1187/requerimento_vando_3.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, no sentido de que V. Excia. através de Projeto de Lei remetido à apreciação desta Câmara, disponibilize para doação, um terreno para construção da Sede da Associação dos Bacamarteiros de nosso Município.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1188/requerimento2024_20241104_0001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1188/requerimento2024_20241104_0001.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
 seja formulado apelo à Exma. Sra. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
 LAURENTIN0, que V.Exa., juntamente com a secretaria de serviços urbanos e o_x000D_
 Debetrans, providencie uma equipe do Debetrans para ajudar no fluxo de trânsito em frente_x000D_
 às escolas com maiores fluxos nos horários de chegada e saída dos estudantes.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1189/requerimento_ze_rodoviaria.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1189/requerimento_ze_rodoviaria.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.EXª. juntamente com a Secretaria competente, providencie, com a máxima urgência possível, a pintura das instalações do Terminal Rodoviário de nosso Município.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1190/requerimento_ze_colonia.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1190/requerimento_ze_colonia.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município. MARIA LUCIELLE SILVA LAURENTINO, que V.Exª. Juntamente com a Secretaria competente, providencie, com a máxima urgência possível, a colocação de dois tambores de lixo na entrada do sitio colônia, tendo como referência a casa de neném de Manoel dos santos.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1193/requerimento_tatai_rua_maria_jose_de_arruda.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1193/requerimento_tatai_rua_maria_jose_de_arruda.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa, ouvido o plenário e cumpridas todas as formalidades regimentais , que seja formulado apelo a Exmaª prefeita do Município LUCIELLE SILVA LAURENTINO , que aquela autoridade, juntamente com a secretaria competente , providencie o complemento (aproximadamente 70 metros) do calcamento da Rua Maria Jose de Arruda  localizada no bairro Santana em nosso Municipio.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1200/vando_mendoca_filho.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1200/vando_mendoca_filho.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª Stª Prefeita do Município, MARIA LUCIELLE SILVA LAURENTINO juntamente ao Exm°. Sr. Deputado Federal, MENDONÇA FILHO, para que, através de Emenda Parlamentar envie recursos para aquisição de 2 veículos tipo ônibus, sendo 1 para transportar os idosos do CCI - Centro de Convivência dos Idoso e 1 para transportar as Crianças e Adolescentes do Serviço de Convivência e Fortalecimento de Vínculos da Pessoa com Deficiência de nosso Município.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1201/vando_secretaria_de_esportes.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1201/vando_secretaria_de_esportes.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, no sentido de que seja estudada a possibilidade da volta da Secretaria de Esportes em nosso Município, a fim de proporcionar uma melhor estrutura organizacional às ações voltadas para o desenvolvimento dos esportes em geral, preparando os jovens para a pratica desportiva.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1202/vando_chaparral.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1202/vando_chaparral.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo ao Exmº. Srº. Deputado Estadual CLEBER JOSÉ DE AGUIAR DA SILVA (CHAPARRAL), que V.Exª. elabore um Projeto de Lei que possa beneficiar as associações dos Bacamarteiros de nosso Município.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1206/requerimento_vando_raposa.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1206/requerimento_vando_raposa.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com os órgãos competentes tomem as providências necessárias para que seja feito o complemento da rede de água do Sítio Raposa, tendo em vista que a tubulação está quase toda quebrada.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1207/requerimento_vando_calcamentos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1207/requerimento_vando_calcamentos.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que a mesma, juntamente com a Secretaria Serviços Urbanos, providencie o calçamento nas Ruas: Manoel Caetano da Silva, Ângelo Grise e 1ª, 2ª, 3ª, 4ª, 5ª e 6ª Travessa Ubirajara Portela, todas localizadas no bairro do Retiro, próximas da Creche Vovó Maria Bezerra e Associação do bairro do Retiro, em nosso Município.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1210/requerimento_rogerio_calcamento.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1210/requerimento_rogerio_calcamento.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais_x000D_
 que seja formulado apelo a Exm®. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
 LAURENTINO, que V.Ex^ conclua o calçamento das seguintes ruas do bairro de Encruzilhada de São_x000D_
 João, em nosso Município:</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1218/requerimento_eja_emanuel.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1218/requerimento_eja_emanuel.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja_x000D_
 formulado apelo a Exm^. Sr^. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO_x000D_
 que aquela autoridade, juntamente com a Secretaria de Educação, tome as providências cabíveis_x000D_
 para que seja implantado o EJA CAMPO - Educação de jovens e adultos na comunidade_x000D_
 Quiíombola, em nosso Município.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1219/requerimento_rogerio_agua.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1219/requerimento_rogerio_agua.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria e atendendo reivindicações dos moradores_x000D_
 Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja_x000D_
 formulado apelo a Exm^. Sr". Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO_x000D_
 que V.Ex" juntamente com a Secretaria de Agricultura, providencie a podação das árvores da_x000D_
 Praça Academia das Cidades localizada no bairro de Encruzilhada de São João, em nosso_x000D_
 Município, tendo vista que as referidas árvores estão cobrindo os postes e fiação elétrica.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1221/requerimento_erotides_xavier__tatai.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1221/requerimento_erotides_xavier__tatai.pdf</t>
   </si>
   <si>
     <t>Requerimento a mesa, ouvido o plenário  e cumpridas todas as formalidades regimentais , que seja formulado apelo a Exmª Srª , juntamente com a  secretaria competente , providencie o complemento do calçamento da Rua Herotides Xavier e travessa Rufina Borba , ambas localizadas no bairro_x000D_
 São José em nosso município , ao lado da fabrica de doce KI-DOÇURA.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1227/09122024_001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1227/09122024_001.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa. ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
 seja formulado apelo a Exma. Sra. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
 LAURENTINO, que V.Exa, juntamente com a Secretaria Serviços Urbanos, providencie o_x000D_
 saneamento e calçamento da Rua Paulo Fernando da Silva localizada no bairro Nossa Senhora_x000D_
 Aparecida, em nosso Município.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1228/09122024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1228/09122024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exma Sra. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que V.Exa, juntamente com a Secretaria Serviços Urbanos, providencie o saneamento e calçamento da Rua Ariano Suassuna e Travessa Ariano Suassuna, ambas localizadas no bairro São Rafael, em nosso Município.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1232/requerimento_vando.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1232/requerimento_vando.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que_x000D_
 seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA_x000D_
 LAURENTINO, que V.Exª, juntamente com a Secretaria Serviços Urbanos, providencie o_x000D_
 saneamento e calçamento da Av. Felix Rocha Wanderlei, em frente a Escola Mundo da Criança,_x000D_
 localizada no bairro Santo Amaro 1, em nosso Município.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>MOA</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1032/1904202401_20240419_0001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1032/1904202401_20240419_0001.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros-PE, apresenta à_x000D_
 Mesa Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
 APLAUSOS ao Jovem bezerrense GUILHERME PONTES, pelo notável desempenho no_x000D_
 campeonato de fisiculturismo, onde se consagrou vencedor, trazendo orgulho e reconhecimento_x000D_
 para nossa cidade.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1057/mocao_de_aplauso_0xx_zito_farias_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1057/mocao_de_aplauso_0xx_zito_farias_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao músico, compositor e maestro bezerrense, JOSÉ FARIAS (ZITO FARIAS) pelo recebimento do TÍTULO DE NOTÓRIO SABER EM CULTURA POPULAR, concedido pela Universidade de Pernambuco, na área de música, conforme Resolução CONSUN nº 003/2024, no último dia 23 de abril do corrente ano.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1069/mocao_de_aplausos_diogo.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1069/mocao_de_aplausos_diogo.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO A TODOS QUE FAZEM O HOSPITAL SANTA AGUIDA</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1070/mocao_de_aplausos_2_radio_104.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1070/mocao_de_aplausos_2_radio_104.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO A TODOS QUE FAZEM A RADIO 104 FM BEZERROS</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1082/mocao_de_aplauso_morgana_bernardo_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1082/mocao_de_aplauso_morgana_bernardo_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS a cantora, multi-instrumentista e artista, MORGANA BERNARDO por ter se sagrado CAMPEÃ da edição 2024 do VEM CANTAR FORRÓ, promovido pela Tv Asa Branca, com final realizada no último dia 25 de maio do corrente ano.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1100/mocao_de_aplauso__parque_rufina_borba.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1100/mocao_de_aplauso__parque_rufina_borba.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO , PARQUE DE VAQUEJADA RUFINA  BORBA</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1113/mocao_de_aplausos_jose_henrique.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1113/mocao_de_aplausos_jose_henrique.pdf</t>
   </si>
   <si>
     <t>o subscritor da presente , vereador da câmara municipal dos Bezerros , submete ao plenário desta casa Legislativa, cumpridas todas as formalidades regimentais , MOÇÃO DE APLAUSO ao Sr. JOSE HENRIQUE BEZERRA DA SILVA , pela organização da PEGA DE BOI de nosso município, tendo em vista a importância das festas tradicionais bem como o empenho a dedicação e a satisfação de preserva uma tradição que remonta as raízes da cidade</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1122/mocap_de_aplausos_ade_motos_agosto.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1122/mocap_de_aplausos_ade_motos_agosto.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao efetivo dos Debetrans, em_x000D_
 nome do Erisvaldo Pereira do Nascimento Júnior, Filipe Gutemberg da Silva,_x000D_
 Marcelo Francisco Félix de Santana, Ramon Rodrigues José Barreto, Natan_x000D_
 Fabrício da Silva Moreira, Luiz Francisco da Silva Filho, Álvaro da Cunha Calado, e_x000D_
 Fernanda Gabriela Lima Soares,que com agilidade e coragem, foram fundamentais_x000D_
 em uma ação para conter um incêndio que poderia ter causado danos irreparáveis_x000D_
 no dia 29 de junho na Serra Negra.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1165/mocao_de_aplausos_rogerio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1165/mocao_de_aplausos_rogerio.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros-PE, apresenta_x000D_
  á Mesa Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais_x000D_
  MOÇÃO DE APLAUSOS as equipes de alunos da ECIM NELSON CASTANHA, na pessoa_x000D_
  do Gestor GILMAR GONÇALVES DA SILVA, que foram campões no XVII JEB’S JOGOS_x000D_
  ESCOLARES DE BEZERROS, sendo a escola da rede municipal que pontuou mais nos_x000D_
  quesitos das modalidades individual é grupo. Com isso recebemos o troféu de Campeão Geral_x000D_
  da rede municipal.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1175/mocao_de_aplausos_ade.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1175/mocao_de_aplausos_ade.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros-PE, apresenta_x000D_
  à Mesa Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais,_x000D_
  MOÇÃO DE APLAUSOS ao Sr. WELLINGTON WAGNER DE ARAÚJO GUIMARAES, pelo_x000D_
  brilhantismo e sucesso na organização e entrega da premiação de o “TOP OURO” conferido_x000D_
  aos empresários, profissionais e empreendedores escolhidos por indicação pública em_x000D_
  pesquisa realizada em nosso Município. Esse evento realizado anualmente em nossa cidade,_x000D_
  confere aos premiados o reconhecimento público pela atuação eficiente e exemplar de cada_x000D_
  área de atuação, contribuindo diretamente e indiretamente para o desenvolvimento_x000D_
  econômico e social de nosso município.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1195/mocao_de_aplauso_diane_wellman_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1195/mocao_de_aplauso_diane_wellman_assinado.pdf</t>
   </si>
   <si>
     <t>MISSIONÁRIA DIANE WELLMAN - Presidente do Ministério IMJC no Brasil, pelos 50 anos de fundação da Igreja Mundial de Jesus Cristo em Pernambuco, de modo muito especial na nossa cidade, onde além da Igreja possui o Lar Pequeno Filho de Deus que desempenha uma função educativa, social e espiritual a crianças e suas famílias em situação de vulnerabilidade.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1222/mocao_samuel_dias.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1222/mocao_samuel_dias.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros-PE, apresenta à Mesa_x000D_
 Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
 APLAUSOS ao Sr. SAMUEL SANTOS, Digníssimo Secretário Municipal de Infraestrutura, pelo_x000D_
 excelente trabalho que vem desempenhando em nosso Município à frente da referida Secretaria,_x000D_
 agindo sempre com lisura, moral e responsabilidade._x000D_
 Isso posto, solicito, ainda, que do teor desta, seja dado conhecimento ao homenageado_x000D_
 externando os votos de parabéns do Legislativo bezerrense em nome de toda população.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1223/mocao_thais_santos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1223/mocao_thais_santos.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros-PE. apresenta à Mesa_x000D_
 Diretora desta Casa Legislativa, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
 APLAUSOS a Sr^. THAÍS SANTOS, Digníssima Secretária Municipal de Agricultura, pelo excelente_x000D_
 trabalho que vem desempenhando em nosso Município à frente da referida Secretaria, agindo_x000D_
 sempre com lisura, moral e responsabilidade._x000D_
 Isso posto, solicito, ainda, que do teor desta, seja dado conhecimento à homenageada,_x000D_
 externando os votos de parabéns do Legislativo bezerrense em nome de toda população.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>MOP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1023/020_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1023/020_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PROFUNDO PESAR pelo falecimento do Sr. JOSÉ ARNALDO DA SILVA (NALDINHO), residente no bairro do Cruzeiro, ocorrido no último dia 04 de abril de 2024.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1034/mocao_de_pesar_rogerio_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1034/mocao_de_pesar_rogerio_2024.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros, submete à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE PROFUNDO PESAR pelo falecimento da Srª. ROSA DA SILVA ALMEIDA COSTA, ocorrido no último dia 12 de abril do corrente ano, em nosso Município.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1059/29042024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1059/29042024.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PROFUNDO PESAR pelo falecimento do Sr. LUIZ BEZERRA DA SILVA, ocorrido no último dia 18 de abril do corrente ano, em nosso Município.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1060/29042024_001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1060/29042024_001.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PROFUNDO PESAR pelo falecimento da Sr. SEVERINO BRAYNER DA SILVA (BlU DE CABOCLA), residente no Cruzeiro, ocorrido no último dia 12 de abril do corrente ano.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1068/mocao_de_pesar_2024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1068/mocao_de_pesar_2024.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros, submete_x000D_
 à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
 PROFUNDO PESAR pelo falecimento da Sra. MARIA AURINETE DA SILVA BEZERRA_x000D_
 (conhecida por Dona Nete), ocorrido no último dia 05 de maio do corrente ano, em nosso_x000D_
 Município.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1072/mocao_de_pesar_rogerio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1072/mocao_de_pesar_rogerio.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros, submete à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE PROFUNDO PESAR pelo falecimento da Sr. JOÃO GOMES DE LIMA, ocorrido no último dia 10 de maio do corrente ano, ocorrido no município de Caruaru.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1080/mocaodepesarpaidejesus2024_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1080/mocaodepesarpaidejesus2024_assinado.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros, submete à _x000D_
 apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE _x000D_
 PROFUNDO PESAR pelo falecimento do Sr. Antônio Severino Da Silva (pai do ex vereador _x000D_
 Jesus), ocorrido no último dia 19 de maio do corrente ano, em nosso município._x000D_
 Da decisão desta Casa dê-se ciência à família enlutada, com os pêsames dos que fazem _x000D_
 esta Casa legislativa.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1089/camscanner_27-05-2024_10.21.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1089/camscanner_27-05-2024_10.21.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros, submete à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE PROFUNDO PESAR pelo falecimento da Srª. NAIR CELIA AZEVEDO AMORIM (conhecida por Naizinha), ocorrido no último dia 18 de maio do corrente ano, em nosso município._x000D_
 	_x000D_
 Da decisão desta Casa, dê-se ciência à família enlutada, com os pêsames dos que fazem esta Casa legislativa._x000D_
 	_x000D_
 	_x000D_
 	_x000D_
 		Câmara Municipal dos Bezerros, 20 de maio de 2024._x000D_
  _x000D_
 _x000D_
 _x000D_
 _x000D_
 LUIS CABRAL SALES DE AZEVEDO MELO FILHO_x000D_
 Vereador</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1094/mocao_deoclecio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1094/mocao_deoclecio.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros, submete_x000D_
 à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
 PROFUNDO PESAR pelo falecimento do Sr. JOSÉ DEOCLECIO DE OLIVEIRA_x000D_
 (conhecido por Deoclecio de Biró), ocorrido no último dia 28 de maio do corrente ano,_x000D_
 na cidade de Caruaru-PE.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1095/mocao_jose_antonio.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1095/mocao_jose_antonio.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros, submete_x000D_
 á apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÀO DE_x000D_
 PROFUNDO PESAR pelo falecimento do Sr. JOSÉ ANTONIO DA SILVA (conhecido_x000D_
 por Miuda), ocorrido no último dia 27 de maio do corrente ano, na cidade de Caruaru_x0002_PE.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1099/mocao_de_poesar_fatima.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1099/mocao_de_poesar_fatima.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR , MARIA DE FATIMA VASCONCELOS</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1118/mocao_de_pesar_branco.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1118/mocao_de_pesar_branco.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros, submete_x000D_
 à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
 PROFUNDO PESAR pelo falecimento do Sr. DANIEL FERREIRA DE ANDRADE_x000D_
 ocorrido no último dia 20 de junho, em nosso Município.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1121/mocao_j_borges.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1121/mocao_j_borges.pdf</t>
   </si>
   <si>
     <t>Moção de pesar José Francisco Borges J. Borges.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1125/mocao_de_pesar_rose_pasini.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1125/mocao_de_pesar_rose_pasini.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros, submete_x000D_
 à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
 PROFUNDO PESAR peio falecimento da Sr^. ROSEANE FERNANDES (ROSE_x000D_
 PASINI), esposa do juiz de Direito Dr. Paulo Alves de Lima, ocorrido no último dia 30 de_x000D_
 julho, na capital Pernambucana.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1129/mocao_de_pesar_2024_diogo_lemos.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1129/mocao_de_pesar_2024_diogo_lemos.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros, submete_x000D_
 à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
 PROFUNDO PESAR pelo falecimento do Sr. JOSÉ FRANCISCO DA SILVA_x000D_
 (conhecido por Zé do Cadeado), ocorrido no último dia 31 de julho do corrente ano._x000D_
 Da decisão desta Casa, dê-se ciência à família enlutada, com os pêsames dos_x000D_
 que fazem esta Casa legislativa.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1135/mocao_de_pesar_jose_gedeao.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1135/mocao_de_pesar_jose_gedeao.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros, submete_x000D_
 à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
 PROFUNDO PESAR pelo falecimento do Sr. JOSÉ GEDEÃO DE CARVALHO ocorrido_x000D_
 no ultimo dia 13 de agosto do corrente ano, na cidade de Limoeiro-PE.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1139/mocao_de_pesar_2024_branco_2.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1139/mocao_de_pesar_2024_branco_2.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros, submete_x000D_
  à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
  PROFUNDO PESAR pelo falecimento da Sra. MARGARIDA MARIA DA CONCEIÇÃO_x000D_
  ocorrido no último dia 28 de agosto do corrente ano, em nosso Município.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1140/mocao_de_pesar_2024_branco.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1140/mocao_de_pesar_2024_branco.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros, submete_x000D_
  à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
  PROFUNDO PESAR pelo falecimento da Sr. CÉSAR ANTONIO DOS SANTOS_x000D_
  ocorrido no último dia 21 de agosto do corrente ano, em nosso Município.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1151/mocao_de_pesar_diogo_ass.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1151/mocao_de_pesar_diogo_ass.pdf</t>
   </si>
   <si>
     <t>O subscritor da presente, Vereador da Câmara Municipal dos Bezerros, submete _x000D_
 à apreciação de seus pares, cumpridas todas as formalidades regimentais, MOÇÃO DE_x000D_
 PROFUNDO PESAR pelo falecimento do Sr. JOSÉ GRACILIANO (conhecido por Zé _x000D_
 Neguinho, pai do amigo Totinha), ocorrido hoje, dia 29 de setembro do corrente ano</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1166/mocao_de_pesar_-_jose_adeildo_da_silva_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1166/mocao_de_pesar_-_jose_adeildo_da_silva_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PROFUNDO PESAR pelo falecimento da Sr. JOSÉ ADEILDO DA SILVA, ocorrido no último dia 13 de outubro do corrente ano.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1167/mocao_de_pesar_-_severino_jose_de_lima_assinado.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1167/mocao_de_pesar_-_severino_jose_de_lima_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PROFUNDO PESAR pelo falecimento da Sr. SEVERINO JOSÉ DE LIMA (conhecido por Biu Cuscuz), aos 90 anos de idade, ocorrido no último dia 19 de outubro do corrente ano.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1174/mocao_de_pesar_ze_amaro.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1174/mocao_de_pesar_ze_amaro.pdf</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata da Sessão Ordinária</t>
   </si>
   <si>
     <t>Diogo Lemos, Branco do Cruzeiro, Rogério de Natal, Tatai</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1027/ata_da_decima_reuniao_ordinaria_do_primeiro_periodo.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1027/ata_da_decima_reuniao_ordinaria_do_primeiro_periodo.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 02 DE ABRIL DO ANO DOIS MIL E VINTE E QUATRO</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1033/ata_eletronica_11.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1033/ata_eletronica_11.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA PRIMEIRA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 16 DE ABRIL DO ANO DOIS MIL E VINTE E QUATRO.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1058/ata_eletronica_12.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1058/ata_eletronica_12.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA SEGUNDA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 23 DE ABRIL DO ANO DOIS MIL E VINTE E QUATRO.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1065/ata_eletronica_13.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1065/ata_eletronica_13.pdf</t>
   </si>
   <si>
     <t>ATA DA DECIMA TERCEIRA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO REALIZADA NO DIA 30 DE ABRIL DO ANO DE 2024.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1067/ata_eletronica_14.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1067/ata_eletronica_14.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA QUARTA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 07 DE MAIO DO ANO DOIS MIL E VINTE E QUATRO.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1073/ata_eletronica_15.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1073/ata_eletronica_15.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA QUINTA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 14 DE MAIO DO ANO DOIS MIL E VINTE E QUATRO.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1077/ata_eletronica_16.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1077/ata_eletronica_16.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA SEXTA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 21 DE MAIO DO ANO DOIS MIL E VINTE E QUATRO.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1090/ata_eletronica_17.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1090/ata_eletronica_17.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA SÉTIMA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 28 DE MAIO DO ANO DOIS MIL E VINTE E QUATRO</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1098/ata_eletronica_18.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1098/ata_eletronica_18.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA OITAVA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 04 DE JUNHO DO ANO DOIS MIL E VINTE E QUATRO.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1104/ata_eletronica_19.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1104/ata_eletronica_19.pdf</t>
   </si>
   <si>
     <t>ATA DA DÉCIMA NONA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 11 DE JUNHO DO ANO DOIS MIL E VINTE E QUATRO</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1114/ata_eletronica_20.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1114/ata_eletronica_20.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGESIMA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 18 DE JUNHO DO ANO DOIS MIL E VINTE E QUATRO.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1119/ata_eletronica_21.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1119/ata_eletronica_21.pdf</t>
   </si>
   <si>
     <t>ATA DA VIGESIMA PRIMEIRA REUNIÃO ORDINÁRIA DO PRIMEIRO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 25 DE JUNHO DO ANO DOIS MIL E VINTE E QUATRO</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/</t>
   </si>
   <si>
     <t>ATA DA VIGESIMA SEGUNDA REUNIÃO ORDINÁRIA DO SEGUNDO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 01 DE AGOSTO DO ANO DOIS MIL E VINTE E QUATRO.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>ATA DA VIGESIMA TERCEIRA REUNIÃO ORDINÁRIA DO SEGUNDO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 06 DE AGOSTO DO ANO DOIS MIL E VINTE E QUATRO.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>ATA DA VIGESIMA QUARTA REUNIÃO ORDINÁRIA DO SEGUNDO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 13 DE AGOSTO DO ANO DOIS MIL E VINTE E QUATRO.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>ATA DA VIGESÍMA QUINTA REUNIÃO ORDINÁRIA DO SEGUNDO PERIODO LEGISLATIVO DA CÂMARA MUNICIPAL DOS BEZERROS – PE, REALIZADA NO DIA 20 DE AGOSTO DO ANO DOIS MIL E VINTE E QUATRO.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
@@ -3213,67 +3213,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1079/projeto_de_lei_n.003_de_20_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1107/projeto_de_lei_n_04_de_17_de_junho_de_2024_2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1117/projeto_de_lei_n_05_de_21_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1127/ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1134/projeto_de_lei_no_07_de_05_de_agosto_de_2024_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1154/p.loa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1155/p.ppa.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1176/pl_010_de_21_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1180/pl_no11_de_25_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1181/pl_no12_de_25_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1224/projeto_de_lei_no_24_de_2_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1226/projeto_de_lei_no_013_de_06_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1230/projeto_de_lei_n.15_de_09_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1078/projeto_de_lei_airton_santa_cruz.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1091/pl_rua_isaura_maria_de_oliveira_assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1096/projeto_de_lei_rua_maria_guiomar.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1101/projeto_de_lei_dia_da_vaquejada.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1111/projeto_de_lei_denominacao_do_mercado_publico.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1112/dia_da_pega_de_boi.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1123/projeto_de_lei_centro_de_saude_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1144/pl_-_2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1164/pl_praca_julio_emilio_assinado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1168/projeto_de_lei_diadobacamarteiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1183/projeto_de_lei__rua_projetada_26_loteamento_chico_lemos.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1191/biu_de_narciso_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1194/projeto_de_lei_emanuel.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1211/pl_auxilio_saude.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1212/projeto_de_lei_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1214/pl_nomeclaturas_dos_cargos.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1217/pl_subsidio_prefeito_e_secretarios.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1029/pr_nbaxxx_titulo_de_cidada_-_nena_borges_assinado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1035/projeto_de_resolucao_04_2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1063/projeto_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1092/titulo_santanna__assinado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1116/007_valmir_assinado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1128/projeto_de_resolucao_2024_diogo_lemos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1141/projeto_de_resolucao_2024_branco.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1156/010_diogo_assinado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1157/011_diogo_assinado.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1158/012_diogo_assinado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1159/013_diogo_assinado.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1160/014_diogo_assinado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1161/015_diogo_assinado.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1162/016_diogo_assinado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1172/titulo_de_cidadao_bezerrense_italo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1196/018_luis_assinado.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1197/017_luis_assinado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1198/019_luis_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1203/titulo_de_cidadao_diogo_lemos.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1205/projeto_de_resolucao_ade_rhafanny.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1208/pr_titulocidadao_ade.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1209/022_nathan_assinado_correto.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1213/projeto_de_resolucao_arquivo_publico.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1215/pr_valor_do_quilometro_rodado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1216/pr_diarias.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1229/projeto_de_lei_complementar_n_01-2024_-_altera_a_lei_complementar_n_065-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1028/projeto_de_decreto_legislativo_n_001_2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1173/resolucao_lgpd.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1179/proposta_de_emenda_a_lei_organica_ok.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1064/indicacao_titulo_de_cidadao.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1066/indicacao_titulo_de_cidadao.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1074/indicacao_2fa.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1075/indicacao_jose_francisco.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1076/indicacao_vando.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1087/indicacao_branco.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1103/requewrimewnto_vando.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/994/requerimento_001.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/995/requerimento_002.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/996/requerimento_003.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/997/requerimento_004.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/998/requerimento_005.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/999/requerimento_006.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1000/requerimento_007.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1001/requerimento_008.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1002/requerimento_009.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1003/requerimento_010_1.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1004/requerimento_011.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1005/requerimento_012.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1006/requerimento_013.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1007/requerimento_014.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1008/requerimento_015.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1009/requerimento_016.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1010/requerimento_017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1011/requerimento_018.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1012/requerimento_019_1.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1013/requerimento_020_1.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1014/requerimento_021_1.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1015/requerimento_022_1.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1016/requerimento_024_1.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1017/requerimento_025_1.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1018/requerimento_026_1.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1019/requerimento_027_1.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1020/requerimento_028_2.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1021/requerimento_029.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1022/requerimento_030_1.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1037/requerimento_n_031_2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1038/requerimento_n_032_2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1039/requerimento_n_033_2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1040/requerimento_n_034_2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1041/requerimento_n_036_2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1042/requerimento_n_037_2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1043/requerimento_n_038_2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1044/requerimento_n_039_2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1045/requerimento_n_040_2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1046/requerimento_n_041_2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1047/requerimento_n_042_2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1048/requerimento_n_043_2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1049/requerimento_n_044_2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1050/requerimento_n_045_2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1051/requerimento_n_046_2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1052/requerimento_n_047_2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1053/requerimento_n_048_2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1054/requerimento_n_049_2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1055/requerimento_n_050_2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1056/requerimento_n_051_2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1026/requerimento_n_52_-_reforco_de_seguranca_nas_pracas_em_horarios_de_celebracoes_assinado.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1025/requerimento_053_tatai.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1030/1904202403_20240419_0001.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1036/requerimento_ade_2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1061/29042024_002.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1062/requerimentonathan_20240501_0001.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1071/requerimento_tatai.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1081/requerimentonathansinalizacaoconego2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1083/requerimento_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1084/reqyerimento_raquel_lyra.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1085/requerimento_acougue.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1086/requerimento_estrada.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1088/camscanner_27-05-2024_10.211.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1093/requerimento_da_rua_nestor_cesar_.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1097/requerimento_atendimento_psicologico.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1102/requerimento_sapucarana.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1105/requerimento_gsp_tatai.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1106/requerimento_joao_paulo_picarro.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1108/sao_joao_do_bairro_do_salgado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1109/posto_de_saude_santo_amaro_2.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1110/cozinha_comunitaria_na_gamelerira.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1115/requerimento_paulo_viana_de_queiroz.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1124/requerimento_ze_amaro_julho.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1130/05082024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1131/05082024_001.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1136/requerimento_vando_placas.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1145/requerimento_072_diogo_ass.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1146/camscanner_09-09-2024_10.50.47.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1150/requerimento_diogo_lemos_santana.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1169/requerimento_ade_igreja.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1170/requerimento_ze_amaro_1.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1171/requerimento_ze_amaro_2.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1178/requerimento_ade_calcamento.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1184/requerimento-calcamento-nathan-6_assinado.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1185/requerimento_vando_1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1186/requerimento_vando_2.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1187/requerimento_vando_3.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1188/requerimento2024_20241104_0001.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1189/requerimento_ze_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1190/requerimento_ze_colonia.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1193/requerimento_tatai_rua_maria_jose_de_arruda.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1200/vando_mendoca_filho.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1201/vando_secretaria_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1202/vando_chaparral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1206/requerimento_vando_raposa.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1207/requerimento_vando_calcamentos.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1210/requerimento_rogerio_calcamento.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1218/requerimento_eja_emanuel.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1219/requerimento_rogerio_agua.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1221/requerimento_erotides_xavier__tatai.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1227/09122024_001.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1228/09122024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1232/requerimento_vando.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1032/1904202401_20240419_0001.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1057/mocao_de_aplauso_0xx_zito_farias_assinado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1069/mocao_de_aplausos_diogo.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1070/mocao_de_aplausos_2_radio_104.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1082/mocao_de_aplauso_morgana_bernardo_assinado.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1100/mocao_de_aplauso__parque_rufina_borba.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1113/mocao_de_aplausos_jose_henrique.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1122/mocap_de_aplausos_ade_motos_agosto.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1165/mocao_de_aplausos_rogerio.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1175/mocao_de_aplausos_ade.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1195/mocao_de_aplauso_diane_wellman_assinado.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1222/mocao_samuel_dias.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1223/mocao_thais_santos.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1023/020_assinado.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1034/mocao_de_pesar_rogerio_2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1059/29042024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1060/29042024_001.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1068/mocao_de_pesar_2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1072/mocao_de_pesar_rogerio.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1080/mocaodepesarpaidejesus2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1089/camscanner_27-05-2024_10.21.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1094/mocao_deoclecio.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1095/mocao_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1099/mocao_de_poesar_fatima.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1118/mocao_de_pesar_branco.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1121/mocao_j_borges.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1125/mocao_de_pesar_rose_pasini.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1129/mocao_de_pesar_2024_diogo_lemos.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1135/mocao_de_pesar_jose_gedeao.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1139/mocao_de_pesar_2024_branco_2.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1140/mocao_de_pesar_2024_branco.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1151/mocao_de_pesar_diogo_ass.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1166/mocao_de_pesar_-_jose_adeildo_da_silva_assinado.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1167/mocao_de_pesar_-_severino_jose_de_lima_assinado.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1174/mocao_de_pesar_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1027/ata_da_decima_reuniao_ordinaria_do_primeiro_periodo.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1033/ata_eletronica_11.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1058/ata_eletronica_12.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1065/ata_eletronica_13.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1067/ata_eletronica_14.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1073/ata_eletronica_15.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1077/ata_eletronica_16.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1090/ata_eletronica_17.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1098/ata_eletronica_18.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1104/ata_eletronica_19.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1114/ata_eletronica_20.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1119/ata_eletronica_21.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1079/projeto_de_lei_n.003_de_20_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1107/projeto_de_lei_n_04_de_17_de_junho_de_2024_2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1117/projeto_de_lei_n_05_de_21_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1127/ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1134/projeto_de_lei_no_07_de_05_de_agosto_de_2024_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1154/p.loa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1155/p.ppa.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1176/pl_010_de_21_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1180/pl_no11_de_25_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1181/pl_no12_de_25_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1224/projeto_de_lei_no_24_de_2_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1226/projeto_de_lei_no_013_de_06_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1230/projeto_de_lei_n.15_de_09_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1078/projeto_de_lei_airton_santa_cruz.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1091/pl_rua_isaura_maria_de_oliveira_assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1096/projeto_de_lei_rua_maria_guiomar.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1101/projeto_de_lei_dia_da_vaquejada.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1111/projeto_de_lei_denominacao_do_mercado_publico.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1112/dia_da_pega_de_boi.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1123/projeto_de_lei_centro_de_saude_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1144/pl_-_2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1164/pl_praca_julio_emilio_assinado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1168/projeto_de_lei_diadobacamarteiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1183/projeto_de_lei__rua_projetada_26_loteamento_chico_lemos.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1191/biu_de_narciso_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1194/projeto_de_lei_emanuel.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1211/pl_auxilio_saude.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1212/projeto_de_lei_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1214/pl_nomeclaturas_dos_cargos.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1217/pl_subsidio_prefeito_e_secretarios.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1029/pr_nbaxxx_titulo_de_cidada_-_nena_borges_assinado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1035/projeto_de_resolucao_04_2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1063/projeto_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1092/titulo_santanna__assinado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1116/007_valmir_assinado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1128/projeto_de_resolucao_2024_diogo_lemos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1141/projeto_de_resolucao_2024_branco.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1156/010_diogo_assinado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1157/011_diogo_assinado.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1158/012_diogo_assinado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1159/013_diogo_assinado.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1160/014_diogo_assinado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1161/015_diogo_assinado.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1162/016_diogo_assinado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1172/titulo_de_cidadao_bezerrense_italo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1196/018_luis_assinado.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1197/017_luis_assinado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1198/019_luis_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1203/titulo_de_cidadao_diogo_lemos.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1205/projeto_de_resolucao_ade_rhafanny.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1208/pr_titulocidadao_ade.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1209/022_nathan_assinado_correto.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1213/projeto_de_resolucao_arquivo_publico.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1215/pr_valor_do_quilometro_rodado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1216/pr_diarias.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1229/projeto_de_lei_complementar_n_01-2024_-_altera_a_lei_complementar_n_065-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1028/projeto_de_decreto_legislativo_n_001_2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1173/resolucao_lgpd.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1179/proposta_de_emenda_a_lei_organica_ok.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1064/indicacao_titulo_de_cidadao.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1066/indicacao_titulo_de_cidadao.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1074/indicacao_2fa.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1075/indicacao_jose_francisco.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1076/indicacao_vando.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1087/indicacao_branco.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1103/requewrimewnto_vando.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/994/requerimento_001.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/995/requerimento_002.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/996/requerimento_003.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/997/requerimento_004.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/998/requerimento_005.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/999/requerimento_006.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1000/requerimento_007.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1001/requerimento_008.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1002/requerimento_009.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1003/requerimento_010_1.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1004/requerimento_011.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1005/requerimento_012.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1006/requerimento_013.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1007/requerimento_014.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1008/requerimento_015.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1009/requerimento_016.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1010/requerimento_017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1011/requerimento_018.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1012/requerimento_019_1.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1013/requerimento_020_1.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1014/requerimento_021_1.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1015/requerimento_022_1.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1016/requerimento_024_1.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1017/requerimento_025_1.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1018/requerimento_026_1.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1019/requerimento_027_1.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1020/requerimento_028_2.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1021/requerimento_029.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1022/requerimento_030_1.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1037/requerimento_n_031_2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1038/requerimento_n_032_2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1039/requerimento_n_033_2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1040/requerimento_n_034_2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1041/requerimento_n_036_2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1042/requerimento_n_037_2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1043/requerimento_n_038_2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1044/requerimento_n_039_2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1045/requerimento_n_040_2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1046/requerimento_n_041_2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1047/requerimento_n_042_2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1048/requerimento_n_043_2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1049/requerimento_n_044_2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1050/requerimento_n_045_2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1051/requerimento_n_046_2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1052/requerimento_n_047_2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1053/requerimento_n_048_2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1054/requerimento_n_049_2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1055/requerimento_n_050_2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1056/requerimento_n_051_2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1026/requerimento_n_52_-_reforco_de_seguranca_nas_pracas_em_horarios_de_celebracoes_assinado.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1025/requerimento_053_tatai.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1030/1904202403_20240419_0001.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1036/requerimento_ade_2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1061/29042024_002.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1062/requerimentonathan_20240501_0001.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1071/requerimento_tatai.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1081/requerimentonathansinalizacaoconego2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1083/requerimento_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1084/reqyerimento_raquel_lyra.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1085/requerimento_acougue.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1086/requerimento_estrada.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1088/camscanner_27-05-2024_10.211.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1093/requerimento_da_rua_nestor_cesar_.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1097/requerimento_atendimento_psicologico.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1102/requerimento_sapucarana.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1105/requerimento_gsp_tatai.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1106/requerimento_joao_paulo_picarro.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1108/sao_joao_do_bairro_do_salgado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1109/posto_de_saude_santo_amaro_2.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1110/cozinha_comunitaria_na_gamelerira.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1115/requerimento_paulo_viana_de_queiroz.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1124/requerimento_ze_amaro_julho.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1130/05082024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1131/05082024_001.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1136/requerimento_vando_placas.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1145/requerimento_072_diogo_ass.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1146/camscanner_09-09-2024_10.50.47.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1150/requerimento_diogo_lemos_santana.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1169/requerimento_ade_igreja.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1170/requerimento_ze_amaro_1.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1171/requerimento_ze_amaro_2.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1178/requerimento_ade_calcamento.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1184/requerimento-calcamento-nathan-6_assinado.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1185/requerimento_vando_1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1186/requerimento_vando_2.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1187/requerimento_vando_3.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1188/requerimento2024_20241104_0001.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1189/requerimento_ze_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1190/requerimento_ze_colonia.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1193/requerimento_tatai_rua_maria_jose_de_arruda.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1200/vando_mendoca_filho.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1201/vando_secretaria_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1202/vando_chaparral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1206/requerimento_vando_raposa.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1207/requerimento_vando_calcamentos.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1210/requerimento_rogerio_calcamento.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1218/requerimento_eja_emanuel.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1219/requerimento_rogerio_agua.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1221/requerimento_erotides_xavier__tatai.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1227/09122024_001.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1228/09122024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1232/requerimento_vando.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1032/1904202401_20240419_0001.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1057/mocao_de_aplauso_0xx_zito_farias_assinado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1069/mocao_de_aplausos_diogo.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1070/mocao_de_aplausos_2_radio_104.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1082/mocao_de_aplauso_morgana_bernardo_assinado.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1100/mocao_de_aplauso__parque_rufina_borba.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1113/mocao_de_aplausos_jose_henrique.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1122/mocap_de_aplausos_ade_motos_agosto.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1165/mocao_de_aplausos_rogerio.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1175/mocao_de_aplausos_ade.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1195/mocao_de_aplauso_diane_wellman_assinado.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1222/mocao_samuel_dias.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1223/mocao_thais_santos.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1023/020_assinado.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1034/mocao_de_pesar_rogerio_2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1059/29042024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1060/29042024_001.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1068/mocao_de_pesar_2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1072/mocao_de_pesar_rogerio.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1080/mocaodepesarpaidejesus2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1089/camscanner_27-05-2024_10.21.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1094/mocao_deoclecio.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1095/mocao_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1099/mocao_de_poesar_fatima.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1118/mocao_de_pesar_branco.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1121/mocao_j_borges.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1125/mocao_de_pesar_rose_pasini.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1129/mocao_de_pesar_2024_diogo_lemos.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1135/mocao_de_pesar_jose_gedeao.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1139/mocao_de_pesar_2024_branco_2.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1140/mocao_de_pesar_2024_branco.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1151/mocao_de_pesar_diogo_ass.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1166/mocao_de_pesar_-_jose_adeildo_da_silva_assinado.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1167/mocao_de_pesar_-_severino_jose_de_lima_assinado.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1174/mocao_de_pesar_ze_amaro.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1027/ata_da_decima_reuniao_ordinaria_do_primeiro_periodo.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1033/ata_eletronica_11.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1058/ata_eletronica_12.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1065/ata_eletronica_13.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1067/ata_eletronica_14.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1073/ata_eletronica_15.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1077/ata_eletronica_16.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1090/ata_eletronica_17.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1098/ata_eletronica_18.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1104/ata_eletronica_19.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1114/ata_eletronica_20.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2024/1119/ata_eletronica_21.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H240"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="50.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="161.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>