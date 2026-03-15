--- v0 (2025-12-10)
+++ v1 (2026-03-15)
@@ -54,3694 +54,3694 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Eduardo Lima</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/941/projeto_de_lei_n_006.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/941/projeto_de_lei_n_006.pdf</t>
   </si>
   <si>
     <t>Veda a nomeação para cargos em Comissão de pessoas que tenham sido condenadas pela Lei Federal nº 11.340, de 07 de agosto de 2006 (Lei Maria da Penha), no âmbito do município de Bezerros - PE.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Diogo Lemos</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/942/projeto_de_lei_n_007.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/942/projeto_de_lei_n_007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A INSTITUIÇÃO DO AUXILIO MUNICIPAL EMERGENCIAL - AME CARNAVAL DE BEZERROS, DESTINADO A CONCESSÃO DE BENEFÍCIO _x000D_
 FINANCEIRO A AGREMIACOES, ARTESÃOS E DEMAIS ATRAÇÕES ARTISTICAS QUE PREENCHAM OS DEMAIS REQUISITOS PREVISTOS NESTA LEI, DIANTE DA IMPOSSIBILIDADE DE REALIZAÇÃO DE EVENTOS CARNAVALESCOS EM 2021, POR FORÇA DA PERMANENCIA DA PANDEMIA DE COVID-19</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Tatai</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/943/projeto_de_lei_n_010.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/943/projeto_de_lei_n_010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição da Politica a Atenção a Sande Mental das pessoas acometidas pelo COVID-19 e dos familiares de vitimas fatais, a ser adotada_x000D_
 pela Secretaria de Saúde e Secretaria Municipal de Desenvolvimento Social e Direitos Humanos em parceria com o a Sistema Único de Sande - SUS na cidade de Bezerros PE.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Emanuel de Boas Novas</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/944/projeto_de_lei_n_011.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/944/projeto_de_lei_n_011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação RUA SEVERINO MONTEIRO DOS SANTOS e dá outras providências.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/945/projeto_de_lei_n_012.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/945/projeto_de_lei_n_012.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.355, de 07 de junho de 2019, para instituir a Carteira de ldentificação da Pessoa com Transtorno no Espectro Autista (CIPTEA), com base na Lei Federal n9 13.977I de 8 de janeiro de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Rogério de Natal</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/946/projeto_de_lei_n_013.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/946/projeto_de_lei_n_013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação RUA ALBERTINA FERREIRA DE MENEZES e dá outras providências.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/947/projeto_de_lei_n_014.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/947/projeto_de_lei_n_014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação RUA SEBASTIAO JOÃO DE LIRA e dá outras providências.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Branco do Cruzeiro</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/948/projeto_de_lei_n_015.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/948/projeto_de_lei_n_015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação RUA MARIA MARINHO BRAINER e dá outras providências.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/949/projeto_de_lei_n_016.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/949/projeto_de_lei_n_016.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação RUA EDILENE MARIA DE VASCQNCELOS SANTOS e dá outras providências.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/950/projeto_de_lei_n_017.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/950/projeto_de_lei_n_017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação RUA MAGNO TADEU MATOS DO NASCIMENTO e dá outras providências.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/951/projeto_de_lei_n_018.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/951/projeto_de_lei_n_018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação RUA MARIA BEZERRA DE SOUZA e dá outras providências.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/952/projeto_de_lei_n_019.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/952/projeto_de_lei_n_019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação RUA JOÃO TRAJANO FILHO e dá outras providências.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/953/projeto_de_lei_n_020.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/953/projeto_de_lei_n_020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação RUA JOSE WELLINGTON MEDEIROS e dá outras providências.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Adé Motos</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/954/projeto_de_lei_n_021.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/954/projeto_de_lei_n_021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a  denominação RUA MARIA DE LOURDES DA SILVA e dá outras providências.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/955/projeto_de_lei_n_022.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/955/projeto_de_lei_n_022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação RUA MARIA DO SOCORRO DA SILVA e da outras providências.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Luisinho do Sindicato</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/956/projeto_de_lei_n_023.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/956/projeto_de_lei_n_023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação UNIDADE MISTA São José - DR. RINALDO PACHECO VAZ e dá outras providências</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/957/projeto_de_lei_n_025.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/957/projeto_de_lei_n_025.pdf</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/958/projeto_de_lei_n_027.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/958/projeto_de_lei_n_027.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação RUA MARIA FRANCISCA DA SILVA e dá outras providências.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/959/projeto_de_lei_n_028.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/959/projeto_de_lei_n_028.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação RUA JOSE AIRTON DE SANTANA e dá outras providências.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Cláudio do Salgado</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/960/projeto_de_lei_n_029.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/960/projeto_de_lei_n_029.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a sobre a utilização dos veículos oficiais da administração pública direta do Poder Executivo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/961/projeto_de_lei_n_030.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/961/projeto_de_lei_n_030.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a assistência religiosa, no âmbito público ou privado, em hospitais, clinicas, ambulatórios, pronto-atendimentos, lares ode idosos, casas de_x000D_
 recuperação e congêneres, instituições de atendimento socioeducativo, civis ou militares e prisões Iocalizados no município de Bezerros e dá outras providências.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/962/projeto_de_lei_n_031.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/962/projeto_de_lei_n_031.pdf</t>
   </si>
   <si>
     <t>ASSEGURA A PARTICIPAÇÃO DE ARTISTAS E MÚSICOS DO SEGMENTO RELIGIOSO NAS FESTIVIDADES E AEVENTOS DO MUNÍCIPIO DE_x000D_
 BEZERROS - PE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/963/projeto_de_lei_n_032.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/963/projeto_de_lei_n_032.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação RUA SEVERINA JOSEFA DE ARRUDA e dá outras providências.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/964/projeto_de_lei_n_033.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/964/projeto_de_lei_n_033.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da afixação de placas informativas em todas as obras públicas realizadas com recursos municipais, no âmbito do Município de Bezerros e dá outras providências.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/965/projeto_de_lei_n_034.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/965/projeto_de_lei_n_034.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da RUA MARIA DE LOURDES TORRES DA SILVA e dá outras providências.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/966/projeto_de_lei_n_035.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/966/projeto_de_lei_n_035.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da compra, manuseio e da utilização, da queima e da soltura de fogos de estampidos e de artifícios, assim como de_x000D_
 quaisquer artefatos pirotécnicos de efeito sonoro ruidoso em eventos promovidos pelo Poder Público no município de Bezerros e dá outras  providências.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/579/requerimento_001.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/579/requerimento_001.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, para que juntamente com a Secretária de lnfraestrutura e Serviços Urbanos, inclua no plano de governo, a reforma e melhoramento da Praça lmaculada Conceição, localizada no bairro do Cruzeiro, em nosso Município.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/580/requerimento_002.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/580/requerimento_002.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, para que juntamente com as Secretarias Competentes providenciem a instalação de dois PORTAIS DE IDENTIFICAÇÃO nas entradas principais de nosso Município, com o objetivo de deixar a entrada da cidade mais atrativa, elevando cada vez mais a valorização local.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Fia de Cajazeiras</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/581/requerimento_004.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/581/requerimento_004.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Públicos, tome providências em relação a reforma e melhoramento da Praça José Pedro dos Santos, em Cajazeiras, bem como, que seja feito o calçamento da Rua da Bolsa e Rua do Campo, ambas localizadas em Areias, em nosso Município.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/582/requerimento_004.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/582/requerimento_004.pdf</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/583/requerimento_005.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/583/requerimento_005.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretária de Serviços Públicos, providencie, com a máxima urgência possível, o ESGOTAMENTO SANITÁRIO, com a utilização de manilha de concreto, no córrego da Rua Avelino Chaves. bairro Irmã Julia, em nosso Município, tendo em vista que o esgoto está "a céu aberto", causando transtornos aos moradores, portanto pedimos intervenção deste poder.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/584/requerimento_006.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/584/requerimento_006.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, atendendo reivindicações da população deste Município, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Municipio. MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Saúde, contrate médicos especializados em OFTALMOLOGIA, NEUROLOGIA E VASCULAR pelo sistema único de Saúde - SUS, a fim de cuidar da saúde dos usuários do sistema, deste Município, considerando-se que, atualmente, nenhum profissional nessas áreas de saúde prestam serviços nesta cidade. obrigando, desta forma, as pessoas mais carentes a se deslocarem a outras cidades para fazerem seus tratamentos.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/585/requerimento_007.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/585/requerimento_007.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, atendendo reivindicações da população deste Município, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Saúde, viabilize a instalação de um PSF no residencial Campestre, tendo em vista que os moradores da referida localidade estão com a aérea descoberta.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Vando da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/586/requerimento_008.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/586/requerimento_008.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos, providenciem o Saneamento e Calçamento das ruas 1 a 10 do Ioteamento Parque das Acácias, em nosso Município.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/587/requerimento_009.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/587/requerimento_009.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos, providenciem o Saneamento e Calçamento das ruas 1 a 10 do loteamento Bela Vista, em nosso Município.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/588/requerimento_011.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/588/requerimento_011.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos, providencie o Calçamento da Rua José Ramos dos Santos Junior, localizada no Bairro Santana, em nosso Município.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/589/requerimento_012.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/589/requerimento_012.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município. MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretária de Sustentabilidade e Desenvolvimento Agrário, providencie a restauração e manutenção das cisternas comunitárias do bairro de Encruzilhada de São João, bem como a construção de mais 3 cisternas, tendo em vista o aumento da população do referido bairro.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/590/requerimento_013.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/590/requerimento_013.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos, providencie o Calçamento da Rua Imaculada Conceição (logo após o Clube Literário Rui Barbosa até a entrado do Sítio Varzinha), em nosso Município.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/591/requerimento_014.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/591/requerimento_014.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretária de Educação, inclua no plano de governo a restauração e reforma da Escola Municipal Nelson Castanha, localizada no Bairro de Encruzilhada de São João, tendo em vista que a mesma encontra-se deteriorada.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/592/requerimento_015.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/592/requerimento_015.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a de Secretaria Serviços Urbanos, realize, com a máxima urgência possível, o Calçamento,_x000D_
 Iluminação, Saneamento, Esgotamento Sanitário e Construção de uma Praça na Rua Santiago, próximo ao Cemitério de Santo Amaro II, localizada no bairro de mesmo nome. em nosso Município.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/593/requerimento_016.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/593/requerimento_016.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com os órgãos competentes, providencie a reposição do asfalto (tapar "buraco") da Rua Nossa Senhora das Graças, Rua das Oficinas, Rua Antonio Patricio e terminando na Rua Felix Rocha Wanderley localizadas nos bairros Irmã Julia e Santo Amaro II, em nosso Município.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/594/requerimento_017.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/594/requerimento_017.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria Serviços Urbanos, realize, com a máxima urgência possível, a conclusão do esgotamento sanitário do Canal, conhecido como "CANAL DO SALGADO", localizado no bairro da irmã Julia, em nosso Municipio, tendo em vista os danos causados pelo referido canal para a população daquela localidade.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/595/requerimento_021.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/595/requerimento_021.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Educação, tome providencias em relação a reforma e melhoramento da Escola João Pedro dos Santos e Creche Adebal Jurema, ambas localizadas do Distrito de cajazeiras. e na Creche Vovó Izabel, localizada no Sítio Frutuoso, em nosso Município.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/597/requerimento_022.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/597/requerimento_022.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Saúde, inclua no plano de governo, a reforma e melhoramento dos PSF's localizados nos Distritos de Areias e Cajazeiras, em nosso Município.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/598/requerimento_023.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/598/requerimento_023.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Públicos, atenda as seguintes reivindicações para o Distrito de Sapucarana. em nosso Municipio:_x000D_
 1. Calçamento da Rua São João;_x000D_
 2. Manutenção do calçamento e esgotamento sanitário da Rua São Miguel Arcanjo;_x000D_
 3. Calçamento e lluminação da Rua São Cristovão;_x000D_
 4. Verificação de postes e iluminação da Rua São Sebastião;_x000D_
 5. Sistema simplificado de tratamento de água;_x000D_
 6. Manutenção do reservatório de água que faz a distribuição para a Vila de Sapucarana e Encruzilhada de São João;_x000D_
 7. Construção de banheiros públicos em local que atenda aos visitantes e pessoas que trabalham no periodo de safra agricola da região;_x000D_
 8. Construção de uma praça para acolhimento e lazer da comunidade._x000D_
 9. Aquisição de lote para construção de campo de futebol para a comunidade.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/596/requerimento_024.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/596/requerimento_024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Municipio, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Educação, inclua no plano de governo a construção de UMA QUADRA COBERTA na Escola Intermediária Rufina Borba no distrito de Sapucarana, em nosso Município.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/599/requerimento_025.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/599/requerimento_025.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, atendendo reivindicações da população deste Município, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Saúde, contrate médicos especializados em PNEUMOLOGIA, EXAMES DE ENDOSCOPIA, DERMATOLOGIA, MASTOLOGIA, REUMATOLOGIA, EXAMES DE DENSITOMETRIA ÓSSEA e 2 CIRURGIÕES, pelo sistema único de Saúde - SUS, a fim de cuidar da saúde dos usuários do sistema, deste Município, considerando-se que, atualmente, nenhum profissional nessas áreas de saúde prestam serviços nesta cidade, obrigando, desta forma, as pessoas mais carentes a se deslocarem a outras cidades para fazerem seus tratamentos. Solicito ainda, a viabilização do funcionamento, em caráter de urgência, da sala de Raio X da UPA, tendo em vista ser um serviço precário em nosso Município.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Junior Boi Gordo</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/600/requerimento_026.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/600/requerimento_026.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Municipio, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos, providenciem o Calçamento das ruas: Jeremias Benigno de Oliveira, Joaquim Francisco Borges e Claudio Soares da Silva, saneamento da Rua 40, e piçarro nas Ruas 27 e 28, todas localizadas no bairro Nossa Senhora Aparecida, em nosso Município.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/601/requerimento_027.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/601/requerimento_027.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que através de ofício, seja solicitado apelo a Exmª. Srª. Prefeita deste Municipo, MARIA LUCIELLE SILVA LAURENTINO para que juntamente com a Compesa - Companhia Pernambucana de Saneamento, tome as providências necessárias para a religação de água da COMPESA para o Sítio Frutuoso (reposição de canos), tendo em vista que essa iniciativa irá beneficiar várias familias que residem no referido Sítio e adjacentes.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/602/requerimento_028.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/602/requerimento_028.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria a secretaria de infraestrutura desse município, o serviço de calçamento e saneamento básico adequado para as seguintes ruas: Rua Eraldo Ferreira da Silva, Rua Inácia Maria de Arruda e Rua José Francisco Santiago, ambas no bairro Nossa Senhora Aparecida, em nosso Município.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/603/requerimento_030.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/603/requerimento_030.pdf</t>
   </si>
   <si>
     <t>Cumprimentando V. Sª. Requeiro a mesa, ouvido o plenário em conformidade com o regimento interno desta Casa Legislativa Municipal, que seja solicitado ao Poder Executivo através da secretaria de infraestrutura e serviços urbanos, viabilizar a construção de um reservatório para abastecimento de água no Loteamento Santana.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/604/requerimento_031.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/604/requerimento_031.pdf</t>
   </si>
   <si>
     <t>Cumprimentando V. Sª. Requeiro a mesa, ouvido o plenário em conformidade com o regimento interno desta Casa Legislativa Municipal, que seja solicitado ao Poder Executivo através da secretaria de infraestrutura e serviços urbanos, viabilizar a pavimentação do acesso a Comunidade do Mulungu, melhorando a acessibilidade dos moradores da comunidade.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/605/requerimento_032.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/605/requerimento_032.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Municipio, MARIA LUCIELLE SILVA LAURENTINO, para que juntamente com a Secretaria de Saúde, inclua no plano de governo, a instalação de um PSF- Posto de saúde da família com médicos, enfermeiros, auxiliares de enfermagem e agentes de saúde, no residencial Bezerros, em nosso Município.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/606/requerimento_034.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/606/requerimento_034.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, juntamente com as Secretarias competentes, inclua no plano de governo, a reforma e melhoramento da praça localizada no largo da Estação da Cultura em nosso Município, inclusive com a adesão do programa "ACADEMIA DA CIDADE", que tem como foco e objetivo contribuir para a promoção da saúde, prevenção de doenças e agravos, produção do cuidado e modos de vida saudáveis da população.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/607/requerimento_048.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/607/requerimento_048.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, no sentido daquela autoridade juntamente com a Secretaria de Educação, inclua no plano de governo a Construção de uma Creche para as famílias do Residencial Bezerros, dando suporte às mães de famílias que precisam trabalhar fora de casa para sustentar seus filhos, proporcionando assim uma melhor qualidade de vida as suas famílias.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/608/requerimento_053.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/608/requerimento_053.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretária de Saúde, informe quais parâmetros são utilizados na imunização dos profissionais de saúde ao novo coronavírus. E REQUER que assegurem a disponibilização, em site especifico (ou aba especifica no site oficial do Município), de informações claras e objetivas sobre todos os dados referentes ao Plano Nacional de Imunização, conforme previsto no artigo 14 da MP 1026/2021, bem como as informações relativas ao nome e grupo prioritário a que pertencem, das pessoas já vacinadas, data da vacinação, número de lote da vacina aplicada e nome do responsável pela aplicação da vacina, com alimentação diária das informações, com o objetivo de propiciar o acesso amplo e continuo à informação, em tempo real, por parte da população, da imprensa e dos órgãos de controle.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/609/requerimento_054.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/609/requerimento_054.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja disponibilizado por esta Casa Legislativa, um interprete de Libras em todos os eventos oficiais desta Câmara Municipal, e assim promover a inclusão social, levando a informação aonde ela não chega.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Zé Amaro</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/610/requerimento_055.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/610/requerimento_055.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, através da Secretaria competente, viabilize a aquisição de carro tipo frigorifico para ser usado no transporte das carnes do açougue público de nosso Município.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/611/requerimento_056.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/611/requerimento_056.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, atendendo reivindicações da população, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, através da Secretaria competente, viabilize a instalação de um açougue nos prédios onde funcionavam as Escolas Municipais: Presidente Kennedy e Wilson Santa Cruz, no bairro Asa Branca em nosso Município, tendo em vista que as carnes estão _x000D_
 sendo comercializadas em bancos de feira, diante disso, faz-se necessário que sejam adotadas medidas para melhoria na qualidade dos alimentos vendidos, bem como, nas condições de trabalho dos próprios feirantes.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/612/requerimento_057.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/612/requerimento_057.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Infraestrutura, possibilite a limpeza do canal do bairro do Retiro, a cada três meses. pois a situação fica insustentável e muitos moradores estão tendo de conviver com alguns animais indesejáveis, além do mal cheiro.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/613/requerimento_058.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/613/requerimento_058.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria competente, possibilite a construção e instalação de um Campo de Futebol no bairro do Retiro em nosso Município, uma vez que aquela comunidade é carente de espaços para a prática de atividades físicas. Destaco, ainda, que a realização de esportes colabora para o bem-estar e saúde da população.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/614/requerimento_059.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/614/requerimento_059.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Municipio, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria competente, tome as medidas cabíveis para que seja feita a restauração e o melhoramento das Estradas que dão acesso ao Sítio Riacho Verde e Sítio Côcos, na subida da Serra do retiro em nosso município.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/615/requerimento_061.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/615/requerimento_061.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Municipio, MARIA LUCIELLE SILVA LAURENTINO para que juntamente com a Secretária de Agricultura, providencie e determine a aquisição de 02 CAIXAS D'ÁGUA DE 10.000 mil litros, para a distribuição de água à população. Sendo uma para o Distrito de Areias (por trás do Campo) e outra para Cajazeiras (na Rua da Assembleia de Deus) neste Município, tendo em vista a grande crise que vem atingindo nosso Município, em decorrência no colapso no abastecimento do precioso liquido às famílias que lá residem.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/616/requerimento_062.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/616/requerimento_062.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretária competente, conceda um Auxilio Municipal Emergencial para todos os artesãos, músicos, grupos de dança, barraqueiros, ambulantes e todos que fazem parte da cadeia produtiva do carnaval de nosso Município, que atuaram. legalmente, nos carnavais anteriores, e que estão impossibilitados de trabalhar devido a pandemia do COVID-19.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/617/requerimento_063.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/617/requerimento_063.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria competente, possibilite o aluguel de um imóvel para que sirva de casa de apoio para as pessoas que são usuárias do TFD, tendo em vista que muitos pacientes, após as consultas, ficam esperando na rua, sem nenhum conforto e segurança.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/618/requerimento_064.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/618/requerimento_064.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Saúde, viabilize a aquisição de Consultórios Odontológicos estruturados em veículos devidamente adaptados e equipados para o desenvolvimento de atenção bucal, onde o mesmo possa atender a pacientes nos bairros e distritos de nosso Município.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/619/requerimento_065.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/619/requerimento_065.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, faça a divisão entre as secretarias de administração e de finanças, tendo em vista que a união das secretarias na reforma administrativa ocorrida em 2017 se mostrou um verdadeiro equívoco. A Secretaria de Finanças compete toda a política e administração tributárias do município, bem como sua política econômico-financeira, a administração das finanças municipais e das licitações e materiais públicos é atribuição da Secretaria de Finanças receber e gerenciar todos os recursos municipais, ou seja, suas receitas e despesas, destinando as verbas necessárias às demais Secretarias, de acordo com a programação realizada por cada uma delas. Estas verbas, tratadas mais adiante, serão aplicadas no custeio, manutenção e investimentos diversos da Administração Municipal (…).</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/620/requerimento_066.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/620/requerimento_066.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Públicos, viabilize a instalação de um BANHEIRO PÚBLICO no prédio onde funcionava a guarda, localizada no distrito de Boas Novas, em nosso Município.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/621/requerimento_067.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/621/requerimento_067.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que quela autoridade, juntamente com a Secretária e Administração e Finanças, CONSIDERANDO a importância da realização da perícia, REQUER que seja designado Junta Médica competente para elaboração das perícias dos servidores e consequentes laudos, inclusive que contenha o nível de insalubridade/periculosidade, para ser avaliado o devido percentual do adicional;</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/622/requerimento_068.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/622/requerimento_068.pdf</t>
   </si>
   <si>
     <t>Cumprimentando V. Sª. Requeiro a mesa, ouvido o plenário em conformidade com o regimento interno desta Casa Legislativa Municipal, que seja solicitado ao Poder Executivo através da secretaria de infraestrutura e serviços urbanos, viabilizar a recuperação de "Ponte de Concreto Armado", que esta localizada em uma estrada rural, no distrito de Encruzilhada de São João. É pública e notória a necessidade de termos pontes bem estruturadas para a acessibilidade de veículos, melhorando a acessibilidade dos moradores e usuários.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Antônio Amorim</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/623/requerimento_069.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/623/requerimento_069.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que através desse, seja solicitado a prefeita desse município, Maria Lucielle Silva Laurentino, juntamente com a secretaria de infraestrutura, a aquisição de mais uma pistola destinada ao abate de bovinos no matadouro deste município.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/624/requerimento_070.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/624/requerimento_070.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, atendendo apelo da população. requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que através de ofício, seja solicitado a Exm.ª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com o setor responsável pelo trânsito municipal, pedido de estudo de viabilidade, para que tenha uma regulamentação de horários (ex. 5h às 7h e a partir das 18h) para carga / descarga de passageiros / mercadorias na Rua Padre Anchieta, em nosso Municipio, tendo em vista que em determinados horários, fica praticamente impossível o fluxo de carros e pedestres naquela localidade.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/625/requerimento_072.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/625/requerimento_072.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Municipio, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos, inclua no plano de governo a construção de uma PASSAGEM MOLHADA (Ponte), que ligue a Rua Taumaturgo Sobrinho até as Ruas São Lucas e Martins Abade, localizadas no bairro do Retiro em nosso Município. Faz-se necessário uma estrutura com proteção lateral para oferecer segurança aos moradores e pedestres em geral que trafegam por aquela localidade diariamente.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/626/requerimento_073.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/626/requerimento_073.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Municipio, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria competente proceda a melhoria e ampliação do campo de futebol localizado no Parque Poliesportivo, em nosso Municipio. A referida reivindicação é pertinente, por se tratar de um campo de futebol, uma área muito utilizada pela população, sendo necessária á reforma com colocação de gramado, bancos, vestiários e refletores, melhorando assim o lazer daqueles que são adeptos desse esporte.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/627/requerimento_074.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/627/requerimento_074.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, atendendo reivindicações da população, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, através da Secretaria competente, viabilize a reativação do campo de futebol, localizado no bairro Asa Branca em nosso Município, com vestiários, banheiros. arquibancadas e refletores, tal investimento trará a população uma satisfação no que se relaciona a esporte e lazer, haja vista os inúmeros benefícios disponibilizados através do esporte.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/628/requerimento_075.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/628/requerimento_075.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais e atendendo reivindicação da Associação dos moradores do bairro Santo Amaro I AMBSEA de nosso Municipio que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Infra Estrutura e Serviços Urbanos, faça a pavimentação das seguintes ruas do bairro de Santo Amaro Il, em nosso Município:_x000D_
 - Av. José Pereira de Mendonça:_x000D_
 - Rua Boa Vista;_x000D_
 - Rua São Tiago;_x000D_
 - Rua do Imperador,_x000D_
 -Rua ao lado do muro da Escola Técnica, conhecida como Rua do ETE.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/629/requerimento_076.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/629/requerimento_076.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Infra Estrutura e Serviços Urbanos, se mobilize para que seja feito um Mutirão para podação das árvores, no bairro de encruzilhada de São João, em nosso Municipio.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/630/requerimento_077.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/630/requerimento_077.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, juntamente com a Secretária de Saúde, faça incluir no PLANO DE IMUNIZAÇÃO todos os profissionais da educação, tendo em vista o grande contato entre eles, professores, serviços gerais, administrativo das escolas, merendeiras, dentre outros. Juntamente a vacinação é preciso planejar formas de evitar aglomerações tanto no momento do transporte escolar, quanto nos horários de entrada e de saída das aulas, nos refeitórios, nas salas de professores, entre outros. Além do que o trabalho do professor envolve falar durante horas. O uso de máscara é um incômodo adicional, há de se pensar na quantidade de vezes que essa máscara precisará ser substituída ao longo do dia. Dessa forma requeiro a resposta do presente no prazo de 10 dias, tanto da inclusão dos profissionais citados no plano de imunização (…).</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/631/requerimento_078.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/631/requerimento_078.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Municipio, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Saúde, tome as providências necessárias, para que a ambulância pertencente a Comunidade do Sítio do Remédios, retorne às suas funções, tendo em vista a grande demanda da população daquela localidade.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/632/requerimento_079.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/632/requerimento_079.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais, que seja solicitado a Prefeita do Município, Exmª. Srª. MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Saúde do Município, instale um POSTO DE SAÚDE SATELITE, na Comunidade Quilombolas, localizada no Sítio Guaribas de Baixo, próximo ao Distrito de Boas Novas em nosso Município.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/633/requerimento_080.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/633/requerimento_080.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a de Secretaria Serviços Urbanos, realize, com a máxima urgência possível, o Esgotamento Sanitário da rua União, localizada no Distrito de Sapucarana, em nosso Município.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/634/requerimento_081.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/634/requerimento_081.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeito deste Município, MARIA LUCIELLE SILVA LAURENTINO, que seja aquela autoridade, juntamente com a Secretaria e Administração e Finanças e Secretaria de Saúde, CONSIDERANDO a importância dos profissionais da saúde em nosso município, principalmente no combate à pandemia de COVID-19 (…).</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/635/requerimento_082.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/635/requerimento_082.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, junto com a Secretaria de Saúde, CONSIDERANDO a importância dos profissionais da saúde em nosso município, principalmente no combate a pandemia de COVID-19; CONSIDERANDO que diversos Municípios reconhecendo o quanto os profissionais se empenham de forma diária, arriscando suas vidas e a de entes queridos; REQUER que seja criada uma Gratificação temporária de emergência em saúde pública para todos os profissionais da área que atuam nas unidades hospitalares e de pronto-atendimento no combate direto à Covid-_x000D_
 19 (…).</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/636/requerimento_083.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/636/requerimento_083.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja incluído nas Comissões Permanentes desta Casa Legislativa a "COMISSÃO DE AGRICULTURA E MEIO AMBIENTE", Para que possa dar apoio ao pequeno, médio e grande produtor rural, bem como projetos e programas, voltados para área ambiental, de nosso Município.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/637/requerimento_084.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/637/requerimento_084.pdf</t>
   </si>
   <si>
     <t>Cumprimentando V. Sª. requeiro a mesa, ouvido o plenário em conformidade com o regimento interno desta Casa Legislativa Municipal, que seja solicitado ao Poder Executivo através da secretaria de saúde, a inclusão de todos os profissionais de educação. tais como professores e demais trabalhadores que fazem parte do sistema educacional do nosso município, na primeira fase do PLANO MUNICIPAL DE IMUNIZAÇÃO, desta forma criando um ambiente seguro que será de fundamental importância a saúde dos profissionais de educação e também para os estudantes e seus familiares.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/638/requerimento_085.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/638/requerimento_085.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo à Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos, providencie o Calçamento da Rua Erival Mendes Vieira, no bairro Quixabas, em nosso Municipio.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/639/requerimento_086.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/639/requerimento_086.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Infra Estrutura e Serviços Urbanos, se mobilize para que seja feito o saneamento, calçamento e iluminação públicas nas seguintes ruas do bairro Nossa Senhora Aparecida em nosso Município._x000D_
 • Rua Claúdio Soares da Silva (Iluminação)_x000D_
 • Rua Severino Germano da Silva (calçamento) _x000D_
 • Rua Inácia Maria de Arruda (Saneamento, calçamento e iluminação).</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/640/requerimento_087.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/640/requerimento_087.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Municipio, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Infra Estrutura e Serviços Urbanos, faça o saneamento e calçamento da Rua José Francisco da Paz Filho, localizada no bairro Nossa Senhora Aparecida, tendo em vista que os esgotos das referidas ruas se encontram a céu aberto, colocando em risco a saúde dos moradores daquela localidade.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/641/requerimento_089.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/641/requerimento_089.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a de Secretaria Serviços Urbanos, viabilize, com a máxima urgência possível, a devida iluminação do Loteamento Chico Lemos, tendo em vista que todos os moradores pagam a taxa de iluminação pública e não usufruem da mesma, causando assim vários transtornos aos moradores daquela localidade.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/642/requerimento_090.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/642/requerimento_090.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Municipio. MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, crie uma Comissão para fiscalizar à venda, locação ou uso irregular dos imóveis dos Residenciais Bezerros e Campestre, este triste episódio reforça a necessidade de fiscalizar essas situações, pois. muitas pessoas precisam de uma casa para morar, enquanto outras estão comercializando os imóveis, e isso é ilegal.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/643/requerimento_091.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/643/requerimento_091.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria competente, tome as medidas cabiveis para que seja construída uma Praça no Loteamento Bela Vista, localizado no bairro de Retiro, em nosso Municipio. A construção da referida praça, vai de encontro com a necessidade da população em contar com uma área arborizada, ampla e agradável, que possibilite uma maior frequência e integração entre as pessoas daquela localidade.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/644/requerimento_092.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/644/requerimento_092.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, para que juntamente com a Secretaria de Saúde, inclua no plano de governo, a construção e instalação de um PSF- Posto de saúde da família com médicos, enfermeiros, auxiliares de enfermagem e agentes de saúde, no bairro de Retiro, em nosso Municipio.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/645/requerimento_093.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/645/requerimento_093.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, para que juntamente com a Secretaria de Educação. inclua no plano de governo, a Construção de uma Creche no bairro do Retiro, em nosso Município, a fim de atender a grande demanda existente no referido bairro, onde as mães das crianças precisam trabalhar e não tem onde deixar seus filhos.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/663/requerimento_096.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/663/requerimento_096.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO através da qual se apela ao chefe do Executivo Municipal, através da Secretaria de Agricultura, no sentido de serem efetuados melhoramentos nas estradas municipais que dão acesso ao Sítio SERRA DE AIRES, deste município, com a colocação de piçarro e nivelamento com a máquina PATROL, em virtude do péssimo estado de conservação em que as mesmas se encontram.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/664/requerimento_099.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/664/requerimento_099.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Municipio, MARIA LUCIELLE SILVA LAURENTINO, para que juntamente com a Secretária de Infraestrutura e Serviços Urbanos, inclua no plano de governo, a reforma e melhoramento da Praça Joana Maria do Espinto Santo (próxima a Escola Cônego Alexandre Cavalcanti), localizada na Av. Agamenon Magalhães, no bairro do Cruzeiro, em nosso Municipio.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/665/requerimento_154.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/665/requerimento_154.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais, solicito ao Poder Executivo Municipal, que nos envie um relatório das obras da UNIDADE MISTA SÃO JOSÉ, que sejam incluidas informações como valor pago. recursos disponiveis para conclusão, aditivos contratuais e a previsão da conclusão da obra, tal divulgação permitirá que a população acompanhe o andamento podendo cobrar a entrega das obras dentro do prazo, para que os benefícios cheguem à população o mais rápido possível.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/666/requerimento_155.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/666/requerimento_155.pdf</t>
   </si>
   <si>
     <t>A Excelentíssima Senhora Prefeita do Município de Bezerros, Maria Lucielle Silva Laurentino._x000D_
 O vereador Carlos EDUARDO da Silva Lima, nos termos do artigo 166, do Regimento Interno desta casa, vem, perante Vossa Excelência, após ouvido o Plenário e cumprida todas as formalidades regimentais, requerer ao Poder Executivo Municipal, através da Secretaria de Desenvolvimento Social e Direito Humanos, que seja realizado a CENSO MUNICIPAL DA PESSOA COM TRANSTORNO DO ESPECTRO AUTISTA, visando mapear e identificar as pessoas com TEA em nosso município.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/667/requerimento_156.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/667/requerimento_156.pdf</t>
   </si>
   <si>
     <t>A Excelentissima Senhora Prefeita do Município de Bezerros, Maria Lucielle Silva Laurentino._x000D_
 O vereador Carlos EDUARDO da Silva Lima, nos termos do artigo 166, do Regimento Interno desta casa, vem, perante Vossa Excelência, após ouvido o Plenário e cumprida todas as formalidades regimentais, requerer ao Poder Executivo Municipal, através da Secretaria de Infraestrutura, que seja construido em nossa cidade, na região central, bem como no entorno de praças públicas, espaços reservados para o ESTACIONAMENTO DE BICICLETAS.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/668/requerimento_158.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/668/requerimento_158.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, no sentido daquela autoridade juntamente com a Secretaria de Educação, inclua no plano de governo a Construção de uma Creche no bairro do Cruzeiro, em nosso Município, tendo em vista já existir um terreno baldio pertencente a prefeitura. A Construção de uma creche se faz necessário para atender crianças nos primeiros anos de vida, e dar suporte às mães de famílias que precisam trabalhar fora de casa para sustentar seus filhos, proporcionando assim uma melhor qualidade de vida para suas famílias.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/669/requerimento_159.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/669/requerimento_159.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, no sentido daquela autoridade juntamente com a Secretaria de Saúde, inclua no plano de governo a Construção de um PSF - Posto de Saúde da Familia, no bairro do Cruzeiro em nosso Municipio, tendo em vista já existir um terreno baldio pertencente a prefeitura e o PSF do referido bairro funcionar em prédio alugado, gerando uma despesa maior para os cofres públicos.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/670/requerimento_160.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/670/requerimento_160.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Municipio, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria Competente, viabilize a instalação de Câmeras de Monitoramento nas entradas e saídas de nossa cidade e zona rural. Este projeto seria importante para nossa cidade, como auxilio a manutenção da segurança e da ordem, para preservar a integridade dos municipes.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/671/requerimento_161.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/671/requerimento_161.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Infraestrutura, viabilize a construção de quebra-molas no bairro do Retiro, incluindo todas as ruas e loteamentos.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/672/requerimento_162.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/672/requerimento_162.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Municipio, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Infraestrutura, viabilize o melhoramento das Estradas do Sítio Moreira e Sítio Olho D'agua, solicito ainda que seja feita a limpeza da barragem do Sítio Moreira, localizados em nosso Município.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/673/requerimento_163.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/673/requerimento_163.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, atendendo reivindicações da população deste Município, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Municipio, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Infraestrutura, viabilize a limpeza e manutenção de todas as caixas de esgotos instaladas nos becos localizados no bairro de Santo Amaro Il em nosso Município, tendo em vista que estão colocando em risco a saúde dos moradores daquela localidade.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/674/requerimento_166.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/674/requerimento_166.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Infraestrutura, viabilize a construção de quebra-mola na Rua Manoel Bezerra, em frente ao comercio de Lucélio, localizada no Distrito de Boas Novas em nosso Município.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/675/requerimento_168.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/675/requerimento_168.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com as Secretarias competentes viabilize um estudo para que, o UBS-Unidade Básica de Saúde, do bairro de Encruzilhada de São João volte a funcionar no antigo prédio, tendo em vista que o mesmo foi desativado e está funcionando em um prédio alugado, gerando maiores despesas para o municipio.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/676/requerimento_169.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/676/requerimento_169.pdf</t>
   </si>
   <si>
     <t>A Excelentissima Senhora Prefeita do Município de Bezerros, Maria Lucielle Silva Laurentino._x000D_
 O vereador Carlos EDUARDO da Silva Lima, nos termos do artigo 166, do Regimento Interno desta casa, vem, perante Vossa Excelência, após ouvido o Plenário e cumprida todas as formalidades regimentais, requerer ao Poder Executivo Municipal, através da Secretaria de Infraestrutura e Departamento Bezerrense de Trânsito - DEBETRANS, que seja realizado a implantação, dentro do estabelecido pela legislação de trânsito, de ESTACIONAMENTOS EXCLUSIVOS PARA VEÍCULOS QUE ESTEJAM TRANSPORTANDO PESSOA COM TRANSTORNO DO ESPECTRO AUTISTA - TEA em nosso municipio.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/</t>
   </si>
   <si>
     <t>A Excelentissima Senhora Prefeita do Município de Bezerros, Maria Lucielle Silva Laurentino._x000D_
 O vereador Carlos EDUARDO da Silva Lima, nos termos do artigo 166, do Regimento Interno desta casa, vem, perante Vossa Excelência, após ouvido o Plenário e cumprida todas as formalidades regimentais, requerer ao Poder Executivo Municipal, através da Secretaria de Infraestrutura, que seja realizado a RETIRADA DE METRALHAS E ENTULHOS, nas RUAS PROFESSORA MARIA ANA, RUA JOÃO BATISTA DE AZEVEDO MELO, RUA DEOCLÉCIO LEÃO E RUA EURICO ALVES DE QUEIROZ, no Bairro São Sebastião, bem como, seja identificado e cobrado providências da empresa SCAVE, PARA CORRETA REPOSIÇÃO DO CALÇAMENTO E TUBULAÇÃO SANITÁRIA E HÍDRICA, das referidas ruas, que após as obras realizadas pela referida empresa, encontram-se em péssimo estado.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/678/requerimento_171.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/678/requerimento_171.pdf</t>
   </si>
   <si>
     <t>A Excelentíssima Senhora Prefeita do Municio de Bezerros, Maria Lucille Silva Laurentino. _x000D_
 O vereador Carlos EDUARDO da Silva Lima, nos termos do artigo 166, do Regimento Interno desta casa, vem, perante Vossa Excelência, após ouvido o Plenário e cumprida todas as formalidades regimentais, requerer ao Poder Executivo Municipal, através da Secretaria de Infraestrutura, que seja realizado a RETIRADA DE METRALHAS E ENTULHOS na RUA MANOEL LAURENTINO FILHO, no Bairro GAMELEIRA, bem como, que seja feita a inclusão da referida rua em futuro projeto de instalação de calçamentos.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/679/requerimento_172.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/679/requerimento_172.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, para que juntamente com a Secretária de Serviços Urbanos, providencie a Pavimentação com colocação de asfalto na Rua Henrique Dias e Rua Santo Antonio, interligando ao asfalto do Alto José de Medeiros, localizadas no bairro de Santo Antonio, e na Rua Frei Caneca, no centro, todas em nosso Municipio.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/680/requerimento_174.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/680/requerimento_174.pdf</t>
   </si>
   <si>
     <t>Cumprimentando V. Sª. Requeiro a mesa, ouvido o plenário em conformidade com o regimento interno desta Casa Legislativa Municipal, que seja solicitado ao Poder Executivo através da Secretaria de Infraestrutura e Serviços Urbanos, pavimentação das seguintes ruas abaixo citadas, todas no bairro de Santo Amaro (…).</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/681/requerimento_175.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/681/requerimento_175.pdf</t>
   </si>
   <si>
     <t>Cumprimentando V. Sª. Requeiro a mesa, ouvido o plenário em conformidade com o regimento interno desta Casa Legislativa Municipal, que seja solicitado ao Poder Executivo através da Secretaria de Infraestrutura e Serviços Urbanos, pavimentação do trecho de acesso ao Residencial Campestre.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/682/requerimento_176.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/682/requerimento_176.pdf</t>
   </si>
   <si>
     <t>Cumprimentando V. Sª. Requeiro a mesa, ouvido o plenário em conformidade com o Regimento Interno desta Casa Legislativa Municipal, que seja solicitado ao Poder Executivo através da Secretaria de Infraestrutura e Serviços Urbanos, retirada de lixo e metralha no final da Rua Jaime Alexandrino Ribeiro, no Loteamento Vale do Ipojuca no Bairro Santo Amaro.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/683/requerimento_177.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/683/requerimento_177.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Municipio, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos, viabilize, com a máxima urgência possível, a devida iluminação pública com instalação de luminárias completas nos seguintes postes do Sítio Serra Nova, Sitio Palmeirinha e Serra Negra, em nosso Município (…).</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>Valmir Neto</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/684/requerimento_178.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/684/requerimento_178.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Municipio, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos e Dpto de Iluminação Pública, viabilize, com a máxima urgência possível, a devida iluminação no Distrito Industrial, Mororo e Alto das Quixabas, todos localizados, em nosso Município, tendo em vista que a maioria dos postes se encontram as escuras, colocando em risco a vida das pessoas que residem e trafegam naquelas localidades.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/685/requerimento_179.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/685/requerimento_179.pdf</t>
   </si>
   <si>
     <t>Cumprimentando V. Sª. Requeiro a mesa, ouvido o plenário em conformidade com o regimento interno desta Casa Legislativa Municipal, que seja solicitado ao Poder Executivo através da Secretaria de Saúde, a ampliação da frota do TFD, através da implantação de dois micro-ônibus para melhor atender as necessidades da população, tendo em vista o compromisso da gestão com as melhorias das políticas públicas voltadas a saude em nosso município.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/686/requerimento_180.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/686/requerimento_180.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Municipi. MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos, viabilize um mutirão de limpeza e manutenção, com capinação, retirada de entulhos, lixo e metralha e a pintura de sinalização e meio fio no Distrito Industrial, localizado em nosso Município.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/687/requerimento_182.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/687/requerimento_182.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos, providencie o Calçamento da Rua 25, localizada no bairro de Nossa Senhora Aparecida, em nosso Municipio.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/688/requerimento_183.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/688/requerimento_183.pdf</t>
   </si>
   <si>
     <t>Cumprimentando V. Sª. Requeiro a mesa, ouvido o plenário em conformidade com o regimento interno desta Casa Legislativa Municipal, que seja solicitado ao Poder Executivo através da Secretaria de Infraestrutura e Serviços Urbanos, pavimentação da Rua Isaura Fernandes Vieira, no bairro de Santo Amaro. Com a ampliação do cemitério Parque dos Eucaliptos, a referida rua ficou basicamente uma via sem saída.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/689/requerimento_184.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/689/requerimento_184.pdf</t>
   </si>
   <si>
     <t>Cumprimentando V. Sª. Requeiro a mesa, ouvido o plenário em conformidade com o regimento interno desta Casa Legislativa Municipal, que seja solicitado ao Poder Executivo através de Secretaria de Infraestrutura e Serviços Urbanos, melhoria da Rua Isaura Fernandes Vieira, no bairro de Santo Amaro, através dos Serviços de Terraplanagem a via encontra-se cheia de buracos por decorrências das chuvas, gerando vários transtornos aos moradores, saliento que a ampliação do cemitério Parque dos Eucaliptos a via ficou basicamente sem saída.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/690/requerimento_185.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/690/requerimento_185.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa, ouvido o Plenário, e cumpridas todas as formalidades_x000D_
 regimentais, que seja solicitado a Exmª. Srª Prefeita do Municipio, MARIA LUCIELLE SILVA LAURENTINO, que, através da Secretaria competente, seja feita a colocação de piçarro por toda extensão do bairro Nossa Senhora Aparecida, em nosso Municipio, nas ruas, obviamente, não pavimentadas.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/691/requerimento_186.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/691/requerimento_186.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais, que seja solicitado a Exmª. Srª. Prefeita do Município, MARIA LUCIELLE SILVA LAURENTINO, que, através da Secretaria competente, seja feita a limpeza em toda a extensão da canaleta do Bairro Nossa Senhora Aparecida. Pois a situação está tornando-se insustentável e muitos moradores estão tendo de conviver com alguns animais indesejáveis.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/692/requerimento_187.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/692/requerimento_187.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais, que seja solicitado a Exmª. Prefeita do Municipio, MARIA LUCIELLE SILVA LAURENTINO, que, através da Secretaria competente, sejam instaladas Câmeras de Monitoramentos na Praça do Bairro Nossa Senhora Aparecida e cuidadores (vigilância), para além de reforçar a segurança, sem dúvida alguma inibirá ações de vândalos contra a esse importante bem público.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/693/requerimento_189.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/693/requerimento_189.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos, providencie, com a máxima urgência possível, a retirada de metralhas e entulhos na Rua Maria Cicera da Silva, localizada no bairro de Santo Amaro I em nosso Município.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/694/requerimento_190.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/694/requerimento_190.pdf</t>
   </si>
   <si>
     <t>Requeremos à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, CONSIDERANDO que vivemos um momento inédito, com severas restrições no poder econômico de nossa população, CONSIDERANDO que o projeto de Lei REFIS apresentado por o executivo não contempla esse momento de pandemia, sendo apenas o mesmo apresentado em anos anteriores, CONSIDERANDO a necessidade da população em receber incentivo do poder público e que o Tribunal de Contas de Pernambuco já sinalizou positivamente sobre a possibilidade de redução de imposto territorial urbano durante a atual pandemia; REQUEREMOS que seja enviado a presente casa, projeto de Lei de autoria do Executivo que contemple de forma efetiva a situação de dificuldade que o povo Bezerrense vem sofrendo há mais de um ano e assim beneficie a população com desconto de cinquenta por cento sobre o IPTU de 2021 (…)</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/695/requerimento_191.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/695/requerimento_191.pdf</t>
   </si>
   <si>
     <t>Cumprimentando V. Sª. Requeiro a mesa, ouvido o plenário em conformidade com o regimento interno desta Casa Legislativa Municipal, que seja solicitado ao Poder Executivo através da Secretaria de Infraestrutura, que seja realizados serviços de manutenção e troca de lâmpadas nos seguintes bairros: _x000D_
 1. GAMELEIRA;_x000D_
 2. ASA BRANCA;_x000D_
 3. SANTO ANTONIO;_x000D_
 4. SÃO JOSÉ;_x000D_
 5. SANTO AMARO.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/696/requerimento_192.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/696/requerimento_192.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, atendendo reivindicação dos moradores, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos e Dpto de Iluminação Pública, viabilize, com a máxima urgência possível, a devida iluminação, com instalação de postes e luminárias completas, na Praça São Benedito, localizada na Rua Siqueira Campos no bairro Santo Antonio em nosso Município, tendo em vista que a mesma está totalmente às escuras.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/697/requerimento_194.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/697/requerimento_194.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Municipio, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria competente crie um Centro de Vacinação para funcionar como local de apoio e que fomente todas as ações de vacinação do municipio. Seguindo exemplo de outros municípios, já que logo estaremos vacinando a população abaixo dos 60 anos e a atual estrutura pode não ser suficiente.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/698/requerimento_195.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/698/requerimento_195.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais, especialmente as contidas nos Art. 54 do Regimento Interno, a solicitação de assinaturas para a CRIAÇÃO DE COMISSÃO ESPECIAL, com a finalidade de averiguar a situação econômico/financeira do IPREBE, tendo em vista o notório saber de todos, as dificuldades financeiras que o referido instituto se encontra, fato que exige deste Poder uma maior atenção e a busca de respostas para o efetivo cumprimento constitucional dos Edis em fiscalizar, bem como uma resposta à sociedade bezerrense quanto ao fato.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/699/requerimento_196.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/699/requerimento_196.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos, providencie o Calçamento da Rua Padre Anchieta e das 19, 2° e 3ª travessas Padre Anchieta, localizadas no Centro, solicito ainda que seja feita a pavimentação e calçamento da Rua Júlio Cesar localizada no bairro São José, todas em nosso Município.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/700/requerimento_197.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/700/requerimento_197.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, atendendo reivindicações da população deste Municipio, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Emxª. Srª. Prefeita deste Municipio, MARIA LUCIELLE SILVA LAURENTINO, por meio da secretaria de infraestrutura que seja realizado a manutenção e colocação de toda rede de iluminação pública da rua Siqueira Campos sentido lixão a mesma se encontra totalmente as escuras e por ser uma comunidade de vulnerabilidade precisa de mais atenção.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/701/requerimento_198.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/701/requerimento_198.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, atendendo reivindicações da população deste Municipio, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, por meio da secretaria de infraestrutura que seja feito os reparos adequados na passagem de água localizada na rua Carvoeiro Manoel Elias, (Santo Antônio) a mesma é muito importante para os moradores, pois é um atalho que corta a passagem molhada sentido asa branca, e por conta das últimas chuvas veio a ser intransitável, a passagem se encontra muito precária, onde antes passava carro e motocicletas, hoje só é possível a pé.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/702/requerimento_199.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/702/requerimento_199.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município. MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Agricultura, viabilize a recuperação das estradas com maquina patrol. caçamba e enchedeira nas estradas que dão acesso aos Sítios: Buqueirão e Logradouro._x000D_
 todos localizados em nosso Municipio.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/703/requerimento_201.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/703/requerimento_201.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumprias todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, para que juntamente com a Secretária de Serviços Urbanos, providencie a Pavimentação com colocação de asfalto na Av. Presidente Kennedy e na Rua Dr. Paulo Viana de Queiroz, ambas localizadas no bairro São Sebastião em nosso Municipio.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/704/requerimento_202.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/704/requerimento_202.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, para que juntamente com a Secretaria de Saúde, providencie com a máxima urgência possível, a transferência do Posto de Saúde do Bairro do Retiro, tendo em vista que, onde atualmente está instalado é um prédio com a estrutura comprometida, totalmente deteriorado e sem condições de funcionamento, colocando em risco a vida dos pacientes que necessitam daquela unidade de saúde.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/705/requerimento_203.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/705/requerimento_203.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, atendendo reivindicação dos moradores, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria Competente viabilize a implantação de UMA FEIRA LIVRE no Bairro de Encruzilhada de São João em nosso Município.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/706/requerimento_204.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/706/requerimento_204.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos, viabilize um estudo para que seja construído um canal para o escoamento da água no bairro do Retiro em nosso Município, tendo em vista que existe um fluxo muito grande trazendo detritos que são levados pela enxurrada e são lançados nas proximidades dos lares dos moradores, sendo assim, venho por meio deste pedido requerer que seja solucionado de vez este problema.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/707/requerimento_205.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/707/requerimento_205.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos, providencie, com a máxima urgência possível, a colocação de piçarro, enquanto não for feito o calçamento, nas seguintes ruas do bairro Nossa senhora Aparecida em nosso Município: Ruas 25, 26, 27 e 28 e na Rua de J. Borges, em virtude do péssimo estado de conservação em que as mesmas se encontram.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/708/requerimento_206.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/708/requerimento_206.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, atendendo reivindicação dos moradores, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos e Dpt° de lluminação Pública, viabilize, com a máxima urgência possível, a troca da lâmpada do Poste G432351, na Rua Dr. José Mario, em frente ao primeiro andar de esquina, e outra lâmpada na Rua Manoel Andrade Santos, em frente a casa de n° 30, ambas localizadas no bairro São Pedro em nosso Município.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/709/requerimento_207.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/709/requerimento_207.pdf</t>
   </si>
   <si>
     <t>Reiterando pedido de minha autoria através de oficio, Requeiro à Mesa, atendendo reivindicação dos moradores, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos e Dpt° de iluminação Pública, viabilize, com a máxima urgência possível, a conclusão da iluminação pública de Cajazeiras, Areias e Sitio Frutuoso, em nosso Município, tendo em vista que já foi feita uma parte e não concluíram.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/710/requerimento_208_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/710/requerimento_208_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, para que juntamente com a Secretaria de lnfraestrutura e Serviços Urbanos, façam a implantação de toneis para deposito de lixo na Rua Antônio Manoel Castanha, Rua Plácido Correia de Lima e Rua Joana Maria de Moraes, todas -localizadas no bairro de Encruzilhada de São João em nosso Município.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/711/requerimento_209.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/711/requerimento_209.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Infra Estrutura, viabilize a restauração do saneamento das seguintes ruas do bairro de Encruzilhada de São João em nosso Município: Rua José Francisco de Assis, Rua João Francisco do Nascimento, Rua Encruzilhada 1, Rua Encruzilhada 2, Rua Encruzilhada 3, Rua Samuel Patriota de Lira, Rua Antonio Angelo, Rua Severino Joaquim de Santana , Rua Maria Runa de Menezes, Travessa Plácido Correia Lima, Rua Justino Eugénio da Silva, Rua dos Frades, Rua nova.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/712/requerimento_210.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/712/requerimento_210.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que através de oficio, seja solicitado a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Infraestrutura e Serviços Urbanos, que seja feito um Mutirão para CAPINAÇÃO, RETIRADA DE METRALHA, LIXO E ENTULHO, na Rua Antônio Lopes de Almeida, localizada no bairro São Pedro, em nosso Município.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/713/requerimento_211.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/713/requerimento_211.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUClELLE SILVA LAURENTINO, que aquela autoridade, CONSIDERANDO a pandemia de covid-19 atinge com ainda mais intensidade quem vive em situação de vulnerabilidade social. São diversas famílias que tem enfrentado dificuldades para suprir as necessidades básicas, como alimentação; CONSIDERANDO que a Lei Federal 14.029/2020 permitiu que os municípios reprogramassem os saldos disponibilizados pelo governo federal, visando estabelecer ações de assistência social; CONSIDERANDO que diversos municípios, mesmo de pequeno porte, por todo o Brasil criaram programas visando a auxiliar a população mais necessitadas e que tal ato é legal e necessário; REQUER que seja criado Auxilio Emergencial Municipal, em três parcelas de no mínimo R$ 200,00 (duzentos reais), para contemplar as pessoas que estão na base de dados do Cadastro Único (...)</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/714/requerimento_212.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/714/requerimento_212.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, no sentido daquela autoridade, juntamente com a secretaria de infra-estrutura e Serviços Urbanos, para que seja feito um mutirão de limpeza, com retirada de Iixo e capinação do CEMITERIO DE SANTO AMARO em nosso Município.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/715/requerimento_213.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/715/requerimento_213.pdf</t>
   </si>
   <si>
     <t>Cumprimentando V. Sª. Requeiro a mesa, ouvido o plenário em conformidade com o regimento interno desta Casa Legislativa Municipal, que seja solicitado ao poder executivo, através da secretaria de Infraestrutura, a requalificação e manutenção do Parque Poliesportivo Municipal, situado no bairro de Santo Amaro II, no município de Bezerros/PE. A requalificação e manutenção deste espaço publico, se da pelo abandono ao passar dos anos. Nosso Parque Poliesportivo, era um espaço onde as famílias bezerrenses o se encontravam para se confraternizar nas sombras das arvores, como também usavam o  espaço para a pratica de atividades esportiva. No tocante a requalificação requeiro a implantação de ciclovias, estacionamento para bicicletas, espaço para a pratica do futmesa, pista de cooper, de Skate, campo de futebol, quadra de vôlei de praia, restauração das piscinas, revitalização do açude, espaço das artes, banheiros e a requalificação da iluminação.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/716/requerimento_214.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/716/requerimento_214.pdf</t>
   </si>
   <si>
     <t>Cumprimentando V. Sª. Requeiro a mesa, ouvido o plenário em conformidade com o regimento interno desta Casa Legislativa Municipal, que seja solicitado ao poder executivo, através da secretaria de Infraestrutura, a implantação de ciclovias e ciclofaixas para bicicletas em nossa cidade. Com esta ação, a gestão estará preservando vidas, tendo em vista que, a bicicleta é frágil frente ao tamanho e velocidade dos demais veículos nas ruas da nossa cidade.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/717/requerimento_215.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/717/requerimento_215.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que através de ofício, seja solicitado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO para que tome as providências necessárias para que seja feita a a implantação de canos de 50 mm, no bairro de Encruzilhada de São João, para que otimize o abastecimento de agua proveniente da Barragem Poço da Areia, Localizada no Distrito de Sapucarana, em nosso Município, tendo em vista que essa iniciativa irá beneficiar varias famílias que residem no referido bairro.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/718/requerimento_216.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/718/requerimento_216.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que através de oficio, seja solicitado apelo a Exmª. Srª. Prefeita deste_x000D_
 Município, MARIA LUCIELLE SILVA LAURENTINO para que juntamente com a Secretaria Serviços Urbanos, tome as providências necessárias para que seja feita a ampliação ou construção de outro cemitério no bairro de Encruzilhada de São João, em nosso Município, isso irá trazer um pouco mais de conforto, em um momento tão difícil, para as pessoas sepultarem seus entes queridos.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/719/requerimento_217.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/719/requerimento_217.pdf</t>
   </si>
   <si>
     <t>A Excelentíssima Senhora Prefeita do Município de Bezerros, MARIA LUCIELLE SILVA LAURENTINO. O vereador CARLOS EDUARDO DA SILVA LIMA, nos termos do artigo 166, do Regimento lnterno desta casa, vem, perante Vossa Excelência, após ouvido o Plenário e cumprida todas as formalidades regimentais, requerer ao Poder Executivo Municipal, através da Secretaria Municipal de lnfraestrutura, que sejam realizados serviços de reparos na iluminação publica na rua principal da Comunidade do Sitio dos Remédios, visando dar mais segurança aos moradores daquela localidade._x000D_
 Para melhor identificação e facilitar o trabalho da equipe técnica, segue a numeração/barramento dos postes, bem como sua localização (...)</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/720/requerimento_219.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/720/requerimento_219.pdf</t>
   </si>
   <si>
     <t>A Excelentíssima Senhora Prefeita do Município de Bezerros, MARIA LUCIELLE SILVA LAURENTINO. O vereador CARLOS EDUARDO DA SILVA LIMA, nos termos do artigo 166, do Regimento lnterno desta casa, vem, perante Vossa Excelência, após ouvido o Plenário e cumprida todas as formalidades regimentais, requerer ao Poder Executivo Municipal, através da Secretaria Municipal de Saúde, que seja analisada a possibilidade de mudança de Iocalização da Unidade Básica de Saúde (UBS) do bairro São Sebastião, visto que a localização da mesma é fora da sua área de abrangência, pois o imóvel utilizado está na Rua Alcides de Andrade Lima, Centro.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/721/requerimento_220.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/721/requerimento_220.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos e o Dpt° de iluminação pública, providencie com a máxima urgência possível, a devida iluminação com instalação de luminárias completes no Sitio Alecrim, Sitio Várzea Dantas, Sitio Pedra Preta, Sitio Guaribas de Baixo, Sitio Guaribas de Cima, Sitio São Domingos e Sitio Veado Magro, todos localizados no Distrito de Boas Novas em_x000D_
 nosso Município.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/722/requerimento_221.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/722/requerimento_221.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos, providencie o Calçamento da Rua 26, localizada no Bairro Nossa Senhora Aparecida, em nosso Município.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/723/requerimento_222.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/723/requerimento_222.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento do Vereado Evaldo Soares de Oliveira, Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, através da qual se apela ao chefe do Executivo Municipal, no sentido de serem, através do órgão competente, efetuados melhoramentos nas estradas municipais que dão acesso ao Sitio SALGADO, MUNDO NOVO, RAPOSA e LAGOA NOVA, deste município, com a colocação de piçarros e nivelamento com a máquina PATROL, em virtude do péssimo_x000D_
 estado de conservação em que as mesmas se encontram.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/724/requerimento_226_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/724/requerimento_226_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, para que juntamente com a Secretaria de Saúde, inclua no plano de governo, a construção de um Posto de Saúde da Família no bairro Santana em nosso o Município.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/725/requerimento_228_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/725/requerimento_228_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Saúde, inclua os Bancários e seus colaboradores como prioridade na vacinação contra covid-19, tendo em vista que estes profissionais estão na linha de frente, lidando diretamente com o público e que já houve vários casos de infecção por esses profissionais.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/726/requerimento_229_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/726/requerimento_229_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Infra Estrutura e Serviços Urbanos, providencie o SANEAMENTO E CALÇAMENTO dos povoados dos Sitios Varzinha e Poço Verde, solicito ainda que seja feita a ENCANAÇÃO DE ÁGUA para as referidas localidades, ambas localizadas em nosso Município.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/727/requerimento_230_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/727/requerimento_230_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, atendendo reivindicações da população deste Município, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Sade, viabilize a instalação de um Centro de testagem para covid-19 com implantação de laboratório próprio, para que os resultados tenham mais agilidades.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/728/requerimento_231_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/728/requerimento_231_1.pdf</t>
   </si>
   <si>
     <t>Cumprimentando V. Sª. Requeiro a mesa, ouvido o plenário em conformidade com o regimento interno desta Casa Legislativa Municipal, que seja solicitado ao Poder Executivo através da secretária de Governo, viabilizar cursos c capacitações a distância para os jovens do município com o intuito de promover o desenvolvimento pessoal profissional dos munícipes que se encontram em isolamento social.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/729/requerimento_232_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/729/requerimento_232_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, para que juntamente com a Secretaria de lnfraestrutura e Serviços Urbanos, faça implantação de toneis para deposito de lixo nos distritos de Cajazeiras e Areias localizados em nosso Município, tendo em vista que o lixo está ficando em via pública a céu aberto.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/730/requerimento_233_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/730/requerimento_233_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, para que, através da Secretaria de lnfraestrutura e Serviços Urbanos, determine a construção de UM CÉMITERIO PÚBLICO no povoado de areias, solicito ainda que seja viabilizada a construção de UMA PRAÇA no referido povoado localizado em nosso Município.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/731/requerimento_234_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/731/requerimento_234_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Saúde, inclua os profissionais da Imprensa como prioridade na vacinação contra o covid-19, tendo em vista que estes profissionais estão lidando diretamente com o público.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/732/requerimento_235_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/732/requerimento_235_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com os órgãos competentes, providencie a implantação de 2 LOMBADAS no _x000D_
  Residencial Bezerros, sendo uma na entrada e uma na saída, tendo em vista a grande movimentação de pessoas que trafegam naquela localidade.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/733/requerimento_236_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/733/requerimento_236_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que através de oficio, seja solicitado a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de lnfraestrutura e Serviços Urbanos, que seja feito um Mutirão para CAPINAÇÃO do Loteamento Chico Lemos, localizado em nosso Munícipio.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/734/requerimento_237_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/734/requerimento_237_1.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que através de oficio, seja solicitado a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, viabilize um estudo e que seja incluído no Plano de Governo a construção de uma ciclovia em nosso Município, conforme planta em anexo.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/735/requerimento_238_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/735/requerimento_238_1.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria competente, conceda um Auxilio Municipal Emergencial para todos os artesões, músicos, grupos de dança, barraqueiros, ambulantes e todos que fazem parte da cadeia produtiva do São João de nosso Munícipio, que atuaram, legalmente, nas festividades juninas anteriores, e que estão impossibilitados de trabalhar devido a pandemia do COVID-19.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/736/requerimento_239_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/736/requerimento_239_1.pdf</t>
   </si>
   <si>
     <t>A Excelentíssima Senhora Prefeita do Município de Bezerros, MARIA LUCIELLE SILVA LAURENTINO. O vereador CARLOS EDUARDO DA SILVA LIMA, nos termos do artigo 166, do Regimento lnterno desta casa, vem, perante Vossa Excelência, após ouvido o Plenário e cumprida todas as formalidades regimentais, requerer ao Poder Executivo Municipal, que com a maior brevidade possível, seja criado um PROGRAMA DE ESTAGIO MUNICIPAL, sejam eles remunerados ou voluntários, visando assim atender as necessidades de aprendizagem pratica dos alunos de cursos técnicos e/ou superior, bem como daqueles que já concluíram sua formato e por falta de experiência profissional não conseguem inserção no mercado de trabalho.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/737/requerimento_240_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/737/requerimento_240_1.pdf</t>
   </si>
   <si>
     <t>A Excelentíssima Senhora Prefeita do Município de Bezerros, MARIA LUCIELLE SILVA LAURENTINO. Os vereadores ANTDNIO VALMIR DE LIMA NEI'O, CARLOS EDUARDO DA SILVA LIMA, EDVALDO CORREIA DE LIMA, EVANDO SILVESTRE DA SILVA, JOSE ANTONIO DE AMORIM, JOSE ANTONIO H. S. JUNIOR E LUIS CABRAL SALES DE A. M. FILHO, nos termos do artigo 166, do Regimento Interno desta casa, vem, perante Vossa Excelência, após_x000D_
 ouvido o Plenário e cumprida todas as formalidades regimentais, requerer ao Poder Executivo Municipal, que com a maior brevidade possível, seja realizado um estudo de viabilidade e posteriormente buscar por parcerias ou contratação de empresa especializada para PERFURAÇÃO DE POÇOS ARTESIANOS nos distritos e comunidades rurais de nosso município, visando buscar alternativas que minimizem os sofrimentos da seca e da estiagem, facilitando e possibilitando o acesso à água aos residentes na Zona Rural.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/738/requerimento_241_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/738/requerimento_241_1.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a GSP — Gerencia de Segurança Pública, providencie a colocação de placas informativas, na Rua localizada por trás da Câmara, contendo informação: “proibido passagem de carro baú” tendo em vista a Rua ser muito estreita e vários veículos ficarem sem conseguir passar.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/739/requerimento_242_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/739/requerimento_242_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, para que juntamente com a Secretaria de Saúde, estude a possibilidade de instalação de 2 toldos na frente do Hospital de Campanha de nosso Município, proporcionando assim um melhor conforto aos pacientes e familiares que esperam atendimento e noticias.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/740/requerimento_243_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/740/requerimento_243_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos e o Dpt° de iluminação pública, providencie com a máxima urgência possível, a devida iluminação na Rua Larga, por trás da Rua 12 do bairro Nossa Senhora Aparecida em nosso Município, tendo em vista que o local se encontra as escuras, causando perigo para aqueles que por ali trafegam.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/741/requerimento_244_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/741/requerimento_244_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, para que, juntamente com a Secretaria de Serviços Públicos, providencie o melhoramento, com reparos, na estrada que liga Bezerros a Serra Negra, tendo em vista as condições precárias naquela localidade. Tais reparos irá evitar que aconteçam acidentes com veículos que por ali trafegam.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/742/requerimento_245_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/742/requerimento_245_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, CONSIDERANDO que vivemos um momento inédito, com severas restrições no poder econômico de nossa população, CONSIDERANDO que foi promessa da Prefeita eleita durante a campanha eleitoral de 2020 a contratação através de seleção simplificada, CONSIDERANDO que já faz cinco meses desde que assumiu o município e até o presente momento não tivemos informações sobre seleção simplificada no município; REQUEREMOS que seja enviado a presente casa, relatório informando se houve seleção, para quais funções e onde foi publicado.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/743/requerimento_246_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/743/requerimento_246_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que através de oficio, seja solicitado apelo a Exmª. Srª. Prefeita deste_x000D_
 Município, MARIA LUCIELLE SILVA LAURENTINO para que juntamente com a Secretaria de Saúde, tome as providências necessárias para que seja estendido o horário de vacinação, que atualmente esta sendo das 9h As 12h e das 13h as 15h, e muitas vezes o aplicativo e o teleatendimento ficam congestionados devido a grande demanda, tal solicitação possibilita que todos os munícipes se vacinem, tendo em vista que atualmente o período compreende em horário comerciai e muitas vezes a população tem dificuldade para chegar em tempo.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/744/requerimento_247_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/744/requerimento_247_1.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Saúde, inclua os frentistas de Posto de Combustível e funcionários de supermercado, mercado e mercadinho de nosso Município, como prioridade na vacinação contra o covid-19, tendo em vista que estes profissionais estão na linha de frente, lidando diretamente com o público e que já houve vários casos de infecção por estes profissionais.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/745/requerimento_248.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/745/requerimento_248.pdf</t>
   </si>
   <si>
     <t>Cumprimentando V. Sª. Requeiro a mesa, ouvido o plenário em conformidade com o regimento interno desta Casa Legislativa Municipal, que seja solicitado ao Poder Executivo através da Secretaria de Saúde, a aquisição de equipamentos e material permanente para a atenção especializada: Autoclave Horizontal de Mesa, Microscópio Laboratorial, Coagulometro, Analisador Automático para Hematologia, Analisador de íons e Eletrolitos, Hemogasometro, Camas hospitalares, Aparelho de Anestesia, Mesa Cirúrgica, Foco Cirúrgico de Teto, Desfibrilador Convencional; lavadora, centrifuga e secadora para lavanderia hospitalar, Gerador de energia elétrica, maquina de eletro, cardiovessores, monitores multiparametros e também aquisição de unidade móvel de saúde.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/746/requerimento_250_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/746/requerimento_250_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Sade, tome as providências necessárias, para que sejam contratados, com a brevidade possível, médico e cirurgião dentista para os PSF’s de Cajazeiras e Areias, em nosso Município.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/747/requerimento_251.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/747/requerimento_251.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, para que, modique o projeto de lei enviado a está Casa, para que o mesmo possa abranger da melhor forma a classe dos artistas/músicos.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/778/requerimento_253.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/778/requerimento_253.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo ao Departamento Nacional de infraestrutura de Transportes - DNIT, para que seja providenciada a reforma da passarela de pedestres que dá acesso ao bairro do Retiro em nosso Município, tendo em vista que a mesma se encontra deteriorada, colocando em risco a vida das dezenas de pessoas que precisam fazer a travessia diariamente na referida localidade.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/779/requerimento_254.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/779/requerimento_254.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, atendendo reivindicações da população deste Município, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Saúde, contrate médicos especializados em PEDIATRIA E ORTOPEDIA pelo sistema único de Saúde - SUS, para atendimento na Upa de nosso Município, a de cuidar da saúde dos usuários do sistema.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/780/requerimento_257.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/780/requerimento_257.pdf</t>
   </si>
   <si>
     <t>A Excelentíssimos Senhores Chefes dos Poderes Executivo e Legislativo do Município de Bezerros, MARIA LUCIELLE SILVA LAURENTINO e EMANUEL MESSIAS DA SILVA. O vereador CARLOS EDUARDO DA SILVA LIMA, nos termos Regimento lnterno desta casa, vem, perante Vossas Excelências, após_x000D_
 do artigo 166, do ouvido o Plenário e cumprida todas as formalidades regimentais, requerer dos Poderes Executivo e Legislativo Municipal, que com a maior brevidade possível (ainda em 2021), sejam iniciados os processos legais para realização de CONCURSO PÚBLICO, para a Gerência de Segurança_x000D_
 Pública de Bezerros, que abrange, Guarda Civil Municipal e DEBETRANS, no executivo e no Legislativo, concurso, para Provimento efetivo de Cargos Administrativos. Vale salientar que tal medida à orientação do Tribunal de Contas do Estado de Pernambuco e este requerimento visa atender as necessidades do Município, fortalecendo e dando mais autonomia aos órgãos de Segurança Municipal, no executivo, bem corno nesta (...)</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/781/requerimento_258.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/781/requerimento_258.pdf</t>
   </si>
   <si>
     <t>A Excelentíssima Senhora Prefeita do Município de Bezerros, MARIA LUCIELLE SILVA LAURENTINO. O vereador CARLOS EDUARDO DA SILVA LIMA, nos termos do artigo 166, do Regimento interno desta casa, vem, perante Vossa Excelência, após ouvido o Plenário e cumprida todas as formalidades regimentais, requerer ao Poder Executivo Municipal, que com a maior brevidade possível, seja criado um PROGRAMA DE REGULARIZAQAO_x000D_
 FUNDIARIA, visando dar oportunidade aos munícipes, que estejam enquadrados em situação de vulnerabilidade social, bem como os economicamente considerados como famílias de "baixa renda", que não possuem Escrituras Públicas de seus imóveis, regularizarem sua situação junto ao Poder Executivo Municipal, dando-lhe assim mais dignidade e segurança fundiária.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/782/requerimento_259.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/782/requerimento_259.pdf</t>
   </si>
   <si>
     <t>A Excelentíssima Senhora Prefeita do Município de Bezerros, MARIA LUCIELLE SILVA LAURENTINO. O vereador CARLOS EDUARDO DA SILVA LIMA, nos termos do artigo 166, do Regimento lnterno desta casa, vem, perante Vossa Excelência, após ouvido o Plenário e cumprida todas as formalidades regimentais, requerer ao Poder Executivo Municipal, que com a maior brevidade possível, seja criado um PROGRAMA DE EFICIÊNCIA ENERGETICA_x000D_
 no município de Bezerros, utilizando fontes de energia limpas, renováveis e sustentáveis, como, por exemplo a ENERGIA SOLAR, para instalação em espaços públicos, escolas, centros de saúde, hospitais entre outros. Considerando que a produção de energia solar, acontece localmente, ajuda a_x000D_
 poupar agua nos reservatórios das hidrelétricas, evitando o acionamento de termoelétricas movidas combustíveis fosseis (...)</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/783/requerimento_260.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/783/requerimento_260.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Educação, INSTITUA o Programa de Fornecimento de Absorventes Higiénicos (PFAH) nas escolas publicas municipais que ofertam anos finais de ensino fundamental e ensino médio. O presente requerimento visa combater a precariedade menstrual, identificada como a falta de acesso ou a falta de recursos que possibilitem a aquisição de produtos de higiene e outros recursos necessários ao período da menstruação feminina, bem como reduzir faltas em dias Letivos de educandas em período menstrual e, por_x000D_
 decorrência, evitar prejuízos a aprendizagem e ao rendimento escolar. Para tanto requeiro que a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO envie a Câmara Municipal projeto de lei visando instituir o presente programa (...)</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/784/requerimento_261.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/784/requerimento_261.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimentos de minha autoria e aproveitando para incluir outros pedidos, REQUEIRO a mesa, ouvido o Plenário, e cumpridas as demais_x000D_
 formalidades regimentais, solicito que seja formulado veemente apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de agricultura, providencie a recuperação das estradas do Sítio dos Remédios, Sitio Quadjuntor, Sitio Maravilha, Sitio Ramada e Sitio Cabuji, todos localizados em nosso Município.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/785/requerimento_262.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/785/requerimento_262.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos, viabilize, com a máxima urgência possível, a devida iluminação da Rua Triunfo, atendendo todas as imediações que dão acesso ao Campo de futebol, localizada no bairro Santo Amaro ll, em nosso Município.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/786/requerimento_263.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/786/requerimento_263.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, para que juntamente com a Secretaria de lnfraeairutura a Serviços Urbanos. providencie o complemento da Pavimentação da Rua Justino Eugénio da Silva (Rua do Cemitério), localizada no bairro de Encruzilhada de São João, em nosso Município, solicito ainda, que, antes que seja feita a pavimentação, seja colocado piçarro, para fazer um paliativo, tendo em vista que existe muita lama e buracos, e só uma parte da referida rua é pavimentada.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/787/requerimento_264.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/787/requerimento_264.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos e Dpt° do lluminção Pública viabilize, com a máxima urgência possível, a devida iluminação, com instalação de postes e luminárias completas do Sitio Moreira, próximo a Chácara São José, em nosso Município.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/788/requerimento_265.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/788/requerimento_265.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, proceda com as medidas necessárias para adesivação para os veículos oficiais da Prefeitura Municipal, os adesivos devem conter o brasão oficial do Município, a frase “Prefeitura Municipal dos Bezerros”, “Uso exclusivo em serviço” e o “Nome da secretaria ou departamento que o veiculo esteja vinculado“. O objetivo é facilitar a identificação dos veículos públicos e os particulares a serviço da Administração Pública onde quer que eles estejam, manter a população atenta para o uso correto dos carros oficiais, contribuindo, assim, para a fiscalização, possibilitando que os munícipes denunciem caso eles estejam sendo usados de maneira irregular.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/789/requerimento_266.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/789/requerimento_266.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Saúde, tome as providências necessárias, para que seja viabilizada a contratação de médico, para atendimento, uma vez por mês, na comunidade Quilombolas, localizado no Distrito de Boas Novas, em nosso Município, é importante ressaltar que a saúde é um direito de todos e que a maioria das pessoas não tem condições de arcar com o custo de uma consulta, dependendo exclusivamente dos serviços oferecidos pelo município.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/790/requerimento_267.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/790/requerimento_267.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Saúde, amplie o grupo prioritário, para que os jovens 18 anos + recebam a vacina contra covid-19, tendo em vista a volta as aulas presenciais das universidades e faculdades de nossa região, e o contato direto com alunos de outras cidades, diariamente.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/791/requerimento_268.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/791/requerimento_268.pdf</t>
   </si>
   <si>
     <t>A Excelentíssimo Senhor Chefe do Poder Legislativo do Município de Bezerros, EMANUEL MESSIAS DA SILVA. O vereador CARLOS EDUARDO DA SILVA LIMA, nos termos do artigo 166, do Regimento lnterno desta casa, vem, perante Vossas Excelência, após ouvido o Plenário e cumprida todas as formalidades regimentais, requerer do Poder Legislativo Municipal, que seja criado no site oficial da Câmara Municipal, um espago para disponibilização de todos os requerimentos, moções e indicações aprovados em plenário, indicando o número, data, autor e conteúdo, disponibilizando inclusive o arquivo no formato PDF para acesso público. Tal medida visa dar maior transparência e acesso ao cidadão, bem como auxilia os edis na consulta e elaboração de novos requerimentos, evitando duplicidade nos pedidos.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/792/requerimento_269.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/792/requerimento_269.pdf</t>
   </si>
   <si>
     <t>A Excelentíssima Senhora Prefeita do Município de Bezerros, MARIA LUCIELLE SILVA LAURENTINO. O vereador CARLOS EDUARDO DA SILVA LIMA, nos termos do artigo 166, do Regimento Interno desta casa, vem, perante Vossa Excelência, após ouvido o Plenário e cumprida todas as formalidades regimentais, requerer ao Poder Executivo MunicipaI, que o sejam criados ECOPONTOS para COLETA SELETIVA de materiais recicláveis. Esta medida_x000D_
 visa auxiliar as famílias que dependem da catação de recicláveis para sustento, bem como auxilia e desperta na população bezerrense a necessidade do descarte consciente do lixo e das sobras de materiais domésticos.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/793/requerimento_270.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/793/requerimento_270.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município,_x000D_
 MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Públicos, INSTITUA um efetivo programa de_x000D_
 recolhimento de animais de médio e grande porte, que por vezes ficam soltos nas ruas, avenidas, pragas, logradouros e demais vias púbicas._x000D_
 O presente requerimento visa, de maneira preventiva, que o recolhimento possa evitar que ocorra acidentes envolvendo cavalos, porcos e demais animais que acabam ficando soltos nas ruas de nossa cidade, e que podem causar outros danos aos bezerrenses, como a transmissão de zoonoses e outras doenças, buscando assim, a proteção da saúde coletiva.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/794/requerimento_271.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/794/requerimento_271.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria Competente, viabilize a instalação de uma rede de câmeras de monitoramento que possam ser implantadas em lugares estratégicos de abandono de animais em nosso município, com esse sistema podemos coibir e diminuir cada vez mais esse tipo de crime em nosso município.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/795/requerimento_272.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/795/requerimento_272.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, juntamente com a Secretaria de Educação informe sobre o requerimento n° 014/2021, encaminhado em 01 de fevereiro de 2021, o qual solicitou a reforma da Escola Municipal Nelson Castanha, localizada no Bairro de Encruzilhada, tendo em vista que a mesma encontra-se com diversos problemas de conservação e até segurança para os alunos. E salutar informar que o Bairro de Encruzilhada tem ares de uma verdadeira cidade, necessitando de atenção diferenciada, dada a sua distância e isolamento dos outros bairros de nossa cidade. Enquanto que os outros bairros contam com equipamentos públicos que a população pode compartilhar, encruzilhada sofre por a falta de equipamentos públicos. O equipamento público em questão está com diversos problemas como demonstro nas fotos em anexo, necessitando de reformas da quadra (...)</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/796/requerimento_274.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/796/requerimento_274.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, e atendendo solicitação dos moradores, requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Infraestrutura, viabilize a reforma, ampliação e limpeza da Barragem do Sitio Moreira, localizado em nosso Município.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/797/requerimento_275.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/797/requerimento_275.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria Serviços Urbanos, viabilize, com a máxima urgência possível, a devida iluminação com instalação de aproximadamente 10 luminárias em todo o Sitio Riacho Verde, localizado em nosso Município.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/798/requerimento_276.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/798/requerimento_276.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais, através da qual se apela a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, juntamente com a Secretaria Competente, para que estude a possibilidade de homenagear o ex prefeito LUCAS CARDOSO, se erigindo um busto, do referido, no Polo Turístico Cultural de Serra Negra, representando aquele ilustre homem público, já falecido, que tanto contribuiu para o desenvolvimento de nossa cidade.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/799/requerimento_277.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/799/requerimento_277.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais, através da qual se apela a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, juntamente com a Secretaria Competente, para que estude a possibilidade de homenagear o Dr. RINALDO PACHECO VAZ, se erigindo um busto, do referido, na então Unidade Mista São José, tendo em vista tramitar nesta Casa um Projeto de Lei onde se discute a mudança de nome da referida unidade de Sande para Unidade Mista São José- Dr. Rinaldo Pacheco Vaz, homenageando aquele ilustre homem público, já falecido, que tanto contribuiu para nossa cidade.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/800/requerimento_278.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/800/requerimento_278.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro à Mesa, atendendo reivindicações da população deste Município, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria competente, providencie a LIMPEZA E REVITALIZAÇÃO DO RIO IPOJUCA, no perímetro urbano de nossa cidade, tendo em vista que o referido Rio se encontra em estado de calamidade, com mal cheiro e sujeira.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/801/requerimento_281.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/801/requerimento_281.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, para que juntamente com as Secretarias Competentes, viabilize a conclusão da construção do canal que ficam localizado na Rua Plácido Correia Lima, em casa de turma, no bairro de Encruzilhada de São João, em nosso Município, que teve sua obra iniciada na gestão passada e tendo em vista que o referido local foi capinado em parceria com 0 Governo do Estado. Solicito ainda, que o espaço seja utilizado para a construção de uma Praça com equipamentos para prática de exercícios físicos e recreação infantil, bem como que seja instalado um letreiro constando o nome do bairro, para valorização turística e ambiente propicio a fotos para marcar sua passagem pelo local acima exposto.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/802/requerimento_282.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/802/requerimento_282.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, atendendo apelo dos moradores, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, para que, juntamente com a Secretaria de Saúde, realize um mutirão de campanha antirrábica para os animais de nosso Município, tendo em vista que, manter o pet devidamente vacinado contra a raiva é uma maneira de manter a segurança de todos, já que se trata de uma zoonose que é transmitida para os seres humanos. A vacina antirrábica é essencial para manter nosso_x000D_
 animal de estimação protegido contra essa terrível doença.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/803/requerimento_283.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/803/requerimento_283.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro à Mesa, atendendo reivindicações da população deste Município, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretária competente, providencie a reforma do matadouro de suínos, localizado no matadouro público de nosso Município.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/804/requerimento_284.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/804/requerimento_284.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, através da Secretaria Competente, viabilize a aquisição de carro tipo frigorifico para ser usado no transporte das carnes do açougue público de nosso Município.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/805/requerimento_285.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/805/requerimento_285.pdf</t>
   </si>
   <si>
     <t>Os Subscritores do presente, representantes do Partido Solidariedade, Requeremos a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, juntamente com a Secretaria de Saúde que tome providências urgentes em relação a captura de dezenas de pombos que se concentram na Praça Duque de Caxias todos os dias, por se tratar de problemas de saúde pública e descontrole ambiental. E tendo em vista que houve uma vitima fatal em nosso Município. Dessa forma requeiro, também, a resposta do presente no prazo legal, informando qual a medida que será tomada e a previsão para inicio de tais medidas.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/806/requerimento_286.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/806/requerimento_286.pdf</t>
   </si>
   <si>
     <t>Os Subscritores do presente, requeremos a Mesa, ouvido o Plenário e que seja formulado apelo ao IBAMA - representantes do Partido Solidariedade,_x000D_
 cumpridas todas as formalidades regimentais, instituto Brasileiro do Meio Ambiente e dos Recursos Naturais Renováveis, para que venha, a nossa cidade, uma equipe responsável pela captura de dezenas de pombos que se concentram na Praça Duque de Caxias todos os dias, por se tratar de problemas de saúde pública e descontrole ambiental. E tendo em vista que houve uma vitima fatal em nosso Município.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/807/requerimento_287.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/807/requerimento_287.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas iodas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Saúde, tome medidas urgentes em relação a epidemia de dengue em nosso Município, tendo em vista que em tempos de enfrentamento a pandemia do novo coronavírus nossa cidade já registra casos da doença transmitida pelo mosquito Aedes Aegypti, por isso precisamos cuidar da dengue com a mesma importância que estamos cuidando da Covid-19. E importante ressaltar que a população também precisa contribuir cuidando do seu quintal e do seu terreno.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/808/requerimento_288.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/808/requerimento_288.pdf</t>
   </si>
   <si>
     <t>REQUEIRO à mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município,_x000D_
 MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Agricultura, viabilize a recuperação da Rua Manoel Laurentino Filho, localizada no bairro da Gameleira em nosso Município, com utilização de máquina patrol e colocação de pigarro, tendo em vista que a referida rua esta obstruída e intransitável.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/809/requerimento_289.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/809/requerimento_289.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Infra Estrutura e Serviços Urbanos, se mobilize para que seja feito um Mutirão para podação de aproximadamente 6 arvores localizadas as margens do canal conhecido como canal do Salgado, em nosso Município.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/810/requerimento_290.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/810/requerimento_290.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, para que juntamente com as Secretarias Competentes, viabilize a construção de uma Praga com equipamentos para prática de exercícios físicos e recreação infantil, na área aberta em frente a Granja localizada no Loteamento Nossa Senhora da Conceição, no bairro do Cruzeiro em nosso Município.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/811/requerimento_291.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/811/requerimento_291.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro a Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria competente viabilize a recuperação das estradas que dão acesso aos Sítios: Alecrim, Canavieira, São Domingos, Pedra Preta, Guaribas de Cima, Guaribas de Baixo e Camaratuba 1 e 2, todos Iocalizados no Distrito de Boas Novas em nosso Município, com utilização de maquina patrol, caçamba e enchedeira.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/812/requerimento_292.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/812/requerimento_292.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Públicos, tome providências para que seja feito o calçamento da Rua Nossa Senhora Aparecida (conhecida como rua da Bolsa) e Rua do Campo, ambas Iocalizadas em Areias, em nosso Município.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/813/requerimento_293.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/813/requerimento_293.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria para que, juntamente com a Secretaria de lnfra Estrutura seja feita em caráter de urgência a reforma da Academia das Cidades, no Bairro de Encruzilhada de São João em nosso Município.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/814/requerimento_294.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/814/requerimento_294.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro a Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a GSP - Gerencia de Segurança Pública, providencie para que a guarda municipal volte a atuar no bairro de Encruzilhada de São João, tendo em vista que o serviço esta parado desde novembro de 2020 e pelo grande número de ocorrências no referido bairro.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/815/requerimento_295.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/815/requerimento_295.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, para que juntamente com as Secretarias Competentes providencie a instalação de PORTAL DE IDENTIFICAÇÃO (pórtico) na entrada principal de Serra Negra em nosso Município, com o objetivo de deixar a entrada do referido Distrito mais atrativa, elevando cada vez mais a valorização local.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/816/requerimento_296.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/816/requerimento_296.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apeio a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Esportes, viabilize, a troca de traves e redes, construção de vestiários e banheiros do Campo de Futebol e reforma da Quadra Esportiva, tendo em vista que a mesma esta deteriorada, localizados no Distrito de Serra Negra, em nosso município.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/817/requerimento_298.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/817/requerimento_298.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, e atendendo a solicitação dos pais dos alunos do instituto Pequeno Príncipe, localizado na Rua Vereador João Anuncio de Medeiros, bairro São Sebastião, em nosso Município, na qual solicito da Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com o órgão competente estude a viabilidade de uma alteração no trânsito da referida Rua, proibido o estacionamento em uma das mãos, para que possam oferecer maior segurança aos alunos, pais e demais transeuntes.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/818/requerimento_299.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/818/requerimento_299.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais e atendendo reivindicação das mães e responsáveis, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria_x000D_
 crianças que são atendidas no Centro de de Saúde, estude a possibilidade para que as Reabilitação de nosso Município, e moram nos Sítios e Distritos, tenham preferência no atendimento, tendo em vista o horário dos transportes, e caso não seja possível essa preferência, que o Município se responsabilize em ir buscar as crianças e acompanhantes no horário marcado e levar após o atendimento, nas respectivas casas.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/819/requerimento_300.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/819/requerimento_300.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de lnfraestrutura, viabilize a construção de quebra-molas na Rua professor Antônio Sales, localizada no bairro Santo Antônio, em nosso Município.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/820/requerimento_301.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/820/requerimento_301.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria competente viabilize a recuperação das estradas com maquina patrol, caçamba e enchedeira nas estradas que dão acesso aos Sítios: Jurubeba e Bento Velho, ambos localizados no Bairro de Encruzilhada de São João em nosso Município, tendo em vista que as referidas estradas se encontram intransitáveis.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/821/requerimento_302.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/821/requerimento_302.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que através de oficio, seja solicitado ao Coordenador Regional da Compesa de Bezerros, SR. JOÃO PAULO ALENCASTRO FERREIRA, bem como ao Secretario de Serviços Públicos, Sr. Samuel, para que sejam tomadas as providências necessárias para a ligação da rede de água das ruas 1 a 10 do Loteamento João Paulo ll em nosso Município, tal providência ira beneficiar a comunidade.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/822/requerimento_303.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/822/requerimento_303.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos, viabilize, com a máxima urgência possível, a devida iluminação com instalação de aproximadamente 8 luminárias completas na quadra B8 do Loteamento João Paulo ll, localizado em nosso Município.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/823/requerimento_304.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/823/requerimento_304.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais, atendendo apelo dos moradores do Loteamento João Paulo ll, e visando manter as condições de limpeza e a não proliferação de insetos que causam doenças, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria Serviços Urbanos, viabilize, para que o carro que faz a coleta de lixo, faça a rota em todas as ruas do referido Loteamento, tendo em vista que atualmente o carro sé chega na primeira rua.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/824/requerimento_305.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/824/requerimento_305.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Infraestrutura, tome as providências cabíveis, objetivando a colocação de Placa indicativa na Rua Salviano Machado, na esquina da Escola Municipal Getúlio Vargas, tendo em vista que já existia, porém foi retirada, na referida placa continha informações sobre o horário permitido de trafego e sobre mão e contramão.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/825/requerimento_307.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/825/requerimento_307.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que através de oficio, seja solicitado ao Coordenador Regional da Compesa de Bezerros, SR. JOAO PAULO ALENCASTRO FERRElRA, para que sejam tomadas as providencias necessárias para o complemento da rede de água (aproximadamente 100 mts) da Rua Maria Raposo Monteiro, localizada no Loteamento de Dedinho da Toiota, próxima da fábrica de mármore e concreto, no bairro Santo Antônio em nosso Município.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/826/requerimento_309.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/826/requerimento_309.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Saúde viabilize que a ambulância pertencente ao Bairro de Encruzilhada de São João, retorne as suas funções, tendo em vista que atualmente a referida ambulância passa uma semana em  Encruzilhada e uma semana em Sapucarana e esse cronograma não está atendendo as demandas da população.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/827/requerimento_310.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/827/requerimento_310.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, atendendo reivindicações da população deste Município, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com as Secretarias Competentes, contrate um profissional de Assistência Social para avaliar as demandas dos transportes da Secretaria de Saúde de nosso Município.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/828/requerimento_311.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/828/requerimento_311.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, atendendo reivindicações da população deste Município, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria competente, providencie a implantação de um laboratório na Unidade de Pronto Atendimento (UPA) de nosso Município. Tendo em vista que, o laboratório dentro da referida unidade, irá facilitar a realização de exames de urgência, pois a unidade esta tendo que utilizar o Laboratório do Município.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/829/requerimento_312.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/829/requerimento_312.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que através de oficio, seja solicitado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO para que juntamente com a Compesa - Companhia Pernambucana de Saneamento, tome as providências necessárias para que seja feita a manutenção dos canos de distribuição de água do Sítio Frutuoso (reposição de canos), solicito ainda que seja instalado hidrômetro no Sítio Cabuji, ambos localizados em nosso Município, essa iniciativa irá beneficiar várias famílias que residem nos referidos Sítios e adjacentes.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/830/requerimento_314.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/830/requerimento_314.pdf</t>
   </si>
   <si>
     <t>A Excelentíssima Senhora Prefeita do Município de Bezerros, MARIA LUCIELLE SILVA LAURENTINO. O vereador CARLOS EDUARDO DA SILVA LIMA, nos termos do artigo 200, do Regimento Interno desta casa, vem, perante Vossa Excelência, após ouvido o Plenário e cumprida todas as formalidades regimentais, requerer ao Poder Executivo Municipal, que seja alterado o contracheque dos motoristas lotados na Unidade de Pronto Atendimento_x000D_
 - UPA 24h do município, que conduzem ambulâncias, alterando o cargo atual "MOTORISTA" para "CONDUTOR DE VEICULOS DE EMERGENCIA". Tal medida tem amparo legal conforme dispõe a Lei Federal n° 12.998/14; o art. 145-A da Lei 9.503/97 (Código de Trânsito Brasileiro) e o CBO 7823-20, publicado pelo Ministério do Trabalho e Emprego — MTE, publicado em 11 de fevereiro de 2016.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/831/requerimento_315.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/831/requerimento_315.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO através da qual se apela ao chefe do Executivo Municipal, através dos órgãos competentes, viabilize um estudo para que seja prorrogado até dezembro, o prazo para pagamento do IPTU, sem cobrança de juros, de nosso Município, tendo em vista o período de pandemia, com suspensão de alguns serviços, que afastou a percepção de renda de muitas pessoas</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/832/requerimento_316.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/832/requerimento_316.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimentos de minha autoria, REQUEIRO a mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais, solicito que seja formulado veemente apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de agricultura, providencie a recuperação das estradas do Sitio dos Remédios, Sitio Quadjuntor, Sítio Maravilha e Sítio Ramada, todos localizados em nosso Município.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/833/requerimento_317.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/833/requerimento_317.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, REQUEIRO a mesa, ouvido o Plenário, e cumpridas as demais formalidades regimentais, solicito que seja formulado veemente apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de agricultura, façam a recuperação das estradas que ligam 0 Sitio dos Remédios ao Sitio Juá, Sítio Ramada, Sítio Alegre, Sítio Côcos e adjacências, localizados em nosso Município.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/834/requerimento_318.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/834/requerimento_318.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Munícipio, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com as Secretarias competentes, providencie a reforma, ampliação e construção de área de lazer no CCl- Centro de convivência dos idosos, de nosso Município, solicito ainda, que seja disponibilizado UM MEDICO GERIATRA, para atender, no mínimo, duas vezes por mês, aos idosos participantes do referido centro. Solicito ainda, que o CCI volte a funcionar no antigo prédio, onde atualmente esta funcionando o centro de COVID de nosso Município.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/835/requerimento_319.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/835/requerimento_319.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria competente deem continuidade aos Programas Socials do bairro do Retiro (karaté, Capoeira entre outros), Programa Viva Bem e ao Centro de Qualificação Profissional (corte e costura), visando mais saúde física, emocional, ambiental, social e até financeira.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/836/requerimento_320.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/836/requerimento_320.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Urbanos, viabilize a limpeza e manutenção, com capinação e pintura da quadra esportiva do residencial Bezerros, Iocalizada em nosso Município</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/837/requerimento_321.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/837/requerimento_321.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, para que juntamente com a Secretaria de lnfraestrutura e Servigos Urbanos, providencie o complemento do calçamento em algumas transversais da Rua João lzídio da Silva, localizada no bairro de Encruzilhada de São João, em nosso Município. (fotos em anexo)</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/838/requerimento_322.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/838/requerimento_322.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, envie para esta Casa legislativa um Projeto de Lei, para ser votado, criando uma Casa de Amparo Gestacional Afetivo para mulheres gestantes, visando orientar, amparar e empoderar as mulheres gestantes, que por qualquer motivo necessitem de apoio fisico/emocional, garantindo sua educação Perinatal, o seu pré-natal efetivo, fazendo com que a gestante tenha total conhecimento sobre o parto, que é um acontecimento fisiológico natural.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/839/requerimento_323.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/839/requerimento_323.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a secretaria competente, no sentido de serem instaladas Câmeras de Monitoramento no Açougue Público de nosso Município, tendo em vista que na ultima semana foram registrados dois furtos, e a instalação de câmeras irá inibir as ações dos bandidos.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/840/requerimento_324.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/840/requerimento_324.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de infraestrutura e Serviços Urbanos, que providenciem a reforma do telhado do açougue público de nosso Município, tendo em vista que, quando chove, as calhas não funcionam e toda água vaza para dentro.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/841/requerimento_325.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/841/requerimento_325.pdf</t>
   </si>
   <si>
     <t>Cumprimentando V. Sª. Requeiro a mesa, ouvido o plenário em conformidade com o regimento interno desta Casa Legislativa Municipal, que seja solicitado ao Poder Executivo através da Secretaria de lnfraestrutura e Serviços Urbanos, pavimentação da Avenida Jordao Joaquim Santos, no bairro São Sebastião, em nosso Município</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/842/requerimento_326_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/842/requerimento_326_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Chefe do Executivo deste Município, , que aquela autoridade, juntamente com a Secretaria de Educação, tome providencias para que o ônibus que leva os estudantes do Residencial Campestre para as Escolas, chegue o mais próximo possível do referido Residencial, tendo em vista que atualmente os alunos tem que se deslocar até a pracinha, colocando em risco a vida dos mesmo, e que segundo informações das mães, alguns alunos já foram assaltados neste trajeto.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/843/requerimento_327.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/843/requerimento_327.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que através de oficio, seja solicitado ao Coordenador Regional da Compesa de Bezerros, SR. JOÃO PAULO ALENCASTRO FERREIRA, bem como ao Secretário de Serviços Públicos, Sr. Samuel, para que sejam tomadas as providências necessárias para a ligação da rede de água do Sitio Boqueirão e Sitio Logradouro, em nosso Município, tal providência irá beneficiar a comunidade.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/844/requerimento_328.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/844/requerimento_328.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, atendendo reivindicações da população deste Município, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, através da Secretaria de lnfraestrutura e Serviços Urbanos, providencie a pintura de faixas de pedestres e colocação de Placa indicativa na Rua Capitão Eulino Mendonça, no bairro São Sebastiao, em nosso Município. Na referida rua estar Localizada a Escola instituto Mãe Natureza e a igreja Evangélica Assembleia de Deus, tendo em vista que, por ter muito trafego de pedestres e motoristas podem ser ocasionados vários acidentes.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/845/requerimento_329.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/845/requerimento_329.pdf</t>
   </si>
   <si>
     <t>REQUEIRO a mesa, ouvido o Plenário, e cumpridas todas as formalidades regimentais, seja formulada solicitação a Exmª. Srª. Prefeita deste Município,_x000D_
 MARIA LUCIELLE SILVA LAURENTINO, no sentido de que V.Excia., através da Secretaria de EDUCAÇÃO, estude a viabilidade do ônibus que transporta os alunos para as Escolas, fazer o percurso nos turnos da manhã, tarde e noite, pegando os alunos na rua Taumaturgo Sobrinho e deixando no mesmo lugar, tendo em vista a segurança dos estudantes que precisam do referido transporte.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/846/requerimento_330.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/846/requerimento_330.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Agricultura, providencie a construção de cisternas comunitárias nos seguintes sítios de nosso Município: Riacho Verde, Boqueirão, Cocô (próximo a casa de Pepé), associação M.B.R. Moreira e Olho D’água, bem como a construção de Poço Artesiano no Sítio Serra de Aires.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/847/requerimento_331.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/847/requerimento_331.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO através da qual se apela ao chefe do Executivo Municipal, no sentido de serem, através do órgão competente, efetuados melhoramentos nas estradas municipais que dão acesso ao Sitio PÉ DE SERRA, FRUTUOSO, SÍTIO CABUJI, SÍTIO ESMERA, TAMANDUA E SERROTE DOS BOIS, deste município, com a colocação de piçarros e nivelamento com a máquina PATROL, em virtude do péssimo estado de conservação em que as mesmas se encontram.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/848/requerimento_332.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/848/requerimento_332.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Educação, tome providencias em relação a reforma e melhoramento da Escola João Pedro dos Santos e Creche Adebal Jurema, ambas localizadas do Distrito de Cajazeiras, e na Creche Vovó Izabel, localizada no Sitio Frutuoso, em nosso Município.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/849/requerimento_333.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/849/requerimento_333.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades e regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de lnfraestrutura, viabilize a construção de quebra molas na Rua da Alegria, localizada no no distrito de Areias, em nosso Município, tendo em vista que já existia um quebra-molas na referida rua, mas foi retirado devido a um proprietário de imóvel precisar construir uma garagem em sua residência.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/850/requerimento_334.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/850/requerimento_334.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, na forma regimental, que seja encaminhado apelo a Srª. Prefeita do Município, no sentido de que aquela autoridade determine um valor fixo de diárias para os servidores da Secretaria de Saúde, lotados na unidade de emergência que, efetivamente se desloque, quando de plantão, para acompanhar pacientes e que o valor acumulado, conforme registro efetuado na escala de plantão, seja creditado no contracheque do servidor no mês dos deslocamentos. A mingua de legislação especifica, ainda se requer, se for o caso, que seja enviado Projeto de Lei a esta Casa, com essa finalidade.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/851/requerimento_335.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/851/requerimento_335.pdf</t>
   </si>
   <si>
     <t>A Excelentíssima Senhora Prefeita do Município de Bezerros, MARIA LUCIELLE SILVA LAURENTINO. O vereador CARLOS EDUARDO DA SILVA LIMA, nos termos do artigo 200, do Regimento lnterno desta casa, vem, perante Vossa Excelência, após ouvido o Plenário e cumprida todas as formalidades regimentais, requerer ao Poder Executivo Municipal e a Secretaria Municipal de Saúde, que seja criado um CENTRO DE ATENDIMENTO EM SAÚDE_x000D_
 AO SERVIDOR PUBLICO MUNICIPAL, com funcionamento noturno e exclusivo para Servidores Públicos Municipais disponibilizando atendimento em varias especialidades.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/852/requerimento_336.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/852/requerimento_336.pdf</t>
   </si>
   <si>
     <t>A Excelentíssima Senhora Prefeita do Município de Bezerros, MARIA LUCIELLE SILVA LAURENTINO. O vereador CARLOS EDUARDO DA SILVA LIMA, nos termos do artigo 200, do Regimento lnterno desta casa, vem, perante Vossa Excelência, após ouvido o Plenário e cumprida todas as formalidades regimentais, requerer ao Poder Executivo Municipal e a Secretaria Municipal de Saúde, que após o encerramento definitivo das atividades do_x000D_
 HOSPITAL DE CAMPANHA, o referido espago continue servindo a população bezerrense como uma UNIDADE DE SAÚDE. A demanda por serviços de saúde em nosso município é alta e muitos dos equipamentos funcionam em prédios alugados, assim, tendo em vista que o imóvel em destaque é do município, poderia abrigar unidades que tem seus serviços disponibilizados em imóveis locados. Como sugestão deste parlamentar para o funcionamento do imóvel, fica a possibilidade de junção das duas Unidades Básicas de Saúde do Bairro São Pedro e o Centro de Atendimento em Saúde ao Servidor Publico (...)</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/853/requerimento_337.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/853/requerimento_337.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de lnfraestrutura, viabilize a construção de 2 quebra-molas na Rua Josefa Maria da Conceição, localizada no Loteamento Parque das Acácias, em nosso Município.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/854/requerimento_338.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/854/requerimento_338.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro é Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Agricultura, providencie a construção de Poços Artesianos nos seguintes sítios de nosso Município: Riacho Verde, Boqueirão, Cocô (próximo a casa de Pepé), Moreira e Olho D'água.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/855/requerimento_339.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/855/requerimento_339.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria competente, estude a viabilidade para que sejam padronizadas as barracas do Polo gastronômico do bairro de Encruzilhada de São João, que comercializam pamonha, milho verde, came de sol, etc., a m de se oferecer ao turista um melhor visual e organização das coisas de nossa terra, bem como que seja colocado pigarro, cascalho ou qualquer outro tipo de material, para fazer um paliativo, tendo em vista que existe muita lama e buracos, solicito ainda, que sejam instalados banheiros químicos, uma vez que os feirantes e turistas não tem onde fazerem suas necessidades fisiológicas</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/856/requerimento_340.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/856/requerimento_340.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Públicos, tome providencias para que seja feito o calcamento da Travessa Manoel Cristóvão, que Iiga a casa de Carlinho até atrás da lgreja, Iocalizada em Cajazeiras, em nosso Município.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/857/requerimento_341.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/857/requerimento_341.pdf</t>
   </si>
   <si>
     <t>A Excelentíssima Senhora Prefeita do Município de Bezerros, MARIA LUCIELLE SILVA LAURENTINO. O vereador CARLOS EDUARDO DA SILVA LIMA, nos termos do artigo 200, do Regimento lnterno desta casa, vem, perante Vossa Excelência, após ouvir as demandas dos feirantes que comercializam confecções na feira livre do nosso município, bem como Plenário desta Casa Legislativa e cumprida todas as formalidades regimentais, requerer_x000D_
 ao Poder Executivo Municipal, por meio da Secretaria Municipal de Serviços Públicos, que, dentro da viabilidade, a FEIRA DE CONFECÇÕES que acontece no largo do Mercado de Farinha nas quartas, sextas e sábados, nestes meses que correspondem ao período de encerramento do ano de 2021, PASSE A ACONTECER NAS QUARTAS, QUINTAS, SEXTAS E SÁBADOS. Tal pedido se fundamenta devido ao aumento de vendas de confecções neste período festivo, bem como, é importante salientar que nestes últimos 2 anos os quais o mundo enfrenta esta pandemia de Covid-19, este segmento, foi o mais afetado.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/858/requerimento_342.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/858/requerimento_342.pdf</t>
   </si>
   <si>
     <t>A Excelentíssima Senhora Prefeita do Município de Bezerros, MARIA LUCIELLE SILVA LAURENTINO. O vereador CARLOS EDUARDO DA SILVA LIMA, nos termos do artigo 200, do Regimento lnterno desta casa, vem, perante Vossa Excelência, após ouvir as demandas da população, bem como o Plenário desta Casa Legislativa e cumprida todas as formalidades regimentais, requerer ao Poder Executivo Municipal, por meio do Departamento de_x000D_
 Controle Urbano e demais órgãos responsáveis, que seja realizado um Levantamento em nosso município, de modo especial no entorno da Academia das Cidades, no bairro de Encruzilhada de São João, afim de identificar áreas remanescentes, pertencentes a Prefeitura Municipal de Bezerros entre 0 Passeio Publico (calcadas) e a área das residências, buscando dentro de legalidade, amembrar esse espaço nos lotes residenciais, podendo haver uma contrapartida por parte dos proprietários (...)</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/859/requerimento_343.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/859/requerimento_343.pdf</t>
   </si>
   <si>
     <t>Requeiro é Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com as Secretarias competentes, inclua no calendário de eventos do Município, a volta do Projeto “CANTANDO NA PRAÇA”, com apresentações musicais de artistas da terra, tendo em vista que durante a Pandemia do COVID-19, os músicos foram uma das classes mais prejudicadas, sendo os primeiros a pararem e os últimos a voltarem, por isso vi no projeto uma forma de amenizar essas dificuldades.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/860/requerimento_344.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/860/requerimento_344.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de lnfraestrutura, providencie a restauração e manutenção das sistemas comunitárias do bairro de Encruzilhada de São João, bem como a construção de mais 3 cisternas ou instalação de caixas d’água, tendo em vista a aumento da população do referido bairro.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/861/requerimento_345_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/861/requerimento_345_1.pdf</t>
   </si>
   <si>
     <t>REQUEIRO a mesa, ouvido o Plenário, e cumpridas as demais formalidades regimentais, seja, formulado apelo a Exmª Srª Prefeita deste Município,_x000D_
 MARIA LUCILLE SILVA LAURENTINO, no sentido daquela autoridade juntamente com o Governo do Estado, para que seja implantado UM PARQUE MUNICIPAL, no modelo de Academia das Cidades, para ser utilizado como área de Iazer e praticas esportivas, do lado de baixo do Cais, em frente ao Colégio Nossa Senhora das Dores no Bairro do Rosário em nosso Município, com a finalidade de dar melhores condições de Iazer e qualidade de vida para nossa população.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/862/requerimento_347_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/862/requerimento_347_1.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com Secretaria de lnfraestrutura e Serviços Urbanos, providencie o ASFALTO, começando da Rua da Panificadora Primavera, passando na Rua Antônio Patrício e terminando na Rua da Panificadora Esperança, localizadas entre os bairros lrmã Julia e Santo Amaro I em nosso Município.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/863/requerimento_348_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/863/requerimento_348_1.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria elou órgão competente, que viabilize a construção de ABRIGOS COLETIVOS NAS PARADAS DE ONIBUS, no sentido BEZERROS/CARUARU tendo em vista que a falta de abrigo faz com que as pessoas fiquem ao relento, sob o sol e chuva em total desconforto enquanto, aguardam ônibus</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/864/requerimento_349_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/864/requerimento_349_1.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria e/ou órgão competente, que viabilize a construção de um MURO DE ARRIMO no cais perto da linha férrea de nosso Município, tendo em vista as proximidades do inverno e a chegada das chuvas.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/865/requerimento_350_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/865/requerimento_350_1.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aqueia autoridade, juntamente com a Secretaria de Saúde de nosso Município, viabilize para que o laboratório Municipal faça todos os exames, incluindo os de TSH, T3,T4 entre outros, tendo em vista que é de grande importância para a população, solicito ainda que seja estudada a possibilidade de aquisição das maquinas laboratoriais, uma vez que, adquiridas, vão trazer economia para o município, e não será preciso alugar de terceiros.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/866/requerimento_351_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/866/requerimento_351_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com Secretaria de lnfraestrutura e Serviços Urbanos, providencie o ASFALTO, começando da Rua Santa Cruz/ Praça da lmaculada Conceição/ Rua lmaculada Conceição até o Clube Literário Rui Barbosa/ Rua Padre Antônio Ciriaco até a AV. Agamenon Magalhães, localizadas no bairro do Cruzeiro em nosso Município.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/867/requerimento_352_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/867/requerimento_352_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Saúde de nosso Município, viabilize para que o Laboratório Municipal faça todos os seguintes exames: TSH, T3,T4, ionograma, Na, K, toxoplasmose, rubéola, citomegalovirus, coobs direito e indireto, tendo em vista que é de grande importância para a população, e especialmente necessários para mulheres gestantes.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/868/requerimento_353_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/868/requerimento_353_1.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro a Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Saúde, tome as providências necessárias, para que sejam contratados, com a brevidade possível, médico, cirurgião dentista e ambulância para os PSF’s de Cajazeiras e Areias, em nosso Município.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/869/requerimento_354_1.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/869/requerimento_354_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Infra Estrutura, viabilize o saneamento e continuação do calçamento da Rua Manoel Batista Filho, localizada no bairro São Vicente em nosso Município.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/870/requerimento_355.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/870/requerimento_355.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO através da qual se apela ao chefe do Executivo Municipal, no sentido de serem, através do órgão competente, efetuados melhoramentos nos Campos de Futebol dos Distritos de Areias e Cajazeiras, fazendo o nivelamento com a máquina PATROL, em virtude do péssimo estado de conservação dos mesmos.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/871/requerimento_356.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/871/requerimento_356.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Infra Estrutura, viabilize a pavimentação da Rua Fernando José da Silva, Iocalizada no bairro Santo Antônio em nosso Município.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/872/requerimento_357.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/872/requerimento_357.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Infra Estrutura, viabilize a reestruturação de uma parede lateral localizada no terminal rodoviário de nosso Município, tendo em vista que a mesma se encontra com fissuras, colocando em risco a vida dos usuários daquele espaço público.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/873/requerimento_358.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/873/requerimento_358.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO através da qual se apela ao chefe do Executivo Municipal, através da Secretaria de Agricultura, no sentido de serem efetuados melhoramentos no Sítio Violeta, próximo ao Sitio Coadjutor deste município, com nivelamento com a máquina PATROL, em virtude do péssimo estado de conservação em que o mesmo se encontra.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/874/requerimento_359.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/874/requerimento_359.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA 0 LUCIELLE SILVA LAURENTINO, no sentido de que V. Excia. através de Projeto de Lei a ser remetido a apreciação desta Câmara, disponibilize, para doação de um terreno localizado, no Loteamento Bela Vista, em nossa cidade, para construção de uma capela.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/875/requerimento_360.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/875/requerimento_360.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenario e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com Secretaria de lnfraestrutura e Serviços Urbanos, providencie o ASFALTO, para todo o bairro do Retiro, loteamento Bela Vista no bairro do Retiro da rua um a rua dez. Loteamento Nossa Senhora da Luz bairro do Retiro da rua um a rua dez. Loteamento Parque das Acácias da rua um a rua dez. Loteamento Cidade Alta da rua um a rua dez. Ruas: José Taumaturgo Sobrinho, Ângelo Grise, Ubirajara Portela de Macedo, São Lucas, Martins Abade e Rua Manuel Caetano e Travessas, Localizadas em nosso Município.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/876/requerimento_361.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/876/requerimento_361.pdf</t>
   </si>
   <si>
     <t>Cumprimentando V. Excia. Requeiro a mesa, ouvido o plenário em conformidade com o regimento interno desta Casa Legislativa Municipal, que seja solicitado ao Poder Executivo através das Secretarias competentes, que estude a viabilidade de reforma de onde funcionava o Posto de Saúde do bairro de Encruzilhada de São João, em nosso Município e que no referido espaço seja instalado e passe a funcionar o CRAS.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/877/requerimento_362.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/877/requerimento_362.pdf</t>
   </si>
   <si>
     <t>A Excelentíssima Senhora Prefeita do Município de Bezerros, MARIA LUCIELLE SILVA LAURENTINO. O Vereador CARLOS EDUARDU DA SILVA LIMA, nos termos do artigo 200, do Regimento Interno desta casa, vem, perante Vossa Excelência, após ouvir as demandas da população residente nos áreas rurais de Sítio Alegre, Sítio Ramada e Sítio Barreiros (Assentamento Dom Hélder), no tocante a escassez de água potável, bem como o Plenário desta Casa Legislativa e cumprida todas as formalidades regimentais, requerer ao Poder Executivo Municipal, por meio da Secretaria Municipal de Agricultura, que seja disponibilizado para estas comunidades rurais a INSTALAÇÃO DE CISTERNAS DE POLIETILENO, facilitando assim o acesso a água tratada aos moradores destas localidades.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/878/requerimento_363.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/878/requerimento_363.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenério e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria Competente, providencie a o colocação de asfalto em todas essas vias citadas a seguir: rua João Lira Filho, rua do Imperador, rua José Pereira de Mendonça, rua do parque, todas no bairro Santo Amaro ll e rua José Bezerra dos Santos no bairro Santo Amaro l. E muito importante que o trabalho seja realizado para a população desses bairros, tendo em vista_x000D_
 a grande movimentação de veículos que trafegam no perímetro por conta da instituição de ensino que existe naquela localidade, tanto quanto toda população residente desses bairros.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/879/requerimento_364.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/879/requerimento_364.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Obras, realize o serviço de estruturação de passagem de agua adequada na rua Antônio Bezerra de Vasconcelos. Solicito que o serviço seja realizado brevemente enquanto estamos em período de verão tendo em vista que os moradores daquela localidade sofrem com entrada de água em suas casas em tempo de chuvas e a muito tempo não encontram uma solução do poder público para solucionar o problema.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/880/requerimento_365.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/880/requerimento_365.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Obras, realize a manutenção das ruas: Queimada Dantas e rua Siqueira Campos, que essa secretaria possa realizar toda a manutenção de terraplanagem bem como a colocação de piçarro nas ruas acima citadas.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/881/requerimento_366.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/881/requerimento_366.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria Competente, viabilize a instalação de Câmeras de Monitoramento em lugares estratégicos, nas entradas e saídas do Distrito de Boas Novas em nosso Município.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/882/requerimento_367.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/882/requerimento_367.pdf</t>
   </si>
   <si>
     <t>REQUEIRO a mesa, ouvido o Plenário, e cumpridas as demais formalidades regimentais, seja, formulado apelo a Exmª Srª Prefeita deste Município,_x000D_
 MARIA LUCILLE SILVA LAURENTINO, no sentido daquela autoridade juntamente com a Secretaria de Educação, faça a aquisição de veículos, tipo ônibus, para transportar os universitários do nosso Município, para as faculdades das cidades vizinhas de Caruaru e Vitória de Santo Antão, tendo em vista que muitos deles trancam a matricula por falta de dinheiro para pagar o transporte.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/883/requerimento_368.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/883/requerimento_368.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria para que, juntamente com a Secretaria de Infra Estrutura seja feita em caráter de urgência a reforma da Academia das Cidades, no Bairro de Encruzilhada de São João em nosso Município.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/884/requerimento_369.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/884/requerimento_369.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com Secretaria de saúde, contrate técnicos especializados ou empresa para realizar instalação e manutenção técnica preventiva e corretiva nos equipamentos odontológicos nos consultórios municipais de nossa cidade.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/885/requerimento_370.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/885/requerimento_370.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Públicos, tome providencias em relação a reforma e melhoramento da Praça José Pedro dos Santos, em Cajazeiras, em nosso Município.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/886/requerimento_371.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/886/requerimento_371.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO para que juntamente com a Secretaria de Agricultura, providencie e determine a aquisição de 03 CAIXAS D’ÁGUA DE 10.000 mil Iitros, para a distribuição de água a população. Sendo uma para Cajazeiras (na Rua da Assembleia de Deus) e duas para o Sitio Frutuoso (pontos estratégicos) neste Município, tendo em vista a grande crise que vem atingindo nosso Município, em decorrência no colapso no abastecimento do precioso liquido as famílias que lá residem.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/887/requerimento_372.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/887/requerimento_372.pdf</t>
   </si>
   <si>
     <t>Reiterando requerimento de minha autoria, Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de lnfraestrutura, providencie a instalação de UMA CAIXA D'ÁGUA, na Comunidade dos Quilombolas, Iocalizada no distrito de Boas Novas em nosso Município.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/888/requerimento_373.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/888/requerimento_373.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com as Secretarias competentes, inclua no calendário de eventos do Município, um CARNAVAL fora de época, caso o evento não aconteça na data original, devido a pandemia do COVID-10, e tendo em vista a necessidade dos comerciantes, artistas e população em geral que direta ou indiretamente trabalham e vivem de eventos.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/889/requerimento_374.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/889/requerimento_374.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o  Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO através da qual se apela a chefe do Executivo Municipal, para que em parceria com a TV ASA BRANCA, traga para nosso Município o projeto "SAÚDE NOS BAIRROS", que irá beneficiar a população num grandiosa mutirão, onde poderão ser oferecidos atendimentos de saúde, beleza, estética, serviços sociais, cultura e lazer, atendimento médico, exames e testes diversos, atendimento nutricional, psicológico, farmacêutico, veterinário e odontológico, vacinação, serviços de estética e bem-estar, como Limpeza de pele, ginastica laboral, corte de cabelo, designer de sobrancelhas, entre outros.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/890/requerimento_375.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/890/requerimento_375.pdf</t>
   </si>
   <si>
     <t>A Excelentíssima Senhora Prefeita do Município de Bezerros, MARIA LUCIELLE SILVA LAURENTINO. O vereador CARLOS EDUARDO DA SILVA LIMA, nos termos do artigo 200, do Regimento lnterno desta casa, vem, perante Vossa Excelência, após ouvir o Plenário desta casa Legislativa e cumpra todas as formalidades regimentais, requerer do Poder Executivo Municipal, por meio da Secretaria Municipal de Turismo e Cultura, que em caso de impossibilidade de realização do Carnaval dos Papangus em 2022, seja criado um AUXILIO CULTURAL com a finalidade de apoiar financeiramente a Cadeia Cultural Municipal do Carnaval (Artesãos; Músicos, Grupos Culturais, Barraqueiros, Gasoseiros entre outros). É importante ressaltar que neste contexto de pandemia, que ainda vivemos, os "fazedores de cultura" de nosso município tem sofrido um forte impacto financeiro, haja vista a não realização da Carnaval dos Papangus em 2021. Assim sendo a cancelamento da festa também em 2022 trará ainda mais dificuldades (...)</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/891/requerimento_376.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/891/requerimento_376.pdf</t>
   </si>
   <si>
     <t>A Excelentíssima Senhora Prefeita do Município de Bezerros, MARIA LUCIELLE SILVA LAURENTINO. O vereador CARLOS EDUARDO DA SILVA LIMA, nos termos do artigo 200, do Regimento Inferno desta casa, vem, perante vossa Excelência, após ouvir o Plenário desta Casa Legislativa e cumprida todas as formalidades regimentais, requerer ao Poder Executivo Municipal, por meio da Secretaria Municipal de Educação, que sejam incluídos os temas de EMPREENDEDORISMO, EDUCACAO FINANCEIRA E NOQGES DE DIREITO E CIDADANIA,- no Ensino Fundamental I e ll nas Escolas da Rede Municipal de Ensino. É importante ressaltar que os temas de Empreendedorismo, educação financeira e Noções de Direto e Cidadania tem se mostrado relevantes na sociedade brasileira em seus âmbitos municipal, estadual e federal, a medida que as dificuldades financeiras da população vem aumentando a cada década e gerando aumento do endividamento (...)</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/892/requerimento_377.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/892/requerimento_377.pdf</t>
   </si>
   <si>
     <t>REQUEIRO é mesa, ouvido o Plenário, e cumpridas as demais formalidades regimentais, seja, formulado apelo a Exmª Srª Prefeita deste Município, MARIA LUCILLE SILVA LAURENTINO, no sentido daquela autoridade juntamente com a Secretaria de lnfraestrutura, providencie, com a máxima urgência possível, a retirada de metralhas e entulhos em todo o bairro Nossa Senhora Aparecida, em nosso Município. Solicito ainda que sejam construídos quebra-molas na Rua 8 do referido bairro, tendo em vista ser uma rua extensa e de grande movimentação.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/893/requerimento_378.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/893/requerimento_378.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de lnfraestrutura, viabilize a construção de 2 quebra-molas na estrada que dá acesso ao Sítio Serra Nova, logo após o trecho de calçamento, em nosso Município.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/897/requerimento_379.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/897/requerimento_379.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, no sentido daquela autoridade juntamente com o órgão Competente, realize um estudo de viabilidade para concessão de um aumento nos salários dos Conselheiros Tutelares, no patamar, não inferior, a três salários mínimos, bem como, o pagamento de diárias em face dos relevantes serviços prestados à comunidade de reconhecimento público. Diga-se, que o Conselho tutelar é composto de apenas 5 membros.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/895/requerimento_380.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/895/requerimento_380.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, para que tome providências no sentido de que seja, efetivamente implementada e cumprida a LEI N° 12.764, DE 27 DE DEZEMBRO DE 2012, que institui a Politica Nacional de Proteção dos Direitos da Pessoa com Transtorno do Espectro Autista, mais notadamente, no que diz respeito a afixação de placas e sinalização de prioridades nos equipamentos públicos e privados. Entenda-se por estabelecimentos privados:_x000D_
 l - supermercados; ll - bancos; Ill - farmácias; IV - restaurantes; V - lojas em geral e similares. Os estabelecimentos públicos e privados devem ser obrigados a inserir nas placas de atendimento prioritário o símbolo mundial da conscientização do Transtorno do Espectro Autista, anexo (...)</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/896/requerimento_381.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/896/requerimento_381.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário, cumpridas todas as formalidades regimentais que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com os órgãos competentes, providencie a implantação de 2 LOMBADAS na Rua Dr. João Vieira, atrás do Colégio Nossa Senhora das Dores, tendo em vista ser uma rua muito movimentada por ser acesso de entrada e saída de alunos do referido educandário.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/898/requerimento_382.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/898/requerimento_382.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de infraestrutura providencie a construção, nas zonas rurais e urbana do nosso município, locais para enterrar animais de grande e pequeno porte, ou que seja disponibilizado um local de cremação, com esses recursos evitaremos o descarte indevido desses animais evitando algum contagio de doença e até mesmo mal cheiro quando são jogados de_x000D_
 qualquer maneira.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/899/requerimento_383.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/899/requerimento_383.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e cumpridas todas as formalidades regimentais, que seja formulado apelo a Exmª. Srª. Prefeita deste Município, MARIA LUCIELLE SILVA LAURENTINO, que aquela autoridade, juntamente com a Secretaria de Serviços Públicos, tome providências para que seja feito o calçamento das Ruas: José Gomes de Lima, 25 de Dezembro e 12 de Outubro, todas Iocalizadas no bairro São Pedro em nosso Município.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/900/requerimento_384.pdf</t>
+    <t>http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/900/requerimento_384.pdf</t>
   </si>
   <si>
     <t>A Excelentíssima Senhora Prefeita do Município de Bezerros, MARIA LUCIELLE SILVA LAURENTINO. O CARLOS EDUARDO DA SILVA LIMA, nos termos do artigo 200, do Regimento lnterno desta casa, vem, perante Vossa Excelência, após ouvir as demandas dos estudantes universitários de nosso município, bem como o Plenário desta Casa Legislativa e cumprida todas as formalidades regimentais, requerer ao Poder Executivo Municipal, por meio da Secretaria Municipal de Educação; que seja estudada a possibilidade de disponibilização de TRANSPORTE ESCOLAR UNIVERSITARIO e/ou AUXILIO FINANCEIRO para o custeio das despesas com transporte dos universitários enquadrados em famílias de baixa renda, conforme determinações legais.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4048,68 +4048,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/941/projeto_de_lei_n_006.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/942/projeto_de_lei_n_007.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/943/projeto_de_lei_n_010.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/944/projeto_de_lei_n_011.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/945/projeto_de_lei_n_012.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/946/projeto_de_lei_n_013.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/947/projeto_de_lei_n_014.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/948/projeto_de_lei_n_015.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/949/projeto_de_lei_n_016.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/950/projeto_de_lei_n_017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/951/projeto_de_lei_n_018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/952/projeto_de_lei_n_019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/953/projeto_de_lei_n_020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/954/projeto_de_lei_n_021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/955/projeto_de_lei_n_022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/956/projeto_de_lei_n_023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/957/projeto_de_lei_n_025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/958/projeto_de_lei_n_027.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/959/projeto_de_lei_n_028.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/960/projeto_de_lei_n_029.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/961/projeto_de_lei_n_030.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/962/projeto_de_lei_n_031.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/963/projeto_de_lei_n_032.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/964/projeto_de_lei_n_033.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/965/projeto_de_lei_n_034.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/966/projeto_de_lei_n_035.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/579/requerimento_001.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/580/requerimento_002.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/581/requerimento_004.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/582/requerimento_004.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/583/requerimento_005.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/584/requerimento_006.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/585/requerimento_007.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/586/requerimento_008.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/587/requerimento_009.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/588/requerimento_011.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/589/requerimento_012.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/590/requerimento_013.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/591/requerimento_014.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/592/requerimento_015.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/593/requerimento_016.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/594/requerimento_017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/595/requerimento_021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/597/requerimento_022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/598/requerimento_023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/596/requerimento_024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/599/requerimento_025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/600/requerimento_026.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/601/requerimento_027.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/602/requerimento_028.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/603/requerimento_030.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/604/requerimento_031.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/605/requerimento_032.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/606/requerimento_034.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/607/requerimento_048.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/608/requerimento_053.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/609/requerimento_054.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/610/requerimento_055.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/611/requerimento_056.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/612/requerimento_057.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/613/requerimento_058.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/614/requerimento_059.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/615/requerimento_061.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/616/requerimento_062.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/617/requerimento_063.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/618/requerimento_064.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/619/requerimento_065.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/620/requerimento_066.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/621/requerimento_067.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/622/requerimento_068.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/623/requerimento_069.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/624/requerimento_070.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/625/requerimento_072.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/626/requerimento_073.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/627/requerimento_074.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/628/requerimento_075.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/629/requerimento_076.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/630/requerimento_077.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/631/requerimento_078.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/632/requerimento_079.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/633/requerimento_080.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/634/requerimento_081.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/635/requerimento_082.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/636/requerimento_083.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/637/requerimento_084.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/638/requerimento_085.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/639/requerimento_086.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/640/requerimento_087.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/641/requerimento_089.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/642/requerimento_090.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/643/requerimento_091.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/644/requerimento_092.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/645/requerimento_093.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/663/requerimento_096.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/664/requerimento_099.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/665/requerimento_154.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/666/requerimento_155.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/667/requerimento_156.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/668/requerimento_158.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/669/requerimento_159.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/670/requerimento_160.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/671/requerimento_161.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/672/requerimento_162.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/673/requerimento_163.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/674/requerimento_166.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/675/requerimento_168.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/676/requerimento_169.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/678/requerimento_171.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/679/requerimento_172.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/680/requerimento_174.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/681/requerimento_175.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/682/requerimento_176.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/683/requerimento_177.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/684/requerimento_178.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/685/requerimento_179.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/686/requerimento_180.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/687/requerimento_182.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/688/requerimento_183.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/689/requerimento_184.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/690/requerimento_185.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/691/requerimento_186.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/692/requerimento_187.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/693/requerimento_189.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/694/requerimento_190.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/695/requerimento_191.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/696/requerimento_192.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/697/requerimento_194.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/698/requerimento_195.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/699/requerimento_196.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/700/requerimento_197.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/701/requerimento_198.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/702/requerimento_199.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/703/requerimento_201.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/704/requerimento_202.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/705/requerimento_203.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/706/requerimento_204.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/707/requerimento_205.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/708/requerimento_206.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/709/requerimento_207.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/710/requerimento_208_1.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/711/requerimento_209.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/712/requerimento_210.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/713/requerimento_211.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/714/requerimento_212.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/715/requerimento_213.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/716/requerimento_214.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/717/requerimento_215.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/718/requerimento_216.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/719/requerimento_217.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/720/requerimento_219.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/721/requerimento_220.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/722/requerimento_221.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/723/requerimento_222.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/724/requerimento_226_1.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/725/requerimento_228_1.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/726/requerimento_229_1.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/727/requerimento_230_1.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/728/requerimento_231_1.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/729/requerimento_232_1.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/730/requerimento_233_1.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/731/requerimento_234_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/732/requerimento_235_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/733/requerimento_236_1.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/734/requerimento_237_1.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/735/requerimento_238_1.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/736/requerimento_239_1.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/737/requerimento_240_1.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/738/requerimento_241_1.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/739/requerimento_242_1.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/740/requerimento_243_1.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/741/requerimento_244_1.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/742/requerimento_245_1.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/743/requerimento_246_1.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/744/requerimento_247_1.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/745/requerimento_248.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/746/requerimento_250_1.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/747/requerimento_251.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/778/requerimento_253.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/779/requerimento_254.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/780/requerimento_257.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/781/requerimento_258.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/782/requerimento_259.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/783/requerimento_260.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/784/requerimento_261.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/785/requerimento_262.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/786/requerimento_263.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/787/requerimento_264.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/788/requerimento_265.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/789/requerimento_266.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/790/requerimento_267.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/791/requerimento_268.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/792/requerimento_269.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/793/requerimento_270.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/794/requerimento_271.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/795/requerimento_272.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/796/requerimento_274.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/797/requerimento_275.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/798/requerimento_276.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/799/requerimento_277.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/800/requerimento_278.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/801/requerimento_281.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/802/requerimento_282.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/803/requerimento_283.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/804/requerimento_284.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/805/requerimento_285.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/806/requerimento_286.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/807/requerimento_287.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/808/requerimento_288.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/809/requerimento_289.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/810/requerimento_290.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/811/requerimento_291.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/812/requerimento_292.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/813/requerimento_293.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/814/requerimento_294.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/815/requerimento_295.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/816/requerimento_296.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/817/requerimento_298.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/818/requerimento_299.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/819/requerimento_300.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/820/requerimento_301.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/821/requerimento_302.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/822/requerimento_303.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/823/requerimento_304.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/824/requerimento_305.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/825/requerimento_307.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/826/requerimento_309.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/827/requerimento_310.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/828/requerimento_311.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/829/requerimento_312.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/830/requerimento_314.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/831/requerimento_315.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/832/requerimento_316.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/833/requerimento_317.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/834/requerimento_318.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/835/requerimento_319.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/836/requerimento_320.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/837/requerimento_321.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/838/requerimento_322.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/839/requerimento_323.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/840/requerimento_324.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/841/requerimento_325.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/842/requerimento_326_1.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/843/requerimento_327.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/844/requerimento_328.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/845/requerimento_329.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/846/requerimento_330.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/847/requerimento_331.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/848/requerimento_332.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/849/requerimento_333.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/850/requerimento_334.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/851/requerimento_335.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/852/requerimento_336.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/853/requerimento_337.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/854/requerimento_338.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/855/requerimento_339.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/856/requerimento_340.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/857/requerimento_341.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/858/requerimento_342.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/859/requerimento_343.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/860/requerimento_344.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/861/requerimento_345_1.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/862/requerimento_347_1.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/863/requerimento_348_1.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/864/requerimento_349_1.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/865/requerimento_350_1.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/866/requerimento_351_1.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/867/requerimento_352_1.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/868/requerimento_353_1.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/869/requerimento_354_1.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/870/requerimento_355.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/871/requerimento_356.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/872/requerimento_357.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/873/requerimento_358.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/874/requerimento_359.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/875/requerimento_360.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/876/requerimento_361.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/877/requerimento_362.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/878/requerimento_363.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/879/requerimento_364.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/880/requerimento_365.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/881/requerimento_366.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/882/requerimento_367.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/883/requerimento_368.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/884/requerimento_369.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/885/requerimento_370.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/886/requerimento_371.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/887/requerimento_372.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/888/requerimento_373.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/889/requerimento_374.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/890/requerimento_375.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/891/requerimento_376.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/892/requerimento_377.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/893/requerimento_378.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/897/requerimento_379.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/895/requerimento_380.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/896/requerimento_381.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/898/requerimento_382.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/899/requerimento_383.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/900/requerimento_384.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/941/projeto_de_lei_n_006.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/942/projeto_de_lei_n_007.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/943/projeto_de_lei_n_010.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/944/projeto_de_lei_n_011.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/945/projeto_de_lei_n_012.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/946/projeto_de_lei_n_013.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/947/projeto_de_lei_n_014.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/948/projeto_de_lei_n_015.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/949/projeto_de_lei_n_016.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/950/projeto_de_lei_n_017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/951/projeto_de_lei_n_018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/952/projeto_de_lei_n_019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/953/projeto_de_lei_n_020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/954/projeto_de_lei_n_021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/955/projeto_de_lei_n_022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/956/projeto_de_lei_n_023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/957/projeto_de_lei_n_025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/958/projeto_de_lei_n_027.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/959/projeto_de_lei_n_028.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/960/projeto_de_lei_n_029.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/961/projeto_de_lei_n_030.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/962/projeto_de_lei_n_031.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/963/projeto_de_lei_n_032.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/964/projeto_de_lei_n_033.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/965/projeto_de_lei_n_034.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/966/projeto_de_lei_n_035.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/579/requerimento_001.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/580/requerimento_002.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/581/requerimento_004.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/582/requerimento_004.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/583/requerimento_005.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/584/requerimento_006.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/585/requerimento_007.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/586/requerimento_008.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/587/requerimento_009.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/588/requerimento_011.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/589/requerimento_012.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/590/requerimento_013.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/591/requerimento_014.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/592/requerimento_015.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/593/requerimento_016.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/594/requerimento_017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/595/requerimento_021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/597/requerimento_022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/598/requerimento_023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/596/requerimento_024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/599/requerimento_025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/600/requerimento_026.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/601/requerimento_027.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/602/requerimento_028.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/603/requerimento_030.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/604/requerimento_031.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/605/requerimento_032.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/606/requerimento_034.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/607/requerimento_048.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/608/requerimento_053.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/609/requerimento_054.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/610/requerimento_055.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/611/requerimento_056.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/612/requerimento_057.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/613/requerimento_058.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/614/requerimento_059.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/615/requerimento_061.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/616/requerimento_062.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/617/requerimento_063.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/618/requerimento_064.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/619/requerimento_065.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/620/requerimento_066.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/621/requerimento_067.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/622/requerimento_068.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/623/requerimento_069.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/624/requerimento_070.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/625/requerimento_072.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/626/requerimento_073.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/627/requerimento_074.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/628/requerimento_075.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/629/requerimento_076.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/630/requerimento_077.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/631/requerimento_078.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/632/requerimento_079.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/633/requerimento_080.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/634/requerimento_081.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/635/requerimento_082.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/636/requerimento_083.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/637/requerimento_084.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/638/requerimento_085.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/639/requerimento_086.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/640/requerimento_087.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/641/requerimento_089.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/642/requerimento_090.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/643/requerimento_091.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/644/requerimento_092.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/645/requerimento_093.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/663/requerimento_096.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/664/requerimento_099.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/665/requerimento_154.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/666/requerimento_155.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/667/requerimento_156.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/668/requerimento_158.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/669/requerimento_159.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/670/requerimento_160.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/671/requerimento_161.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/672/requerimento_162.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/673/requerimento_163.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/674/requerimento_166.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/675/requerimento_168.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/676/requerimento_169.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/678/requerimento_171.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/679/requerimento_172.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/680/requerimento_174.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/681/requerimento_175.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/682/requerimento_176.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/683/requerimento_177.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/684/requerimento_178.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/685/requerimento_179.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/686/requerimento_180.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/687/requerimento_182.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/688/requerimento_183.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/689/requerimento_184.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/690/requerimento_185.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/691/requerimento_186.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/692/requerimento_187.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/693/requerimento_189.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/694/requerimento_190.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/695/requerimento_191.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/696/requerimento_192.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/697/requerimento_194.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/698/requerimento_195.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/699/requerimento_196.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/700/requerimento_197.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/701/requerimento_198.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/702/requerimento_199.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/703/requerimento_201.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/704/requerimento_202.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/705/requerimento_203.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/706/requerimento_204.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/707/requerimento_205.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/708/requerimento_206.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/709/requerimento_207.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/710/requerimento_208_1.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/711/requerimento_209.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/712/requerimento_210.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/713/requerimento_211.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/714/requerimento_212.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/715/requerimento_213.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/716/requerimento_214.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/717/requerimento_215.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/718/requerimento_216.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/719/requerimento_217.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/720/requerimento_219.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/721/requerimento_220.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/722/requerimento_221.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/723/requerimento_222.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/724/requerimento_226_1.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/725/requerimento_228_1.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/726/requerimento_229_1.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/727/requerimento_230_1.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/728/requerimento_231_1.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/729/requerimento_232_1.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/730/requerimento_233_1.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/731/requerimento_234_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/732/requerimento_235_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/733/requerimento_236_1.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/734/requerimento_237_1.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/735/requerimento_238_1.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/736/requerimento_239_1.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/737/requerimento_240_1.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/738/requerimento_241_1.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/739/requerimento_242_1.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/740/requerimento_243_1.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/741/requerimento_244_1.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/742/requerimento_245_1.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/743/requerimento_246_1.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/744/requerimento_247_1.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/745/requerimento_248.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/746/requerimento_250_1.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/747/requerimento_251.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/778/requerimento_253.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/779/requerimento_254.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/780/requerimento_257.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/781/requerimento_258.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/782/requerimento_259.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/783/requerimento_260.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/784/requerimento_261.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/785/requerimento_262.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/786/requerimento_263.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/787/requerimento_264.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/788/requerimento_265.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/789/requerimento_266.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/790/requerimento_267.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/791/requerimento_268.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/792/requerimento_269.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/793/requerimento_270.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/794/requerimento_271.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/795/requerimento_272.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/796/requerimento_274.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/797/requerimento_275.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/798/requerimento_276.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/799/requerimento_277.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/800/requerimento_278.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/801/requerimento_281.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/802/requerimento_282.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/803/requerimento_283.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/804/requerimento_284.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/805/requerimento_285.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/806/requerimento_286.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/807/requerimento_287.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/808/requerimento_288.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/809/requerimento_289.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/810/requerimento_290.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/811/requerimento_291.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/812/requerimento_292.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/813/requerimento_293.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/814/requerimento_294.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/815/requerimento_295.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/816/requerimento_296.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/817/requerimento_298.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/818/requerimento_299.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/819/requerimento_300.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/820/requerimento_301.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/821/requerimento_302.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/822/requerimento_303.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/823/requerimento_304.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/824/requerimento_305.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/825/requerimento_307.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/826/requerimento_309.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/827/requerimento_310.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/828/requerimento_311.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/829/requerimento_312.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/830/requerimento_314.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/831/requerimento_315.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/832/requerimento_316.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/833/requerimento_317.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/834/requerimento_318.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/835/requerimento_319.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/836/requerimento_320.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/837/requerimento_321.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/838/requerimento_322.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/839/requerimento_323.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/840/requerimento_324.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/841/requerimento_325.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/842/requerimento_326_1.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/843/requerimento_327.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/844/requerimento_328.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/845/requerimento_329.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/846/requerimento_330.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/847/requerimento_331.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/848/requerimento_332.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/849/requerimento_333.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/850/requerimento_334.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/851/requerimento_335.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/852/requerimento_336.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/853/requerimento_337.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/854/requerimento_338.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/855/requerimento_339.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/856/requerimento_340.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/857/requerimento_341.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/858/requerimento_342.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/859/requerimento_343.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/860/requerimento_344.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/861/requerimento_345_1.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/862/requerimento_347_1.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/863/requerimento_348_1.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/864/requerimento_349_1.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/865/requerimento_350_1.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/866/requerimento_351_1.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/867/requerimento_352_1.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/868/requerimento_353_1.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/869/requerimento_354_1.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/870/requerimento_355.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/871/requerimento_356.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/872/requerimento_357.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/873/requerimento_358.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/874/requerimento_359.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/875/requerimento_360.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/876/requerimento_361.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/877/requerimento_362.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/878/requerimento_363.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/879/requerimento_364.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/880/requerimento_365.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/881/requerimento_366.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/882/requerimento_367.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/883/requerimento_368.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/884/requerimento_369.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/885/requerimento_370.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/886/requerimento_371.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/887/requerimento_372.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/888/requerimento_373.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/889/requerimento_374.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/890/requerimento_375.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/891/requerimento_376.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/892/requerimento_377.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/893/requerimento_378.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/897/requerimento_379.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/895/requerimento_380.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/896/requerimento_381.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/898/requerimento_382.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/899/requerimento_383.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bezerros.pe.leg.br/media/sapl/public/materialegislativa/2021/900/requerimento_384.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H301"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>